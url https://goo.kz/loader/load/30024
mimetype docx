--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -7,24938 +7,32761 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="00E37020" w:rsidP="00E37020">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>СОДЕРЖАНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080380B" w:rsidRPr="0044282C" w:rsidRDefault="0080380B" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0080380B" w:rsidRPr="0044282C" w:rsidRDefault="0080380B" w:rsidP="0044282C">
+    <w:p w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Конституционный закон РК «О государственных символах </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан» </w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00870519" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……стр.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00944288" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Правила размещения Государственного Флага,    Государственного Герба </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00944288" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан и их изображений,   а также текста Государственного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00944288" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00545EAA" w:rsidRPr="00F9620A">
-[...4 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гимна Республики Казахстан (постановление Правительства </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00545EAA" w:rsidRPr="00F9620A">
-[...44 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="00BB06E3" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 1 октября 2008 года)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.стр.</w:t>
+      </w:r>
+      <w:r w:rsidR="00870519" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3" w:rsidRPr="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0086634A" w:rsidRPr="00E37020" w:rsidRDefault="0086634A" w:rsidP="00E37020">
-[...60 lines deleted...]
-        <w:t>кетті</w:t>
+    <w:p w:rsidR="00944288" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Правила замены и  уничтожения Государственного Флага,    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00944288" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственного Герба Республики Казахстан, не </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00C26BAC">
-[...5 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00C26BAC">
-[...67 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="00BB06E3" w:rsidRDefault="0086634A" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Ұлттық </w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственным стандартам</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00383135">
-[...5 lines deleted...]
-        <w:t>стандарттар</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="00944288" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:r w:rsidR="00944288" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.…....</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00383135">
-[...56 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="00CE6BDC" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стр.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3" w:rsidRPr="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="00BB06E3">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE6BDC" w:rsidRPr="00CE6BDC">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CE6BDC">
+        </w:rPr>
+        <w:t>Правила изготовления и размещения вывесок с наименованием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00383135">
+        </w:rPr>
+        <w:br/>
+        <w:t>государственных органов на административных зданиях……</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C34BF3">
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…стр.2</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00383135">
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00383135">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00383135" w:rsidRPr="007B2E5F">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00103E20">
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к печати с воспроизведением </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="00BB06E3" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="008E7240">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00870519" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00870519" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00870519" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стр.2</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F85DB8" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="00103E20" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85DB8" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила о церемониале применения Государственных символов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F85DB8" w:rsidRPr="0044282C" w:rsidRDefault="00F85DB8" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00872688" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан при проведении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>торжественных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="00BB06E3" w:rsidRDefault="00F85DB8" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="00872688" w:rsidRDefault="005804D8" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мероприятий в организациях образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086634A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="0086634A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="0086634A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……стр.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...69 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="00C25A63" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A47AE8" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C34BF3">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidR="00944288" w:rsidRPr="00C34BF3">
+      <w:r w:rsidR="00944288" w:rsidRPr="0044282C">
         <w:rPr>
           <w:rStyle w:val="submenu-table"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47AE8" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сравнительная таблица </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47AE8" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">внесенных изменений и дополнений </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в законодательство о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных символах </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="007434B5" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C25A63" w:rsidRPr="00C25A63">
+      <w:r w:rsidR="00944288" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="0086634A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0086634A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0086634A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стр.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007434B5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRPr="0044282C" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A47AE8" w:rsidRPr="0044282C" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="submenu-table"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C25A63">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:rStyle w:val="submenu-table"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обзор нормативно-правовой базы Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в области применения, пропаганды и производства </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A47AE8" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственных символов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………………</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="0044282C" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стр.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007434B5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Типовые инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>по п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рименению государственных симво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-бет</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="00C34BF3" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+      </w:pPr>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан при проведении национальных, государственных праздников, а также иных торжес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венных мероприятий </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRPr="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в организациях образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ........................................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRPr="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A47AE8" w:rsidRPr="0044282C" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...182 lines deleted...]
-    <w:p w:rsidR="00A47AE8" w:rsidRPr="00C34BF3" w:rsidRDefault="00A47AE8" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0086634A" w:rsidRDefault="0086634A" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0086634A" w:rsidRPr="00C34BF3" w:rsidRDefault="0086634A" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00515C3F" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00515C3F" w:rsidRPr="00C34BF3" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00515C3F" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00515C3F" w:rsidRPr="00C34BF3" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00515C3F" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00515C3F" w:rsidRPr="00C34BF3" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00515C3F" w:rsidRPr="00BB06E3" w:rsidRDefault="00515C3F" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E237E5" w:rsidRDefault="00F9620A" w:rsidP="00E237E5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C510B" w:rsidRPr="0044282C" w:rsidRDefault="004C510B" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>КОНСТИТУЦИОННЫЙ ЗАКОН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C510B" w:rsidRPr="0044282C" w:rsidRDefault="004C510B" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-      <w:r w:rsidR="00325557" w:rsidRPr="00E237E5">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«О ГОСУДАРСТВЕННЫХ СИМВОЛАХ РЕСПУБЛИКИ КАЗАХСТАН»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...110 lines deleted...]
-    <w:p w:rsidR="00325557" w:rsidRPr="00683A19" w:rsidRDefault="00325557" w:rsidP="00325557">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>от 4 июня 2007 года N 258</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683A19">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. По всему тексту слова "государственному стандарту", "госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ственным стандартам", "государственные стандарты" заменены соответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венно словами "национальному стандарту", "национальным стандартам", "национальные стандарты" Конституционным законом РК от 28.06.2012 </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
-        <w:r w:rsidRPr="00683A19">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...37 lines deleted...]
-    <w:p w:rsidR="00325557" w:rsidRPr="00325557" w:rsidRDefault="00325557" w:rsidP="003A5B64">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A5B64">
+        <w:t xml:space="preserve">Глава 1. ГОСУДАРСТВЕННЫЕ СИМВОЛЫ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+        <w:br/>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">МЕМЛЕКЕТТІК </w:t>
-[...63 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:t>Статья 1. Государственные символы Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00135ECF" w:rsidRDefault="00C5352A" w:rsidP="00135ECF">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
-[...308 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственными символами Республики Казахстан являю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ся: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>Государственный Флаг</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...100 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Конституциясында</w:t>
+          <w:t>Государственный Герб</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>нормативтік</w:t>
+          <w:t>Государственный Гимн</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00135ECF" w:rsidRDefault="00C5352A" w:rsidP="00135ECF">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственный Флаг Республики Казахстан представляет собой пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>моугольное полотнище голубого цвета с изображением в центре солнца с л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>чами, под которым - парящий орел. У древка - национальный орнамент в виде вертикальной полосы. Изображение солнца, его лучей, орла и национального орнамента - цвета золота. Соотношение ширины Флага к его длине - 1:2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00135ECF" w:rsidRDefault="00C5352A" w:rsidP="00135ECF">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный Герб Республики Казахстан имеет форму круга и представляет собой изображение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шанырака</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (верхняя сводчатая часть юрты) на голубом фоне, от которого во все стороны в виде солнечных лучей расх</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дятся </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уыки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (опоры). Справа и слева от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шанырака</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расположены изображения мифических крылатых коней. В верхней части расположена объемная пят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>конечная звезда, а в нижней части - надпись "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>". Изображение зве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шанырака</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уыков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, мифических крылатых коней, а также надписи "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>" - цвета золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A63D4F" w:rsidRDefault="00C5352A" w:rsidP="00A63D4F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственный Гимн Республики Казахстан представляет собой м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>зыкально-поэтическое произведение, исполняемое в случаях, предусмотре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных настоящим Конституционным законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00A63D4F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эталоны Государственного Флага и Государственного Герба Республики Казахстан хранятся в Резиденции Президента Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00010575">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                регулирующее изготовление и использование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Сноска. Заголовок статьи 2 в редакции Конституционного закона РК от 28.06.2012 </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:anchor="z4" w:history="1">
-        <w:r w:rsidRPr="00683A19">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>құқықтық</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00135ECF" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Порядок изготовления и использования государственных символов Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан определяется </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>актілерінде</w:t>
+          <w:t>Конституцией</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стоящим Конституционным законом</w:t>
+      </w:r>
+      <w:r w:rsidR="00135ECF" w:rsidRPr="00135ECF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00135ECF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и иными нормативными правовыми а</w:t>
+      </w:r>
+      <w:r w:rsidR="00135ECF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00135ECF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 2 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...23 lines deleted...]
-    <w:p w:rsidR="003A5B64" w:rsidRDefault="00325557" w:rsidP="003A5B64">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00683A19">
+        <w:t xml:space="preserve">Статья 3. Утверждение государственных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">3-бап. Қазақстан Республикасының мемлекеттік </w:t>
-[...87 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        <w:t>                символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004E83" w:rsidRDefault="00C5352A" w:rsidP="00004E83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвердить: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E350D9" w:rsidRDefault="00C5352A" w:rsidP="00004E83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) изображение Государственного Флага Республики Казахстан (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>1-қосымша</w:t>
+          <w:t>приложение 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...30 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidR="00D76031">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к настоящему Конституционному закону);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E350D9" w:rsidRDefault="00C5352A" w:rsidP="009F6A4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) изображение Государственного Герба Республики Казахстан (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>2-қосымша</w:t>
+          <w:t>приложение 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Конституционному закону);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRDefault="00C5352A" w:rsidP="00004E83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) музыкальную редакцию и текст Государственного Гимна Республики Казахстан (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>3-қосымша</w:t>
+          <w:t>приложение 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...8 lines deleted...]
-    <w:p w:rsidR="00325557" w:rsidRPr="00325557" w:rsidRDefault="00325557" w:rsidP="00325557">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Конституционному закону).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00233761">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ТУЫ </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00325557" w:rsidRPr="00325557" w:rsidRDefault="00325557" w:rsidP="00325557">
+        <w:t xml:space="preserve">Глава 2. ГОСУДАРСТВЕННЫЙ ФЛАГ РЕСПУБЛИКИ КАЗАХСТАН </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-бап. Қазақстан Республикасының Мемлекеттік Туын </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+        <w:t xml:space="preserve">Статья 4. Порядок использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00325557">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>              пайдалану тәртібі</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:t>                Государственного Флага Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1B44" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
-[...254 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>белгiленген</w:t>
+          <w:t>Государственный Флаг Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в обязательном порядке поднимается (устанавливается, размещается):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F84131">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-5245"/>
+          <w:tab w:val="left" w:pos="-4678"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) на зданиях Резиденции Президента Республики Казахстан, Парламе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>та, Сената и Мажилиса, Правительства, министерств, центральных исполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельных органов, не входящих в состав Правительства Республики Казахстан, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>делений, Конституционного Совета, Верховного Суда и местных судов Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан, местных представительных и исполнительных органов, органов местного самоуправления, государственных организаций, а также на зданиях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посольств, постоянных представитель</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и международных орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>низациях, торговых представительств, других официальных загранучрежд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ний, резиденциях глав загранучреждений Республики Казахстан и на их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>транспортных средствах в соответствии с протокольной практикой гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарств пребывания - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>го Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, Центральных исполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельных органов, не входящих в состав Правительства Республики Казахстан, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территориальных подра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>делений, руководителей местных представительных и исполнительных орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нов, руководителей загранучреждений Республики Казахстан - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6A4B" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ненных и подотчетных Президенту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4) на зданиях государственных органов при открытии в торжественной обстановке;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="z39"/>
-[...41 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidR="00BB1B44">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5) на зданиях или в помещениях, где проходят международные форумы с участием Президента Республики Казахстан, председателей палат Парл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мента Республики Казахстан, Премьер-Министра Республики Казахстан и их полномочных представителей, если это предусмотрено нормами междун</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>родного права и международными договорами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00010575" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6) на морских судах, судах внутреннего плавания и других средствах п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>редвижения, на которых в качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан, Премьер-Министр Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7) в качестве кормового флага на судах, зарегистрированных в Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лике Казахстан, в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>мерекелері</w:t>
+          <w:t>установленном</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">      10) мемлекеттік органдар, мемлекеттік ұйымдар, сондай-ақ өзге де ұйымдар өткізетін </w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8) на военных кораблях и судах Республики Казахстан - согласно вои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ским уставам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00010575" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9) в воинских соединениях, частях, подразделениях и учреждениях Во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>руженных Сил, других войск и воинских формирований Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">стан - в дни </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>национального</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...55 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>кездесу кезінде</w:t>
+          <w:t>праздников</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...39 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">захстан, при принятии присяги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10) во время церемоний, торжественных и спортивных мероприятий, проводимых государственными органами, государственными организациями, а также иными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11) в организациях образования, реализующих образовательные пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>граммы среднего общего, начального профессионального, среднего профе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сионального, высшего профессионального и послевузовского професси</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нального образования, при церемониях открытия нового учебного года и окончания учебного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12) при </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>айқындалады</w:t>
+          <w:t>встрече глав</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...117 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государств, парламентов и правительств иностра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных государств, посещающих Республику Казахстан с государственным и официальным визитами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Порядок использования (установления, размещения) Государственного Флага в воинских соединениях, частях, подразделениях, учреждениях Воор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>женных Сил и других войск и воинских формированиях </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z847" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>айқындайтын</w:t>
+          <w:t>определяется</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>воинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственный Флаг, устанавливаемый на зданиях на постоянной о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нове, должен освещаться в темное время суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00BB1B44">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственный Флаг Республики Казахстан может устанавливаться на других зданиях (в помещениях) по желанию их владельцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00010575" w:rsidRPr="00F84131" w:rsidRDefault="00C5352A" w:rsidP="00F84131">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4678"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изображение Государственного Флага в обязательном порядке ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мещает</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84131">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84131">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="z48"/>
-[...14 lines deleted...]
-        <w:t>аппараттарында орналастырылады.</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) на веб-сайтах Президента Республики Казахстан, Парламента, Правител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ства, министерств, центральных исполнительных органов, не входящих в с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>став Правительства Республики Казахстан, государственных органов, неп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>средственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан, местных представительных и исполнительных органов, а также загр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нучреждений Республики</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...87 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан в порядке, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>айқындайтын</w:t>
+          <w:t>определяемом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00131739">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) на воздушных судах, а также на космических аппаратах Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      Мемлекеттiк Тудың бейнесiн қоғамдық бірлестіктер мен басқа да ұйымдар туларының геральдикалық негізі ретінде пайдалануға болмайды. </w:t>
-[...50 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00131739" w:rsidRPr="00131739">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изображение Государственного Флага может размещаться и на иных м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">териальных объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00131739" w:rsidRPr="00131739">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Государственный Флаг независимо от его размеров должен соответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вовать национальному стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00131739" w:rsidRPr="00131739">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>В случае несоответствия Государственного Флага национальному ста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарту он подлежит замене и уничтожению в порядке, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>определяемом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...96 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683A19">
-[...122 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       Изображение Государственного Флага не может использоваться в качес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ве геральдической основы флагов общественных объединений и других орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>низаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...138 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...71 lines deleted...]
-        <w:r w:rsidRPr="003A5B64">
+      <w:r w:rsidR="00131739" w:rsidRPr="00131739">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изображение Государственного Флага может быть использовано в кач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стве элемента или геральдической основы государственных наград, банкнот и монет Национального Банка Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00131739" w:rsidRPr="00131739">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. По случаю национального траура Государственный Флаг приспускае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ся на половину высоты флагштока в течение срока национального траура.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00131739" w:rsidRPr="00C96EA9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 4 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>айқындалады</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00325557">
-[...496 lines deleted...]
-    <w:p w:rsidR="00325557" w:rsidRPr="002C70DD" w:rsidRDefault="00325557" w:rsidP="00325557">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 5. Одновременное использование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002C70DD">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Государственного Флага Республики Казахстан и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002C70DD">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        </w:rPr>
+        <w:t>               других флагов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00325557" w:rsidRPr="00325557" w:rsidRDefault="00325557" w:rsidP="003A5B64">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. При одновременном подъеме (установлении, размещении) Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венного Флага Республики Казахстан, флагов иностранных государств, общ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ственных объединений и других организаций, размеры Государственного Флага Республики Казахстан не должны быть меньше размеров других фл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>гов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00233761">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При этом Государственный Флаг Республики Казахстан размещается не ниже других флагов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00233761">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Флаги общественных объединений и других организаций не могут быть идентичны Государственному Флагу Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+        <w:t>Глава 3. ГОСУДАРСТВЕННЫЙ ГЕРБ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+        <w:t xml:space="preserve">Статья 6. Порядок использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ГИМНІ</w:t>
-[...59 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:t>                Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00131739">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4111"/>
+          <w:tab w:val="left" w:pos="-3969"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
-[...79 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z47" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>мерекелеріне</w:t>
+          <w:t>Государственный Герб</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в обязательном порядке размещается: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>      4) тел</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00131739" w:rsidRPr="00131739">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) на зданиях Резиденции Президента Республики Казахстан, Парламе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>та, Сената и Мажилиса, Правительства, министерств, центральных исполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельных органов, не входящих в состав Правительства Республики Казахстан, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>делений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, воинских соединений, частей, по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>разделений и учреждений</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вооруженных Сил, других войск и воинских фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мирований, местных представительных и исполнительных органов, а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>на зданиях посольств, постоянных представитель</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t>е-</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ств пр</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...37 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и международных организациях, торговых представительств, других официальных загранучр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ждений, резиденций глав загранучреждений Республики Казахстан - пост</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>янно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>го Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, центральных исполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельных органов, не входящих в состав Правительства Республики Казахстан, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территориальных подра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>делений, руководителей местных представительных и исполнительных орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нов, руководителей загранучреждений Республики Казахстан - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6194" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета, в залах судебных заседаний Ве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ховного Суда и местных судов Республики Казахстан, в залах заседаний ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>легий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, в залах вручения государственных и пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вительственных наград Республики Казахстан, в залах приемов загранучре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00AF6194">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Порядок размещения Государственного Герба в воинских соединениях, частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z908" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>басшыларын қарсы алу кезінде</w:t>
+          <w:t>определяется</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> - тиі</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общевоинскими уставами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1211" w:rsidRDefault="00C5352A" w:rsidP="00920528">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00920528" w:rsidRPr="00920528">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изображение Государственного Герба в обязательном порядке разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щается: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00920528" w:rsidRPr="00920528">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) на печатях и бланках документов Президента Республики Казахстан и его Администрации, Парламента, его палат и их аппаратов, Бюро палат Па</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ламента Республики Казахстан, Правительства и Канцелярии Премьер-Министра, министерств, центральных исполнительных органов, не входящих в состав Правительства Республики Казахстан, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>захстан, их ведомств и территориальных подразделений, Конституционного</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...21 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, воинских соединений, частей, подразделений и учреждений Во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>руженных Сил, других войск и воинских формирований, местных представ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельных, исполнительных органов и иных государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1211" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1-1) на печатях нотариусов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1211" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) на официальных изданиях Президента Республики Казахстан, Парл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мента, Правительства, Конституционного Совета и Верховного Суда Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1211" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) на банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных бумагах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1211" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) на удостоверении личности, свидетельстве о рождении, паспорте и иных паспортах, выдаваемых гражданам Республики Казахстан, служебных удостоверениях сотрудников государственных органов и государственных организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1211" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5) на пограничных столбах, устанавливаемых на Государственной гр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нице Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00920528" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683A19">
-[...63 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6) на веб-сайтах Президента Республики Казахстан, Парламента, Прав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельства, министерств, центральных исполнительных органов, не входящих в состав Правительства Республики Казахстан, государственных органов, неп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>средственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан, местных представительных и исполнительных органов, а также загр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нучреждений Республики Казахстан в порядке, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>айқындалады</w:t>
+          <w:t>определяемом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...28 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вом Республики Казахстан.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00CD1211">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изображение Государственного Герба может размещаться и на иных м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">териальных объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B21" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Государственный Герб независимо от его размеров должен соответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вовать национальному стандарту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В случае несоответствия Государственного Герба национальному ста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарту он подлежит замене и уничтожению в порядке, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>определяемом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тельством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B21" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Запрещается использование изображения Государственного Герба Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан на бланках, печатях и других реквизитах негосударстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных организаций и их должностных лиц, кроме случаев, установленных н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стоящим Конституционным законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Государственный Герб не может быть использован в качестве геральдич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ской основы гербов общественных объединений и других организаций. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...42 lines deleted...]
-      <w:r w:rsidRPr="00325557">
+        <w:t>      Изображение Государственного Герба может быть использовано на знаках различия и форменной одежде, установленных для лиц, состоящих на вои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ской или иной государственной службе, в качестве элемента или геральдич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ской основы государственных наград Республики Казахстан, а также на спо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тивных костюмах спортсменов и других спортивных принадлежностях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>      Қазақстан Республикасының мемлекеттік органдары мен өзге де ұйымдары шет мемлекеттер аумағында іс-шаралар өткізген кезде Мемлекеттік Гимн осы Конституциялық заңға, сондай-ақ сол</w:t>
-[...280 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>ережелерін</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Статья 7. Одновременное использование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="z84"/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Государственного Герба Республики Казахстан и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>               других гербов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      При одновременном размещении Государственного Герба Республики Казахстан и гербов иностранных государств или гербов (геральдического знака) общественного объединения, другой организации размеры Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венного Герба Республики Казахстан не должны быть меньше размеров др</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>гих гербов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При этом Государственный Герб Республики Казахстан размещается не ниже других гербов (геральдических знаков). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Глава 4. ГОСУДАРСТВЕННЫЙ ГИМН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 8. Порядок использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="00592027" w:rsidP="007B3937">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:anchor="z48" w:history="1">
+        <w:r w:rsidR="00C5352A" w:rsidRPr="00F718BB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>ережелерін</w:t>
+          <w:t>Государственный Гимн</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidR="00C5352A" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="007B3937" w:rsidP="007B3937">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5352A" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) при вступлении в должность Президента Республики Казахстан - п</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5352A" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5352A" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сле принесения им присяги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) при открытии и закрытии сессий Парламента Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      4) Қазақстан Республикасының мемлекеттік </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3937">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) при открытии торжественных собраний и заседаний, посвященных </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>национальному</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00F718BB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>уәкілетті органды</w:t>
+          <w:t>праздникам</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, а та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>же иным торжественным мероприятиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3937">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4) при выходе в эфир теле-, радиоканалов ежесуточно в начале и по око</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>чании их вещания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) при открытии памятников, монументов, обелисков и других сооруж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ний в ознаменование важнейших исторических событий в жизни народа Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6) при поднятии Государственного Флага Республики Казахстан во время церемоний, торжественных и спортивных мероприятий, проводимых гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственными органами, а также общественными объединениями и иными организациями Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7) при </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00F718BB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Конституциясымен</w:t>
+          <w:t>встрече глав</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иностранных государств, посещающих Республику Казахстан с государственным или официальным визитами, после исполнения государственного гимна соответствующего иностранного государства; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 2012.06.28 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) в организациях образования, реализующих образовательные програ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мы среднего общего, начального профессионального, среднего професси</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нального, высшего профессионального и послевузовского профессиональн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>го образования, при церемониях открытия нового учебного года и окончания учебного года, а также при проведении иных торжественных мероприятий;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) при проведении спортивных мероприятий с участием национальной (сборной) команды Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B3937" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Порядок исполнения Государственного Гимна в воинских соединен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ях, частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z412" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>определяется</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...95 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00325557">
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 8 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>у</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00683A19">
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 9. Порядок исполнения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>При публичном исполнении Государственного Гимна присутству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>щие поют (выслушивают) стоя, при этом граждане Республики Казахстан прикладывают правую руку к сердцу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F718BB" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4678"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При проведении государственными органами и иными организациями </w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан мероприятий на территории иностранных государств Государственный Гимн исполняется в соответствии с настоящим Констит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ционным законом, а также законодательством и протокольной практикой г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сударства пребывания и местными обычаями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4678"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Торжественное поднятие и установка Государственного Флага Республ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ки Казахстан сопровождаются исполнением Государственного Гимна, при этом присутствующие поворачиваются лицом к Флагу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="00F718BB" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="285"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственный Гимн исполняется в оркестровом, хоровом, оркес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рово-хоровом либо ином вокальном и инструментальном исполнении. При этом могут использоваться средства звукозаписи.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BB" w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F718BB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Допускается сокращенное исполнение Государственного Гимна Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Государственный Гимн исполняется на государственном языке в то</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ном соответствии с утвержденным текстом и музыкальной редакцией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F718BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Музыкальная редакция и текст Государственного Гимна Республики Казахстан не могут быть использованы в качестве основы для других муз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кальных произведений и иных произведений искусства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Глава 5. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 10. Компетенция </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К компетенции Правительства относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) организация работы по изготовлению эталонов Государственного Фл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>га и Государственного Герба Республики Казахстан, соответствующих н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>циональным стандартам и их изображениям, утвержденным настоящим Ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ституционным законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) утверждение </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">әкілетті </w:t>
+          <w:t>правил</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00683A19">
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих наци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нальным стандартам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) утверждение </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>орган</w:t>
+          <w:t>правил</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...55 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещения Государственного Флага, Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венного Герба Республики Казахстан и их изображений, а также текста Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственного Гимна Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) определение </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>лицензиялауды</w:t>
+          <w:t>уполномоченного органа</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области государственных си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>волов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) выполнение иных функций, возложенных на него </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>заңнамасында</w:t>
+          <w:t>Конституцией</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...47 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00C96EA9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 10 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>уәкілетті орган</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 11. Компетенция уполномоченных органов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="z92"/>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 в области государственных символов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>ережелерін</w:t>
+          <w:t>Уполномоченный орган</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области технического регулирования и ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рологии: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) разрабатывает и утверждает национальные стандарты Государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>го Флага и Государственного Герба Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) разрабатывает эталоны Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) осуществляет </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>ережелерін</w:t>
+          <w:t>лицензирование</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> әзірлейді;</w:t>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по изготовлению Государственного Фл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">га и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00D050E2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00683A19">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением лицензиатом условий, указа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных в лицензии в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...44 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5) осуществляет иные полномочия, предусмотренные законами Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00C96EA9" w:rsidRDefault="00C5352A" w:rsidP="00D050E2">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683A19">
-[...258 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00C96EA9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>заңнамасында</w:t>
+          <w:t>Уполномоченный орган</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...112 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам использования государственных символов Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) разрабатывает </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>заңнамасын</w:t>
+          <w:t>правила</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> замены и уничтожения Государственного Фл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">га, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>циональным стандартам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00683A19">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) разрабатывает </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>правила</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683A19">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещения и использования Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A64CEA" w:rsidRPr="00A64CEA" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00A64CEA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00772683" w:rsidRPr="00683A19">
-[...47 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) осуществляет иные полномочия, предусмотренные законами Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00A64CEA">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...81 lines deleted...]
-        <w:r w:rsidRPr="002C70DD">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64CEA" w:rsidRPr="00C96EA9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Сноска. Статья 11 с изменениями, внесенными Конституционным зак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ном РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="0044282C">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>Конституциялық заңының</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002C70DD">
-[...8 lines deleted...]
-    <w:p w:rsidR="00772683" w:rsidRDefault="00772683" w:rsidP="00E65297">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лендарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 12. Компетенция местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Местный исполнительный орган осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ем (установлением, размещением) государственных символов Республики Казахстан на территории соответствующей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>административно-террито</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44751">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>риальной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> единицы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 13. Формирование уважительного отношения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                к государственным символам Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Граждане Республики Казахстан, а также лица, находящиеся на терр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тории Республики, обязаны уважать государственные символы Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. В целях воспитания гражданственности и патриотизма, любви к своей Родине - Республике Казахстан, формирования уважения к государственным символам Республики Казахстан, а также понимания их сущности и значения их изучение включается в основные общеобразовательные программы орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>низаций образования среднего общего, начального профессионального, сре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">него профессионального и высшего профессионального образования. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ного и высшего профессионального образования постоянно в специально о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">веденном видном месте устанавливается Государственный Флаг, размещается Государственный Герб либо их изображения, а также текст Государственного Гимна Республики Казахстан на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 14. Изготовление Государственного Флага, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E44751" w:rsidRDefault="00C5352A" w:rsidP="00E44751">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Изготовление Государственного Флага, Государственного Герба Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан осуществляется при наличии соответствующей лицензии, выдаваемой в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00E44751">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 15. Ответственность за нарушение законодательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 Республики Казахстан, регулирующего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 изготовление и использование государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                 символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="00F57B21" w:rsidRDefault="00C5352A" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан, регулирующего и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>готовление и использование государственных символов Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан, влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z818" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Сноска. Статья 15 в редакции Конституционного закона РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>№ 23-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57B21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="00F57B21" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F57B21">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 16. Порядок введения в действие настоящего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57B21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F57B21">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                  Конституционного закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00F57B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F57B21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Конституционный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> закон вводится в действие по истеч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нии десяти календарных дней со дня его официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRPr="0044282C" w:rsidRDefault="00C5352A" w:rsidP="00D050E2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Конституционный закон</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан от 24 января 1996 г. "О государственных символах Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стан" (Ведомости Парламента Республики Казахстан, 1996 г., N 1, ст. 178; 1997 г., N 12, ст. 193; 2006 г., N 1, ст. 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C5352A" w:rsidRDefault="00C5352A" w:rsidP="00D050E2">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Республикасының Президенті </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">    Президент Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="6629" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00683A19" w:rsidRPr="00683A19" w:rsidTr="00E65297">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="00F57B21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075465B" w:rsidRPr="00683A19" w:rsidRDefault="00E65297" w:rsidP="00E65297">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="0044282C">
             <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының Мемлекеттік Туы </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0075465B" w:rsidRPr="00683A19">
+              <w:t xml:space="preserve">Государственный Флаг Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075465B" w:rsidRDefault="0075465B" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1447800" cy="863217"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="Рисунок 3" descr="http://adilet.zan.kz/files/0050/05/z07258_1.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 1" descr="http://adilet.zan.kz/files/0050/05/z07258_1.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49" cstate="print">
+                          <a:blip r:embed="rId52" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1453838" cy="866817"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidR="0075465B" w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="003C69DD" w:rsidRDefault="003C69DD" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C69DD" w:rsidRDefault="003C69DD" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D050E2" w:rsidRPr="00D050E2" w:rsidRDefault="00D050E2" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2A8A" w:rsidRDefault="006E2A8A" w:rsidP="00F9620A">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ 1       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">к Конституционному закону </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Республики Казахстан  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"О государственных символах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Республики Казахстан"  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">от 4 июня 2007 года   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>N 258-III ЗРК</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F9620A" w:rsidRPr="00683A19" w:rsidRDefault="00F9620A" w:rsidP="00F9620A">
-[...97 lines deleted...]
-          <w:p w:rsidR="0075465B" w:rsidRPr="00683A19" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00683A19" w:rsidRPr="00683A19" w:rsidTr="00E65297">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="00F57B21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E2A8A" w:rsidRDefault="006E2A8A" w:rsidP="00E65297">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="0044282C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Государственный Герб Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...119 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1104900" cy="863203"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0050/05/z07258_2.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 2" descr="http://adilet.zan.kz/files/0050/05/z07258_2.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50" cstate="print">
+                          <a:blip r:embed="rId53" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1112220" cy="868922"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00772683" w:rsidRDefault="00772683" w:rsidP="00E65297">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
             <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...175 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ 2       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">к Конституционному закону </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Республики Казахстан  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"О государственных символах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Республики Казахстан"  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">от 4 июня 2007 года   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>N 258-III ЗРК  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00683A19" w:rsidRPr="00683A19" w:rsidTr="00E65297">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="00F57B21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F34F1" w:rsidRPr="00683A19" w:rsidRDefault="007F34F1" w:rsidP="0044282C">
+          <w:p w:rsidR="007F34F1" w:rsidRPr="0044282C" w:rsidRDefault="007F34F1" w:rsidP="0044282C">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E65297" w:rsidRPr="00683A19" w:rsidRDefault="00E65297" w:rsidP="00E65297">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00843884">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+              </w:rPr>
+              <w:t>Музыкальная редакция Государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>емлекетті</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Гимнінің музыкалық редакциясы</w:t>
+              <w:t xml:space="preserve">венного гимна Республики Казахстан </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F34F1" w:rsidRPr="00683A19" w:rsidRDefault="00E65297" w:rsidP="0044282C">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="0044282C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Автор музыки </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шамши</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Калдаяков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007F34F1" w:rsidRPr="0044282C" w:rsidRDefault="007F34F1" w:rsidP="0044282C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
-[...32 lines deleted...]
-            <w:r w:rsidR="007F34F1" w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2775346" cy="3200400"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                   <wp:docPr id="39" name="Рисунок 39" descr="http://adilet.zan.kz/files/0050/05/z07258_3.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 3" descr="http://adilet.zan.kz/files/0050/05/z07258_3.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51" cstate="print">
+                          <a:blip r:embed="rId54" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2787205" cy="3214075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F34F1" w:rsidRPr="00683A19" w:rsidRDefault="007F34F1" w:rsidP="0044282C">
+          <w:p w:rsidR="007F34F1" w:rsidRPr="0044282C" w:rsidRDefault="007F34F1" w:rsidP="0044282C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E65297" w:rsidRPr="00683A19" w:rsidRDefault="00E65297" w:rsidP="00E65297">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
             <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ 3       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">к Конституционному закону </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Республики Казахстан  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"О государственных символах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Республики Казахстан"  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">от 4 июня 2007 года   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">N 258-III ЗРК   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E65297" w:rsidRPr="00683A19" w:rsidRDefault="00E65297" w:rsidP="00E65297">
-[...55 lines deleted...]
-          <w:p w:rsidR="0075465B" w:rsidRDefault="0075465B" w:rsidP="0044282C">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="0044282C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...98 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00683A19" w:rsidRPr="00683A19" w:rsidTr="00E65297">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="00F57B21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="009A3B77">
+          <w:p w:rsidR="007F34F1" w:rsidRPr="0044282C" w:rsidRDefault="007F34F1" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00903C1F" w:rsidRPr="00683A19" w:rsidRDefault="00903C1F" w:rsidP="009A3B77">
+          <w:p w:rsidR="003C69DD" w:rsidRDefault="003C69DD" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы Мемлекетті</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0075465B" w:rsidRDefault="0075465B" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> гимнінің мәтіні </w:t>
+              <w:t>Текст Государственного Гимна Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0075465B" w:rsidRPr="00683A19" w:rsidRDefault="00903C1F" w:rsidP="00903C1F">
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="0044282C">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E83C0D">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Авторы слов: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жумекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidR="0075465B" w:rsidRPr="00E83C0D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нажимеденов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Нурсултан Назарбаев</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00683A19" w:rsidRPr="00683A19" w:rsidTr="00E65297">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="00F57B21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075465B" w:rsidRPr="00683A19" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00683A19">
-[...4 lines deleted...]
-              <w:t>Алтын кү</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аспаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Алтын дән даласы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+              <w:t xml:space="preserve">Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даласы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Ерліктің дастаны, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ерліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дастаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Еліме қарашы! </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еліме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарашы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Ежелден ер деген, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ежелден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ер </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Даңқымыз шықты ғой. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Даңқымыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Намысын бермеген, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Намысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бермеген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Қазағым мықты ғой! </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазағым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0075465B" w:rsidRPr="00683A19" w:rsidRDefault="0075465B" w:rsidP="00F57B21">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00D050E2">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қайырмасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Менің елі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Гүлің болып егілемін, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гүлің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егілемін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Жырың болып төгілемін, елім! </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жырың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төгілемін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Туған жерім менің - Қазақстаным! </w:t>
-[...10 lines deleted...]
-            </w:pPr>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жерім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстаным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075465B" w:rsidRPr="00683A19" w:rsidRDefault="0075465B" w:rsidP="00843884">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00843884">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>рпа</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ашқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Кең байтақ жерім бар. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байтақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жерім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Бірлігі жарасқан, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бірлігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарасқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Тәуелсіз елім бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тәуелсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уақытты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Мәңгілік досындай. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мәңгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>досындай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іздің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ел </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бақытты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Біздің ел осындай! </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біздің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ел </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осындай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0075465B" w:rsidRDefault="0075465B" w:rsidP="009A3B77">
+          <w:p w:rsidR="0075465B" w:rsidRPr="0044282C" w:rsidRDefault="0075465B" w:rsidP="00D76031">
             <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қайырмасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Менің елі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00683A19">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Гүлің болып егілемін, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гүлің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егілемін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Жырың болып төгілемін, елім! </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00683A19">
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жырың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төгілемін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>елім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Ту</w:t>
-[...15 lines deleted...]
-            </w:pPr>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жерім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстаным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="00C26BAC">
-      <w:pPr>
+    <w:p w:rsidR="00D050E2" w:rsidRDefault="00D050E2" w:rsidP="00D050E2">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C510B" w:rsidRPr="0044282C" w:rsidRDefault="004C510B" w:rsidP="00843884">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+        </w:rPr>
+        <w:t>ПРАВИЛА РАЗМЕЩЕНИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76031">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>АЗА</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+        <w:t xml:space="preserve"> ГОСУДАРСТВЕННОГО ФЛАГА, ГОС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>СТАН</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+        <w:t>ДАРСТВЕННОГО ГЕРБА РЕСПУБЛИКИ КАЗАХСТАН И ИХ ИЗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+        </w:rPr>
+        <w:t>БРАЖЕНИЙ, А ТАКЖЕ ТЕКСТА ГОСУДАРСТВЕННОГО ГИМНА РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843884" w:rsidRDefault="004C510B" w:rsidP="00E97B77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 2 октября 2007 года № 873 «Об утверждении Правил размещения Государственного Флага, Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан»</w:t>
+      </w:r>
+      <w:r w:rsidR="00843884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843884" w:rsidRDefault="004C510B" w:rsidP="00843884">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057575F" w:rsidRPr="00C96EA9" w:rsidRDefault="004C510B" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. Настоящие Правила разработаны в соответствии с Конституционным Зак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ном Республики Казахстана от 4 июня 2007 года "О государственных симв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лах Республики Казахстан" (далее - Конституционный Закон) и определяют порядок размещения Государственного Флага, Государственного Герба Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан и их изображений, а также текста Государственного Ги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00942A6F" w:rsidRPr="0044282C" w:rsidRDefault="00942A6F" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00942A6F" w:rsidRDefault="00942A6F" w:rsidP="0057575F">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Т</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+        <w:t xml:space="preserve">При размещении Государственного Флага и Государственного Герба Республики Казахстан учитываются архитектурные особенности здания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00683A19">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">и применяются следующие параметры: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, М</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BAC" w:rsidRPr="00683A19">
+        <w:t>Расположение на здании:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D76031" w:rsidRPr="00D050E2" w:rsidRDefault="00D76031" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...383 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3510"/>
-        <w:gridCol w:w="3510"/>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="3584"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00D76031" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="00542777" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00542777">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...39 lines deleted...]
-            </w:r>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>На зданиях 1, 2, 3, 4, 5 этажей (до 20 метров)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00E96830" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2235199" cy="1490133"/>
+                  <wp:extent cx="2122997" cy="1415332"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="20" name="Рисунок 20" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4863.JPG"/>
+                  <wp:docPr id="1" name="Рисунок 1" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4863.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4863.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53" cstate="print">
+                          <a:blip r:embed="rId55" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2241929" cy="1494620"/>
+                            <a:ext cx="2137936" cy="1425292"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00B1104D" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2235201" cy="1490133"/>
+                  <wp:extent cx="2122998" cy="1415332"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="21" name="Рисунок 21" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4858.JPG"/>
+                  <wp:docPr id="44" name="Рисунок 44" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4858.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4858.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54" cstate="print">
+                          <a:blip r:embed="rId56" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2236495" cy="1490996"/>
+                            <a:ext cx="2128854" cy="1419236"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="007E1050" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="00542777" w:rsidRDefault="009A3B77" w:rsidP="00542777">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008F7AC5">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A3B77">
-[...13 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Республики Казахстан (размером 1 х 2 метра) размещается на крыше здания или на фронтоне или на козырьке входа в здание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="004A21F2">
+            <w:pPr>
+              <w:ind w:hanging="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- на одноэтажном здании - Государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венный Герб Республики Казахстан (диаметром 500 миллиметров) разм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">щается на уровне перекрытия или на фронтоне или на козырьке входа в здание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- на зданиях 2, 3, 4, 5 этажей (до 20 метров) - Государственный Герб Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан размещается на уровне перекрытия последнего этажа или на фронтоне (диаметром от 1 до 1,5 метров) или на козырьке входа в здание (диаметром 500</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> миллиметров)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="00D76031">
             <w:pPr>
               <w:ind w:left="156" w:hanging="156"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00E96830" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2125088" cy="1490133"/>
-[...1 lines deleted...]
-                  <wp:docPr id="22" name="Рисунок 22" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4850.JPG"/>
+                  <wp:extent cx="2025054" cy="1419988"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                  <wp:docPr id="8" name="Рисунок 8" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4850.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 4" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4850.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55" cstate="print">
+                          <a:blip r:embed="rId57" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2129466" cy="1493203"/>
+                            <a:ext cx="2033646" cy="1426013"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00B1104D" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1986843" cy="1490133"/>
-[...1 lines deleted...]
-                  <wp:docPr id="23" name="Рисунок 23" descr="D:\Со старого компа\Documents\Госсимволы\Госсимволы 2013\Мониторинг\Июнь\АКСУ госсимволы\105SSCAM\SDC19276.JPG"/>
+                  <wp:extent cx="1897710" cy="1423283"/>
+                  <wp:effectExtent l="0" t="0" r="7620" b="5715"/>
+                  <wp:docPr id="43" name="Рисунок 43" descr="D:\Со старого компа\Documents\Госсимволы\Госсимволы 2013\Мониторинг\Июнь\АКСУ госсимволы\105SSCAM\SDC19276.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 15" descr="D:\Со старого компа\Documents\Госсимволы\Госсимволы 2013\Мониторинг\Июнь\АКСУ госсимволы\105SSCAM\SDC19276.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56" cstate="print">
+                          <a:blip r:embed="rId58" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1986669" cy="1490002"/>
+                            <a:ext cx="1901677" cy="1426258"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00D76031" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="00542777" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00542777">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...30 lines deleted...]
-              <w:t>имараттарда</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>На зданиях 6, 7, 8, 9 этажей (до 30 метров)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="008219F7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2122192" cy="1374842"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="2125133" cy="1376747"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="37" name="Рисунок 37" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_ma974335.jpg">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId57"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId59"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_ma974335.jpg">
-                            <a:hlinkClick r:id="rId57"/>
+                            <a:hlinkClick r:id="rId59"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId58" cstate="print">
+                          <a:blip r:embed="rId60" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2135257" cy="1383306"/>
+                            <a:ext cx="2139571" cy="1386101"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00E96830" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2065866" cy="1377243"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="24" name="Рисунок 24" descr="C:\Documents and Settings\1\Рабочий стол\Фото\IMG_4854.JPG"/>
+                  <wp:docPr id="10" name="Рисунок 10" descr="C:\Documents and Settings\1\Рабочий стол\Фото\IMG_4854.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 6" descr="C:\Documents and Settings\1\Рабочий стол\Фото\IMG_4854.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId59" cstate="print">
+                          <a:blip r:embed="rId61" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2079700" cy="1386466"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="007E1050" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="008219F7" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A3B77">
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының Мемлекеттік Туы ғимараттың төбесінде немесе фронтонында (1,5 х 3 метрден 2x4 метрге дейін өлшеммен) немесе ғимаратқа кіреберіс маңдайшада (1x2 метр өлшеммен) орналастырылады</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Республики Казахстан размещается на крыше здания или на фронтоне (размером от 1,5 х 3 метров до 2 х 4 метров) или на козырьке входа в здание (размером 1 х 2 метра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A3B77">
-[...5 lines deleted...]
-              <w:t>6, 7, 8, 9 қабатты (30 метрге дейін) ғимараттарда Қазақстан Республикасының Мемлекеттік Елтаңбасы соңғы қабаттың жабу деңгейінде немесе фронтонында (диаметрі 2 метр) немесе ғимаратқа кіреберіс маңдайшада (диаметрі 500 миллиметр) орналастырылады</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Герб Республики Казахстан размещается на уровне п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рекрытия последнего этажа или на фронтоне (диаметром 2 метра) или на козырьке входа в здание (диаметром 500 миллиметров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="00D74D16" w:rsidTr="00362950">
+      <w:tr w:rsidR="00D76031" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C2A56" w:rsidRDefault="008C2A56" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>На зданиях более 9 этажей (свыше 30 метров)</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="008C2A56" w:rsidRDefault="008C2A56" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
-[...117 lines deleted...]
-              <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="008219F7" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866826" cy="1504950"/>
                   <wp:effectExtent l="0" t="0" r="635" b="0"/>
                   <wp:docPr id="40" name="Рисунок 40" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_225804ad.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_225804ad.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId60" cstate="print">
+                          <a:blip r:embed="rId62" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1873028" cy="1509950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="009A3B77" w:rsidRDefault="009A3B77" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1964987" cy="1524000"/>
+                  <wp:extent cx="1776173" cy="1524000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="41" name="Рисунок 41" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m3e2af54b.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 8" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m3e2af54b.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61" cstate="print">
+                          <a:blip r:embed="rId63" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1964911" cy="1523941"/>
+                            <a:ext cx="1776104" cy="1523941"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3B77" w:rsidRPr="007E1050" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="008219F7" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F7AC5">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік Ту ғимараттың төбесінде немесе фронтонында (2x4 метр және одан жоғары өлшеммен) немесе ғимаратқа кіреберіс маңдайшада (1 х 2 метр өлшеммен) орналастырылады</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Республики Казахстан размещается на крыше здания или на фронтоне (размером от 2 х 4 метров и более) или на к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зырьке входа в здание (размером 1 х 2 метра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A3B77" w:rsidRPr="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F7AC5">
-[...5 lines deleted...]
-              <w:t>9 қабаттан жоғары (30 метрден жоғары) ғимараттарда Мемлекеттік Елтаңба соңғы қабаттың жабу деңгейінде немесе фронтонында (диаметрі 3 метр және одан жоғары) немесе ғимаратқа кіреберіс маңдайшада (500 миллиметр диаметрмен) орналастырылады</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Герб Республики Казахстан размещается на уровне п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рекрытия последнего этажа или на фронтоне (диаметром 3 метра и более) или на козырьке входа в здание (ди</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>метром 500 миллиметров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7AC5" w:rsidRPr="007E1050" w:rsidTr="00362950">
+      <w:tr w:rsidR="00D76031" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7020" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="002B4EEE" w:rsidRPr="00C96EA9" w:rsidRDefault="002B4EEE" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F7AC5">
-[...43 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D76031" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственные Флаг и Герб Республики Казахстан, постоянно уст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>навливаемый на зданиях,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> должны освещаться в темное время суток</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D76031" w:rsidRPr="0044282C" w:rsidRDefault="00D76031" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRPr="008219F7" w:rsidRDefault="00D515F6" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1981200" cy="1640857"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="25" name="Рисунок 25" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4829.JPG"/>
+                  <wp:docPr id="11" name="Рисунок 11" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4829.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4829.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62" cstate="print">
+                          <a:blip r:embed="rId64" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1978464" cy="1638591"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00D515F6" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2142067" cy="1658346"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="26" name="Рисунок 26" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\2014-01-25 22.04.58.jpg"/>
+                  <wp:docPr id="19" name="Рисунок 19" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\2014-01-25 22.04.58.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 8" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\2014-01-25 22.04.58.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId63" cstate="print">
+                          <a:blip r:embed="rId65" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2141776" cy="1658121"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="005174D7" w:rsidRDefault="005174D7" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005174D7" w:rsidRPr="005174D7" w:rsidRDefault="005174D7" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008F7AC5">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008F7AC5">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По случаю национального траура Государственный Флаг Респу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D76031" w:rsidRPr="008219F7" w:rsidRDefault="00C66122" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00542777">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> аза тұту мерзімі ішінде ту тұғыр биіктігінің жартысына дейін төмен түсіріледі</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приспускается на половину высоты флагштока в течение срока траура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00D76031" w:rsidRDefault="00C66122" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2068749" cy="1286645"/>
-[...1 lines deleted...]
-                  <wp:docPr id="44" name="Рисунок 44" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m5d9ad7ab.jpg"/>
+                  <wp:extent cx="2180839" cy="1423283"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+                  <wp:docPr id="14" name="Рисунок 14" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m5d9ad7ab.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 11" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m5d9ad7ab.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId64" cstate="print">
+                          <a:blip r:embed="rId66" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2074261" cy="1290073"/>
+                            <a:ext cx="2187355" cy="1427535"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005174D7" w:rsidRDefault="005174D7" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005174D7" w:rsidRPr="005174D7" w:rsidRDefault="005174D7" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008F7AC5">
+          <w:p w:rsidR="005174D7" w:rsidRDefault="005174D7" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="00737AF9">
+          <w:p w:rsidR="00D76031" w:rsidRPr="008219F7" w:rsidRDefault="00C66122" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00542777">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Респу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00542777">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лики Казахстан может подн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00542777">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> (үй-жайларда) олардың иелерінің еркі бойынша көтерілуі (тігілуі) мүмкін</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>маться (устанавливаться) на др</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гих зданиях (в помещениях)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>По желанию их владельцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidRDefault="006867D1" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00D515F6" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2074333" cy="1382888"/>
-[...1 lines deleted...]
-                  <wp:docPr id="27" name="Рисунок 27" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4866.JPG"/>
+                  <wp:extent cx="2301904" cy="1534602"/>
+                  <wp:effectExtent l="0" t="0" r="3175" b="8890"/>
+                  <wp:docPr id="20" name="Рисунок 20" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4866.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 9" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\IMG_4866.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65" cstate="print">
+                          <a:blip r:embed="rId67" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2078473" cy="1385648"/>
+                            <a:ext cx="2305435" cy="1536956"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00C66122" w:rsidRPr="0044282C" w:rsidRDefault="00C66122" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRPr="0044282C" w:rsidRDefault="00C66122" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00737AF9">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>При одновременном подъеме (у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тановлении, размещении) Гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дарственного Флага Республики Казахстан, флагов иностранных государств, общественных объ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00737AF9">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">динений и других организаций </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Бұл ретте Қазақстан Респуб</w:t>
-[...15 lines deleted...]
-              <w:t>ликасының Мемлекеттік Туы басқа тулардан төмен орналастырылмайды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Размеры Государственного Флага Республики Казахстан не должны быть меньше размеров других фл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гов. При этом Государственный Флаг Республики Казахстан разм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>щается не ниже других флагов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRDefault="008F7AC5" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="005174D7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+          </w:p>
+          <w:p w:rsidR="00C66122" w:rsidRDefault="005174D7" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00316AC8">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1765236" cy="990600"/>
-[...2 lines deleted...]
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId66" tgtFrame="&quot;_blank&quot;"/>
+                  <wp:extent cx="2124000" cy="1191927"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                  <wp:docPr id="17" name="Рисунок 17" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m78f9f8.jpg">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId68" tgtFrame="&quot;_blank&quot;"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 13" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m78f9f8.jpg">
-                            <a:hlinkClick r:id="rId66" tgtFrame="&quot;_blank&quot;"/>
+                            <a:hlinkClick r:id="rId68" tgtFrame="&quot;_blank&quot;"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67" cstate="print">
+                          <a:blip r:embed="rId69" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1777539" cy="997504"/>
+                            <a:ext cx="2124000" cy="1191927"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D7597" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008D7597" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008D7597" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008D7597" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008D7597" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRPr="0044282C" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidTr="00362950">
+      <w:tr w:rsidR="00E96830" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcW w:w="3341" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:noProof/>
-                <w:lang w:val="kk-KZ"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7147">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Тулардың тақ санын бі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002C7147">
+              <w:t>При одновременном подъеме (у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002C7147">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-              <w:t>ластырғанда) ортадан солға қарай орналастырылады</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тановлении, размещении) нече</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ного числа флагов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C66122" w:rsidRPr="0044282C" w:rsidRDefault="00C66122" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Государственный Флаг Республики Казахстан располагается в центре, а при подъеме (установлении, разм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>щении) четного числа флагов, но более двух - левее от центра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3592" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F7AC5" w:rsidRPr="009A3B77" w:rsidRDefault="008D7597" w:rsidP="008D7597">
+          <w:p w:rsidR="00C66122" w:rsidRPr="0044282C" w:rsidRDefault="00C66122" w:rsidP="0044282C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1885950" cy="1423227"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5715"/>
-                  <wp:docPr id="4" name="Рисунок 4" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_158e9a61.jpg">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId68" tgtFrame="&quot;_blank&quot;"/>
+                  <wp:docPr id="42" name="Рисунок 42" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_158e9a61.jpg">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId70" tgtFrame="&quot;_blank&quot;"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 16" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_158e9a61.jpg">
-                            <a:hlinkClick r:id="rId68" tgtFrame="&quot;_blank&quot;"/>
+                            <a:hlinkClick r:id="rId70" tgtFrame="&quot;_blank&quot;"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69" cstate="print">
+                          <a:blip r:embed="rId71" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1885555" cy="1422929"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="007516C6" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="005174D7" w:rsidRPr="005174D7" w:rsidRDefault="00942A6F" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="0088329B" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Расположение Государственных символов и их изображений</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="004F0593" w:rsidP="002C7147">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мемлекеттік рәміздердің және олардың бейнелерінің ғимараттар ішінде орналастыру</w:t>
+              </w:rPr>
+              <w:t>внутри здания</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="004F0593" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRPr="00C96EA9" w:rsidRDefault="0088329B" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007516C6" w:rsidRPr="0044282C">
+              </w:rPr>
+              <w:t>В кабинетах первых руководителей и его заместителей (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>акимы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007516C6" w:rsidRPr="0044282C">
+              </w:rPr>
+              <w:t>, замест</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тели </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>акимов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> области, городов и районов, сельских округов, начальники управлений и департаментов, отделов)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="005174D7" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="006867D1" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="00613A26" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1912941" cy="1464733"/>
-[...1 lines deleted...]
-                  <wp:docPr id="28" name="Рисунок 28" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\верно.JPG"/>
+                  <wp:extent cx="1796502" cy="1375576"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="30" name="Рисунок 30" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\верно.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 13" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\верно.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId70" cstate="print">
+                          <a:blip r:embed="rId72" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1914558" cy="1465971"/>
+                            <a:ext cx="1802450" cy="1380130"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="005174D7">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2082764" cy="1464733"/>
-[...1 lines deleted...]
-                  <wp:docPr id="6" name="Рисунок 6" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_c0d485d.jpg"/>
+                  <wp:extent cx="1953136" cy="1373570"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                  <wp:docPr id="22" name="Рисунок 22" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_c0d485d.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 18" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_c0d485d.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId71" cstate="print">
+                          <a:blip r:embed="rId73" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2098054" cy="1475486"/>
+                            <a:ext cx="1969751" cy="1385255"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="00632341" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
-[...103 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственный Флаг Республики </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Казахстан (размером 1 х 2 метра) в кабинетах должностных лиц уст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>навливается (размещается) с левой стороны от Государственного Герба Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="00C40F72">
+          <w:p w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidRDefault="0088329B" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Қазақстан Республикасының Мемле</w:t>
-[...90 lines deleted...]
-              <w:t>тырылады</w:t>
+              <w:t>Государственный Герб Республики Казахстан (диаметром 500 миллиме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ров) размещается на стене за рабочим местом должностных лиц в кабинетах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="008A42F8" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Отырыстар өткізілетін залдарда</w:t>
+              <w:t>В залах, где проводятся заседания</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidRDefault="0088329B" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1996786" cy="1220258"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
-                  <wp:docPr id="7" name="Рисунок 7" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_7ff81076.jpg"/>
+                  <wp:docPr id="23" name="Рисунок 23" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_7ff81076.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 19" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_7ff81076.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId72" cstate="print">
+                          <a:blip r:embed="rId74" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1996786" cy="1220258"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidRDefault="0088329B" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1989667" cy="1200064"/>
-[...1 lines deleted...]
-                  <wp:docPr id="8" name="Рисунок 8" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_29adf48e.jpg"/>
+                  <wp:extent cx="2040467" cy="1230705"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                  <wp:docPr id="45" name="Рисунок 45" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_29adf48e.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 20" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_29adf48e.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73" cstate="print">
+                          <a:blip r:embed="rId75" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1990767" cy="1200728"/>
+                            <a:ext cx="2041595" cy="1231385"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0088329B" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="00110D5E">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0088329B" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683A19">
-[...64 lines deleted...]
-              <w:t>тырылады</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Республики Казахстан (размером 1 х 2 метра) в залах устанавливается (размещае</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ся) с левой стороны от Государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венного Герба Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="00A5405B">
+          <w:p w:rsidR="0088329B" w:rsidRDefault="0088329B" w:rsidP="0088329B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00CA366E" w:rsidP="00A5405B">
+          <w:p w:rsidR="0088329B" w:rsidRPr="00C96EA9" w:rsidRDefault="0088329B" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-              <w:t>төрағалық етушінің жұмыс орнының артқы жағында</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Герб Республики Казахстан (диаметром 500 мм) в залах за рабочим местом председательс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вующих</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A5405B" w:rsidRDefault="00A5405B" w:rsidP="00A5405B">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="005174D7" w:rsidP="0088329B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A5405B" w:rsidRDefault="00A5405B" w:rsidP="00A5405B">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="005174D7" w:rsidP="0088329B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A5405B" w:rsidRDefault="00A5405B" w:rsidP="00A5405B">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="005174D7" w:rsidP="0088329B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...53 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="008A42F8" w:rsidP="006E2A8A">
+          <w:p w:rsidR="005174D7" w:rsidRDefault="005174D7" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Лауазымды тұлғалардың кабинеттерінде </w:t>
+              </w:rPr>
+              <w:t>В кабинетах должностных лиц</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0099474E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00F761A9" w:rsidP="00F761A9">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Мемлекеттік Тудың үстел үстіне қойылатын варианты</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Настольный вариант государстве</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ного флага</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="005174D7" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1704975" cy="1282503"/>
+                  <wp:extent cx="1930400" cy="1452071"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="9" name="Рисунок 9" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_381e77d9.jpg"/>
+                  <wp:docPr id="25" name="Рисунок 25" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_381e77d9.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 21" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_381e77d9.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId74" cstate="print">
+                          <a:blip r:embed="rId76" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1711210" cy="1287193"/>
+                            <a:ext cx="1943577" cy="1461983"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="005174D7" w:rsidRPr="00C96EA9" w:rsidRDefault="0099474E" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D34F01">
-[...60 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В холлах, фойе, приемных гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дарственных органов</w:t>
+            </w:r>
+            <w:r w:rsidR="005174D7" w:rsidRPr="005174D7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в местах проведения торжественных м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>роприятий, доступных для вс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>общего обозрения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="005174D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на стендах (плакатах) должно с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>блюдаться одноуровневое распол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жение изображений государстве</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ных символов, а также их очере</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ность: Флаг, Герб, Гимн</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-38735</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="line">
                     <wp:posOffset>-1270635</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2150110" cy="1075055"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="0"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="10" name="Рисунок 3" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_565e07c1.jpg"/>
+                  <wp:docPr id="46" name="Рисунок 3" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_565e07c1.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_565e07c1.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId75" cstate="print">
+                          <a:blip r:embed="rId77" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2150110" cy="1075055"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00BC3984" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t>ғимараттарда</w:t>
+              </w:rPr>
+              <w:t>В помещениях регистрации рождений и браков</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00114B4D" w:rsidRDefault="00E2517F" w:rsidP="00114B4D">
+          <w:p w:rsidR="0099474E" w:rsidRPr="005174D7" w:rsidRDefault="0099474E" w:rsidP="005174D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-            <w:r w:rsidR="007516C6" w:rsidRPr="0044282C">
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Республики Казахстан (размером 1 х 2 метра) в залах устанавливается (размещае</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ся) с левой стороны от Государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венного Герба Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="007516C6" w:rsidRPr="0044282C">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...78 lines deleted...]
-            </w:pPr>
+              <w:t>Государственный Герб Республики Казахстан (диаметром 500 мм) в залах за рабочим местом председ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тельствующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006867D1">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
-              <w:jc w:val="right"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1998133" cy="1494494"/>
-[...1 lines deleted...]
-                  <wp:docPr id="11" name="Рисунок 11" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_ma69308.png"/>
+                  <wp:extent cx="2057400" cy="1538823"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+                  <wp:docPr id="27" name="Рисунок 27" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_ma69308.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 22" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_ma69308.png"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId76" cstate="print">
+                          <a:blip r:embed="rId78" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1998931" cy="1495091"/>
+                            <a:ext cx="2064245" cy="1543943"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="00114B4D" w:rsidP="00114B4D">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0099474E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00114B4D">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E71DCD">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Применение Государственных символов и их изображений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в учреждениях образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0099474E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00E71DCD" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t>Салтанатты іс-шаралар, линейкалар өткізілетін орын-дарда</w:t>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> местах, где проводятся торж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ственные мероприятия, линейки</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00E71DCD" w:rsidP="00E71DCD">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Мемлекеттік рәміздер оқу-шылардың сапына  қарама-қарсы және дәл орта шенінде орна-ластырылады. </w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственные символы обращ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ны к строю учащихся и размещены в центре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="006867D1" w:rsidP="006867D1">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="00D515F6" w:rsidP="00EB300A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2150533" cy="1612899"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="6985"/>
-                  <wp:docPr id="29" name="Рисунок 29" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\SDC19315.JPG"/>
+                  <wp:docPr id="24" name="Рисунок 24" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\SDC19315.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 10" descr="C:\Documents and Settings\1\Рабочий стол\МЕТОДИЧКА 2014\Фото\SDC19315.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId77" cstate="print">
+                          <a:blip r:embed="rId79" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2151513" cy="1613634"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="00E71DCD" w:rsidP="00E71DCD">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Білім беру мекемелері басшыларының кабинеттерінде </w:t>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кабинет руководителя учреждения образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="0046727B" w:rsidP="008B1570">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственный Флаг Республики Казахстан (размером 1 х 2 метра) в кабинетах должностных лиц уст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">навливается (размещается) с левой стороны от Государственного Герба Республики Казахстан. </w:t>
             </w:r>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="007516C6" w:rsidRPr="0044282C">
-[...6 lines deleted...]
-            <w:r w:rsidR="007516C6" w:rsidRPr="0044282C">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Государственный Герб Республики Казахстан (диаметром 500 милл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>метров) размещается на стене за рабочим местом должностных лиц в кабинетах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="00695B0E" w:rsidP="00EB300A">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0044282C">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2006600" cy="1616783"/>
-[...1 lines deleted...]
-                  <wp:docPr id="13" name="Рисунок 13" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m4751efd9.jpg"/>
+                  <wp:extent cx="2014035" cy="1510748"/>
+                  <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+                  <wp:docPr id="5" name="Рисунок 5" descr="C:\Documents and Settings\1\Рабочий стол\SDC19314.JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 24" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m4751efd9.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 1" descr="C:\Documents and Settings\1\Рабочий стол\SDC19314.JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId78" cstate="print">
+                          <a:blip r:embed="rId80" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2010874" cy="1620227"/>
+                            <a:ext cx="2023413" cy="1517783"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F35B46" w:rsidRDefault="00F35B46" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Кабинеты истории, начальной военной подготовки</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F35B46" w:rsidRDefault="00F35B46" w:rsidP="006E2A8A">
-[...153 lines deleted...]
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="0017104A" w:rsidP="0039472D">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> сол жақта)  орналастырылады.</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Разместить на стене, где находится доска или на внутренней стене (справа, в том случае, если дверь за спиной учащихся и слева, если дверь у доски) в первой ее полов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="00BB06E3">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2371725" cy="1740344"/>
-[...1 lines deleted...]
-                  <wp:docPr id="14" name="Рисунок 14" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_65a4ad73.jpg"/>
+                  <wp:extent cx="2054471" cy="1507545"/>
+                  <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+                  <wp:docPr id="47" name="Рисунок 47" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_65a4ad73.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 25" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_65a4ad73.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId79" cstate="print">
+                          <a:blip r:embed="rId81" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2371725" cy="1740344"/>
+                            <a:ext cx="2062413" cy="1513373"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00374F17" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0099474E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мемлекеттік рәміздерді спорттық жарыстар өткізілетін орындарда қолдану</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Применение Государственных символов в местах проведения </w:t>
+            </w:r>
+            <w:r w:rsidR="002F7CE9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>спортивных соревнований</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0099474E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="00374F17" w:rsidP="00374F17">
+          <w:p w:rsidR="0099474E" w:rsidRPr="00C96EA9" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:noProof/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подъем флага на время всего соревнования </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>согласно плана</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проведения соревнований</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB06E3" w:rsidRPr="00C96EA9" w:rsidRDefault="00BB06E3" w:rsidP="0088329B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1940116" cy="1295400"/>
-[...1 lines deleted...]
-                  <wp:docPr id="16" name="Рисунок 16" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m41b7840a.jpg"/>
+                  <wp:extent cx="1770320" cy="1182029"/>
+                  <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+                  <wp:docPr id="31" name="Рисунок 31" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m41b7840a.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 26" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m41b7840a.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80" cstate="print">
+                          <a:blip r:embed="rId82" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1940116" cy="1295400"/>
+                            <a:ext cx="1773041" cy="1183846"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1848993" cy="1228725"/>
-[...1 lines deleted...]
-                  <wp:docPr id="17" name="Рисунок 17" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m56859161.jpg"/>
+                  <wp:extent cx="1796995" cy="1194170"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                  <wp:docPr id="32" name="Рисунок 32" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m56859161.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 27" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m56859161.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81" cstate="print">
+                          <a:blip r:embed="rId83" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1854257" cy="1232223"/>
+                            <a:ext cx="1810087" cy="1202870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="00374F17" w:rsidP="00374F17">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Подъемный вариант </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(флаг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00374F17" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының спортшысы жеңімпаз болған кезде</w:t>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>При победе на спортивных соревнов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ниях спортсмена Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6933" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRDefault="00593CAF" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жарыстардың ашылу және жабылу кезіндегі Тумен  өткізілетін салтанатты шеру</w:t>
+              </w:rPr>
+              <w:t>Парадное шествие с флагом при открытии и закрытии соревнований</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidTr="00A5405B">
+      <w:tr w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidTr="005174D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="00E96830">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1809750" cy="1208410"/>
-[...1 lines deleted...]
-                  <wp:docPr id="49" name="Рисунок 49" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m42f9731.jpg"/>
+                  <wp:extent cx="1762325" cy="1176742"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
+                  <wp:docPr id="33" name="Рисунок 33" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m42f9731.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 28" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m42f9731.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId82" cstate="print">
+                          <a:blip r:embed="rId84" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1812613" cy="1210321"/>
+                            <a:ext cx="1764837" cy="1178420"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3603" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007516C6" w:rsidRPr="0044282C" w:rsidRDefault="007516C6" w:rsidP="006E2A8A">
+          <w:p w:rsidR="0099474E" w:rsidRPr="0044282C" w:rsidRDefault="0099474E" w:rsidP="0088329B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1754712" cy="1171575"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="50" name="Рисунок 50" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_33cad61c.jpg"/>
+                  <wp:docPr id="48" name="Рисунок 48" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_33cad61c.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 29" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_33cad61c.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83" cstate="print">
+                          <a:blip r:embed="rId85" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1754712" cy="1171575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003B16BB" w:rsidRDefault="003B16BB" w:rsidP="00B71B18">
+    <w:p w:rsidR="00BB06E3" w:rsidRPr="00C96EA9" w:rsidRDefault="00942A6F" w:rsidP="00B71B18">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...21 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF0EDC">
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="240"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B71B18" w:rsidRDefault="00942A6F" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Порядок исполнения Государственного Гимна Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057575F" w:rsidRPr="00C96EA9" w:rsidRDefault="0057575F" w:rsidP="0057575F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057575F" w:rsidRPr="0057575F" w:rsidRDefault="00942A6F" w:rsidP="0057575F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>При публичном исполнении Государственного Гимна присутствующие поют (выслушивают) стоя, при этом граждане Республики Казахстан прикл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дывают правую руку к сердцу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00486365" w:rsidRPr="0044282C" w:rsidRDefault="006C6D62" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2155190</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="line">
+              <wp:posOffset>135890</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1930400" cy="1270000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="35" name="Рисунок 4" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m1e3ce999.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_m1e3ce999.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId86" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1930400" cy="1270000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00486365" w:rsidRPr="0044282C" w:rsidRDefault="00486365" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2040467" cy="1283089"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="36" name="Рисунок 30" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_27b2aa30.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 30" descr="http://kzgov.docdat.com/tw_files2/urls_4/331/d-330798/330798_html_27b2aa30.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId87" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2050417" cy="1289346"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00486365" w:rsidRPr="0044282C" w:rsidRDefault="00486365" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A35DE" w:rsidRDefault="006A35DE" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F7CE9" w:rsidRPr="0044282C" w:rsidRDefault="002F7CE9" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>О внесении изменений в постановление Правительства Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>захстан от 1 октября 2007 года № 862 "Об утверждении Правил замены и уничтожения Государственного Флага, Государственного Герба Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан, не соответствующих</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственным стандартам"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 31 октября 2012 года № 1381</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008024C8" w:rsidRPr="00C96EA9" w:rsidRDefault="00BA2AC2" w:rsidP="008024C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="008024C8" w:rsidRPr="00C96EA9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Внести в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тября 2007 года № 862 «Об утверждении Правил замены и уничтожения Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сударственного Флага, Государственного Герба Республики Казахстан, не соответствующих государственным стандартам» (САПП Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан, 2007 г., № 36, ст. 404) следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008024C8" w:rsidRPr="008024C8" w:rsidRDefault="008024C8" w:rsidP="008024C8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="008024C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2AC2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008024C8" w:rsidRPr="008024C8" w:rsidRDefault="00BA2AC2" w:rsidP="008024C8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="008024C8" w:rsidRPr="008024C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Об утверждении Правил замены и уничтожения Государственного Фл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>га, Государственного Герба Республики Казахстан, не соответствующих н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>циональным стандартам»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008024C8" w:rsidRPr="008024C8" w:rsidRDefault="00BA2AC2" w:rsidP="008024C8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="008024C8" w:rsidRPr="008024C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в те</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кст пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еамбулы внесено изменение на казахском языке, текст на ру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ском языке не меняется;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="4" w:name="z5"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="008024C8" w:rsidRPr="00C96EA9" w:rsidRDefault="00592027" w:rsidP="008024C8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592027">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00131739">
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/P070000862_" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00592027">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BA2AC2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00BA2AC2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008024C8" w:rsidRPr="00C96EA9" w:rsidRDefault="00BA2AC2" w:rsidP="008024C8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidR="008024C8" w:rsidRPr="008024C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1. Утвердить прилагаемые Правила замены и уничтожения Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>соответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальным стандартам.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008024C8" w:rsidRPr="00C96EA9" w:rsidRDefault="00BA2AC2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="008024C8" w:rsidRPr="008024C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Правила</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> замены и уничтожения Государственного Флага, Государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным стандартам, утвержденные указанным постановлением, изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>приложению</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="008024C8">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB21A2" w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Настоящее постановление вводится в действие по истечении десяти календарных дней со дня первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Премьер-Министр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С. Ахметов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к постановлению Правительства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 31 октября 2012 года № 1381</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Утверждены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 1 октября 2007 года № 862</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРАВИЛА ЗАМЕНЫ И УНИЧТОЖЕНИЯ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ГОСУДАРСТВЕННОГО ФЛАГА,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ГОСУДАРСТВЕННОГО ГЕРБА РЕСПУБЛИКИ КАЗАХСТАН,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НЕ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СООТВЕТСТВУЮЩИХ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НАЦИОНАЛЬНЫМ СТАНДАРТАМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Настоящие Правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих наци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нальным стандартам (далее - Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Конституционным законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 4 июня 2007 года «О государственных символах Республики Казахстан» (далее - Конституцио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ный закон) и определяют порядок замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00BA2AC2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Порядок замены и уничтожения Государственного Флага,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB06E3" w:rsidRPr="00C96EA9" w:rsidRDefault="00BA2AC2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB21A2" w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Замена и уничтожение не соответствующих национальным стандартам Государственного Флага, Государственного Герба Республики Казахстан осуществляются постоянно действующей комиссией государственного органа или организации, на которых в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Конституционным законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в обязательном порядке устанавливаются (размещаются, поднимаются) Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственный Флаг, Государственный Герб Республики Казахстан.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AB21A2" w:rsidRPr="00C96EA9" w:rsidRDefault="00BA2AC2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z15"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Несоответствиями национальным стандартам являются нарушения формы, размеров и технических требований, установленных к Государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ному Флагу Республики Казахстан, Государственному Гербу Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>захстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z16"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB21A2" w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Замена и уничтожение не соответствующего национальным стандартам Государственного Флага Республики Казахстан осуществляются владельцами зданий (помещений), на которых по их желанию устанавливается Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венный Флаг Республики Казахстан, в порядке, предусмотренном настоящ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ми Правилами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z17"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB21A2" w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Замена Государственного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальным стандартам, осуществляется в течение одного рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA2AC2" w:rsidRPr="0044282C" w:rsidRDefault="00BA2AC2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z18"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB21A2" w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Уничтожение Государственного Флага, Государственного Герба Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан производится путем сжигания, расплавления, измельчения на кусочки размером не более 2,5 квадратных сантиметра, дробления, пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вращения в бесформенную массу или порошок, в целях исключения возмо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ности их повторного применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ОБ УТВЕРЖДЕНИИ ПРАВИЛ ИЗГОТОВЛЕНИЯ И РАЗМЕЩЕНИЯ ВЫВЕСОК С НАИМЕНОВАНИЕМ ГОСУДАРСТВЕННЫХ ОРГАНОВ НА АДМИНИСТРАТИВНЫХ ЗДАНИЯХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 22 ноября 2011 года № 1371</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 июля 2001 года «Об архитектурной, градостроительной и строительной деятельности в Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">публике Казахстан» Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ЕТ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Правила</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изготовления и размещения вывесок с наименованием государственных органов на административных зданиях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     Премьер-Министр</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60442">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Масимов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="004A5981">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Утверждены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004A5981">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 22 ноября 2011 года № 1371</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>изготовления и размещения вывесок с наименованием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственных органов на административных зданиях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="0044282C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB21A2" w:rsidRPr="00C96EA9" w:rsidRDefault="00B974AB" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Настоящие Правила изготовления и размещения вывесок с наименов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нием государственных органов на административных зданиях (далее – Пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вила) регулируют порядок изготовления и размещения вывесок с наименов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нием государственных органов на административных зданиях на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB21A2" w:rsidRPr="00C96EA9" w:rsidRDefault="00B974AB" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z8"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z9"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="00AB21A2" w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) вывеска с наименованием государственных органов – настенный эл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мент фасада несущий в себе справочную информацию о наименовании гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB21A2" w:rsidRPr="00C96EA9" w:rsidRDefault="00AB21A2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z10"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2) государственные органы – государственные учреждения, уполномоче</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z42" w:history="1">
+        <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иными нормативными правовыми актами на осуществление от имени государства функций </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB21A2" w:rsidRPr="00AB21A2" w:rsidRDefault="00AB21A2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z11"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изданию актов, определяющих общеобязательные правила поведения;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z12"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>управлению и регулированию социально значимых общественных отнош</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ний;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z13"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением установленных государством общеобязательных правил поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00AB21A2" w:rsidP="00AB21A2">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z14"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00AB21A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) подложка – декоративная рамка для основания вывески.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Изготовление и размещения вывесок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>с наименованием государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Вывеска должна быть выполнена размером не менее 60 х 80 сантиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ров. При необходимости возможно увеличение размеров вывески, при этом должны соблюдаться пропорции 3/4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Вывеска может быть расположена как горизонтально, так и вертикально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Вывеска располагается на подложке, толщиной от 1 сантиметра до 4 сантиметров, на подложке располагается вывеска с графической надписью названия государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z19"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. На вывесках размещается </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Государственный Герб</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z20"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственный Герб Республики Казахстан размещается по центру в верхней трети части вывески. Диаметр Государственного Герба Республики Казахстан должен соответствовать следующим соотношениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00085119" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z21"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в случае горизонтального размещения: высота вывески к диаметру ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z22"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в случае вертикального размещения: высота вывески к диаметру герба 1/6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z23"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6. Под Государственным Гербом Республики Казахстан в нижней 2/3 части вывески располагается название государственного органа. Высота букв текста вывески должна быть не менее 3 сантиметров. Фон полотна должен быть синего цвета, а букв золотого цвета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00B974AB" w:rsidP="00C96EA9">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z24"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7. По краям вывеска обрамляется рамкой золотого цвета шириной не м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нее 3 сантиметров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z25"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. Шрифт букв «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Book</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Antiqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z26"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9. В случае если государственное учреждение является структурным или подведомственным подразделением центрального, местного представител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ного и исполнительного органа, то на вывеске необходимо указать наимен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вание государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z27"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Данная надпись располагается по центру над Государственным Гербом Республики Казахстан. Размер букв надписи составляет не менее 2 сантиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ров.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z28"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10. Наименование государственного органа должно быть изложено на г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сударственном и русском, а при необходимости, и на других языках.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z29"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      11. В случае изготовления и размещения вывесок с наименованием гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственного органа на государственном и русском, и на других языках они выполняются в виде разных вывесок, отдельно расположенных друг от друга.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z30"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      12. Недопустимо использование в тексте иностранных слов, в том числе выполненных латинскими буквами, сокращений названий и аббревиатур.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z31"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      13. Место размещения вывески должно информировать о наименовании и месторасположение государственного органа и указывать место входа. В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>веска должна располагаться на фасаде здания в пределах 10 метров от входа в помещение или в пределах помещения, занимаемого государственным орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ном.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z32"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Другие информационные данные, такие как: временной режим работы, расписания приема и фамилии руководителей, недопустимо располагать на вывесках или рядом с наименованием государственного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z33"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      15. Вывески на фасадах должны быть подсвечены в темное время суток.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z34"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>16. Государственный орган осуществляет подготовку, согласование, оформление и установку вывески.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00085119" w:rsidP="00085119">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z35"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>17. Вывески государственных органов и государственных учреждений меняются в случае изменения официального наименования или подчиненн</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сти государственного учреждения, вследствие естественного износа и м</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рально устаревшие вывески, а также по мере необходимости при смене те</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00B974AB" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>риториального месторасположения (переезда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B974AB" w:rsidRPr="0044282C" w:rsidRDefault="00B974AB" w:rsidP="00085119">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z36"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      18. Вывески должны содержаться государственным органом в надлеж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>щем техническом и эстетическом состоянии на протяжении всего периода эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ТРЕБОВАНИЯ К ПЕЧАТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>С ВОСПРОИЗВЕДЕНИЕМ ГОСУДАРСТВЕННОГО ГЕРБА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="id_6581"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный стандарт Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 1430-2005 «Печати с воспроизведением Государственного Герба Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>устанавливает технические требования на печати с воспроизведением Государственного Герба Республики Казахстан государственных органов и организаций Республики Казахстан. Настоящий стандарт обязателен для применения всеми государственными организациями Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Печати с воспроизведением Государственного Герба Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан (далее - гербовые печати) изготавливаются по заявке государственного органа или организации за подписью руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>При заказе гербовой печати государственная организация к заявке дол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на приложить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="0044282C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- эскиз гербовой печати, выполненный точно, четко, чисто и разборчиво;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="0044282C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- выписку из Устава (Положения) с полным наименованием, заверенного в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По внешнему кольцу клише гербовой печати ограничивается ободом, на котором располагается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>микротекст с наименованием предприятия-изготовителя гербовой печати, номер и дата выдачи лицензии, год, месяц и дата изготовления печати</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В центре клише гербовой печати располагается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изображение Госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ственного Герба Республики Казахстан, которое должно соответствовать требованиям государственного стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 989-2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вокруг Государственного Герба Республики Казахстан располагается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>микротекст с наименованием заказчика гербовой печати и его регистр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ционным налоговым номером – РНН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изготавливать гербовые печати могут только предприятия, имеющие лицензии на изготовление материальных объектов с изображением госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ственных символов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1181" w:rsidRPr="0044282C" w:rsidRDefault="000B1181" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="00C96EA9" w:rsidRDefault="00595A86" w:rsidP="0044282C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 9 апреля 2005 года № 227</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ОБ УТВЕРЖДЕНИИ ПРАВИЛ О ЦЕРЕМОНИИ ПРИМЕННЕИЯ ГОСУДАРСТВЕННЫХ СИМВОЛОВ РЕСПУБЛИКИ КАЗАХСТАН ПРИ ПРОВЕДЕНИИ ТОРЖЕТСВЕННЫХ МЕРОПРИЯТИЙ В ОРГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>НИЗАЦИЯХ ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях упорядочения порядка применения государственных символов в организациях образования и совершенствования патриотического воспитания подрастающего поколения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00595A86" w:rsidP="00085119">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4395"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о церемониале применения Государственных символов Республики Казахстан при проведении торжественных меропри</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тий в организациях образования согласно приложению 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00595A86" w:rsidP="00085119">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4395"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Департаменту дошкольного и среднего образования (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Испусинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.Б.) довести данный приказ до директоров областных департаментов (управл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ний) образования, руководителей республиканских подведомственных орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>низаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00C96EA9" w:rsidRDefault="00595A86" w:rsidP="00085119">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-4395"/>
+        </w:tabs>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Контроль за исполнением приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зования и науки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Шамшидинову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.Н.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9570" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="105" w:type="dxa"/>
+          <w:left w:w="105" w:type="dxa"/>
+          <w:bottom w:w="105" w:type="dxa"/>
+          <w:right w:w="105" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3525"/>
-        <w:gridCol w:w="3495"/>
+        <w:gridCol w:w="4785"/>
+        <w:gridCol w:w="4785"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B16BB" w:rsidTr="003B16BB">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="00085119">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3524" w:type="dxa"/>
+            <w:tcW w:w="4785" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003B16BB" w:rsidRDefault="003B16BB" w:rsidP="0044282C">
+          <w:p w:rsidR="00595A86" w:rsidRPr="00085119" w:rsidRDefault="00595A86" w:rsidP="004A5981">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
-                <w:noProof/>
-[...51 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00C7317A" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
+            </w:r>
+            <w:r w:rsidR="004A5981" w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5981" w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5981" w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5981" w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Б. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004A5981" w:rsidRPr="00085119">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Айтимова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3496" w:type="dxa"/>
+            <w:tcW w:w="4785" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003B16BB" w:rsidRDefault="003B16BB" w:rsidP="0044282C">
+          <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="004A5981">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044282C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...59 lines deleted...]
-              </w:drawing>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00C7317A" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00486365" w:rsidRPr="0044282C" w:rsidRDefault="00486365" w:rsidP="0044282C">
-[...29 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CF0EDC" w:rsidRDefault="00CF0EDC" w:rsidP="0044282C">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 9 апреля 2005 года № 227</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="0044282C">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="0044282C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правила о церемониале применения Государственных символов Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>при проведении торжественных мероприятий в орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...9 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>зациях образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRDefault="00595A86" w:rsidP="00085119">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Правила о церемониале применения Государственных символов Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан в организациях образования (далее - Правила) разработ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ны в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564B5E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Президента Республики Казахстана, имеющего силу Конституционного закона, от 24 января 1996 года № 2797 «О государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венных символах в Республике Казахстан» в целях урегулирования порядка применения и размещения государственных атрибутов в учебных заведениях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Правила определяют меры ответственности руководителей организаций образования за правильное исполнение Государственного гимна Республики Казахстан и применение государственных атрибутов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CF0EDC">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Порядок размещения Государственных символов (флага, герба) в о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ганизациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00085119" w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. В целях пропаганды и применения государственных символов Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан организации образования должны иметь стандартные Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственные флаг, герб и текст гимна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B0DFE" w:rsidRPr="001F414D" w:rsidRDefault="00085119" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Государственный флаг Республики Казахстан должен размещаться в кабинете руководителя организации образования с правой стороны от стола руководителя.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. Стандартные стенды с изображением Государственных символов (флаг, герб, текст гимна) должны размещаться в специально отведенном ме</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>те, где проводятся торжественные мероприятия, посвященные государстве</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ным праздникам и другим значимым датам (рекреации (фойе), актовые залы, библиотеки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB06E3" w:rsidRPr="00C96EA9" w:rsidRDefault="00085119" w:rsidP="00564B5E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6. При размещении Государственных символов Республики Казахстан на стендах необходимо соблюдать их одноуровневое расположение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00085119" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7. Стенды с изображением Государственных символов Республики К</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>захстан должны быть эстетично оформлены и размещаться вдали от хозяйс</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085119" w:rsidRPr="00085119" w:rsidRDefault="00085119" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. В кабинетах истории, начальной военной подготовки Государстве</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ные символы Республики Казахстан должны размещаться на стене слева от школьной доски.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB06E3" w:rsidRPr="00C96EA9" w:rsidRDefault="00085119" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085119">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0DFE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9. Во всех учебных кабинетах организаций образования обязательно оформление специального уголка, посвященного Государственным символам Республики Казахстан (печатная лицензионная продукция).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRDefault="004A5981" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
-[...108 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRPr="00BB06E3" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Порядок применения государственных символов Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00BB06E3" w:rsidRDefault="001F414D" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00595A86" w:rsidP="00564B5E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10. При проведении организациями образования торжественных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>приятий в Дни государственных праздников, знаменательных дат необходимо обязательно использовать Государственные символы Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B5E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11. В день Национального праздника Республики Казахстан и в другие праздничные дни Государственный Флаг Республики Казахстан устанавлив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ется на зданиях органов и организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12. В Дни государственных праздников, знаменательных дат в начале торжественного мероприятия и по его завершению всеми участниками, стоя, исполняется Государственный Гимн Республики Казахстан. При его испо</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нении не допускаются посторонние движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="001F414D" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13. Во время торжественного мероприятия может быть использован р</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туал вноса и выноса Государственного Флага Республики Казахстан знаме</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ной группой из числа лучших учащихся организаций образования в колич</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стве трех человек: знаменосца и двух сопровождающих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRDefault="004A5981" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB06E3" w:rsidRPr="00BB06E3" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Порядок применения Государственных символов Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стан при церемониях открытия нового учебного года и окончания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5981" w:rsidRDefault="00595A86" w:rsidP="004A5981">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>учебного года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>      </w:t>
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00BB06E3" w:rsidRDefault="00595A86" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14. На торжественном мероприятии, посвященном началу и окончанию учебного года, Государственный флаг Республики Казахстан вносится зн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менной группой строевым шагом после команды: «Внимание!», «Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венный флаг Республики Казахстан – внести!».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Знаменная группа с Государственным флагом Республики Казахстан п</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сле прохождения перед строем размещается в головной части школьной л</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нейки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>15. После вноса Государственного флага Республики Казахстан исполн</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ется Государственный гимн Республики Казахстан всеми участниками мер</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>приятия.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>      «1. Қоса беріліп отырған Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою қағидалары бекітілсін.»;</w:t>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>16. По завершению мероприятия по команде: «Внимание!», «Государс</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венный флаг Республики Казахстан - вынести!» выполняется ритуал выноса Государственного флага Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>17. На мероприятиях, посвященных началу и окончанию учебного года, можно использовать вместо церемонии вноса и выноса Государственного Флага Республики Казахстан подъем флага на флагштоке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Флаг, укрепленный на флагштоке, поднимается после команды: «Гос</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственный Флаг Республики Казахстан - Поднять!».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="001F414D" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Право на его поднятие предоставляется лучшим ученикам и активистам организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>18. После подъема Флага по команде: «Торжественное мероприятие, п</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>священное началу (окончанию) учебного года, считаю открытым!», исполн</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ется Государственный гимн Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>19. В конце мероприятия после команды: «Государственный флаг Ре</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>публики Казахстан - Спустить!» знаменная группа спускает Флаг Республики Казахстан и по команде: «Государственный флаг Республики Казахстан - в</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00595A86" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нести!» знаменная группа, пройдя перед строем учащихся, выносит флаг и устанавливает его на постоянном месте хранения в кабинете руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB06E3" w:rsidRPr="00C96EA9" w:rsidRDefault="00595A86" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>      көрсетілген қаулымен бекітілген Мемлекеттік стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою </w:t>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00B91699">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00595A86" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5. Ответственность руководителя организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00595A86" w:rsidRPr="0044282C" w:rsidRDefault="00595A86" w:rsidP="001F414D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>      2. Осы қаулы алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қ</w:t>
-[...20 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> 20. Руководитель организации образования несет персональную ответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венность за правильное применение Государственных символов Республики Казахстан и обеспечивает их пропаганду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD396A" w:rsidRPr="0044282C" w:rsidRDefault="00CD396A" w:rsidP="0044282C">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...178 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002618EA" w:rsidRDefault="002618EA" w:rsidP="002618EA">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="227"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C70DD">
+    </w:p>
+    <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="002618EA">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="227"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009B0EA7">
+        </w:rPr>
+        <w:t>СРАВНИТЕЛЬНАЯ ТАБЛИЦА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="002618EA">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">внесенных изменений и дополнений в законодательство о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E74A03">
+        </w:rPr>
+        <w:t>гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2458 lines deleted...]
-    <w:p w:rsidR="00A9491F" w:rsidRPr="002C70DD" w:rsidRDefault="00A9491F" w:rsidP="006413FB">
+        </w:rPr>
+        <w:t>дарственных символах Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...55 lines deleted...]
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="564"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2251"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="2559"/>
+        <w:gridCol w:w="2336"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidTr="006F0323">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="0080380B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0080380B" w:rsidRPr="0044282C" w:rsidRDefault="0080380B" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0080380B" w:rsidRPr="0044282C" w:rsidRDefault="0080380B" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0080380B" w:rsidRPr="0044282C" w:rsidRDefault="0080380B" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Структурный элемент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Старая редакция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Новая редакция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>І. Конституционный закон РК «О государственных символах Республики Казахстан»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Статья 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Законодательство, рег</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лирующее использование  государственных симв</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лов Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Порядок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>размещени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>я и использования государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венных символов Респу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лики Казахстан определ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ется Конституцией Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан, н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стоящим Конституцио</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ным законом и иными нормативными правовыми актами Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:ind w:hanging="22"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Законодательство Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан, регулирующее изг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>товление и использ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вание  государстве</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ных символов Респу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Порядок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>изготовление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и использования гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дарственных символов Республики Казахстан определяется Констит</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цией Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан, настоящим Ко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ституционным законом и иными нормативными правовыми актами Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескі редакция</w:t>
-[...5 lines deleted...]
-              <w:t>да</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">часть четвертую пункта 1 </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственный Флаг может </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>подниматься (у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>танавливаться)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на других зданиях (в помещениях) по желанию их владельцев.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственный Флаг может </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>подниматься</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на других зданиях (в п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мещениях) по желанию их владельцев.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часть первую</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пункта 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>статьи 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на печатях нотариусов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подпункт 4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пункта 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>статьи 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при выходе в эфир теле- и радиопрограмм средств массовой информации, имеющих лицензии на осуществление телевиз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>онного и (или) радиовещ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ния, ежесуточно в начале и по окончании их вещания;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="002618EA" w:rsidP="002618EA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при выходе в эфир </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>теле-</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>радиоканалов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ежес</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>точно в начале и по окончании их вещания;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подпункт 5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>статьи 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
-              <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жаңа редакция</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">выполнение иных функций, возложенных на него Конституцией Республики Казахстан, законами Республики </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Казахстан и актами Президента Республики Казахстан.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidTr="006F0323">
-[...47 lines deleted...]
-      <w:tr w:rsidR="006413FB" w:rsidRPr="007E1050" w:rsidTr="006F0323">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">2-бап </w:t>
+              <w:t>подпункт 5)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пункта 1</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...105 lines deleted...]
-            </w:pPr>
+              <w:t>статьи 11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
-[...43 lines deleted...]
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...56 lines deleted...]
-              <w:t>Республикасының Конституциясында, осы Конституциялық заңда және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде айқындалады.</w:t>
+              <w:t>нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
-[...34 lines deleted...]
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:ind w:firstLine="43"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының мемлекеттік рәміздерін </w:t>
-[...19 lines deleted...]
-              <w:t>Конституциясында, осы Конституциялық заңда және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде айқындалады.</w:t>
+              <w:t xml:space="preserve">осуществляет иные полномочия, предусмотренные законами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006413FB" w:rsidRPr="007E1050" w:rsidTr="006F0323">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>2.</w:t>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">4-баптың </w:t>
+              <w:t>подпункт 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1-тармағының төртінші бөлігі</w:t>
+              <w:t>пункта 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>статьи 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="00A9491F">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік Ту басқа да ғимараттарда (үй-жайларда) олардың иелерінің еркі бойынша </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> мүмкін.</w:t>
+              <w:t>нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="00A9491F">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік Ту басқа да ғимараттарда (үй-жайларда) олардың иелерінің еркі бойынша </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> мүмкін.</w:t>
+              <w:t>осуществляет иные полномочия, предусмотренные законами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidTr="006F0323">
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3.</w:t>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-              <w:rPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">6-баптың </w:t>
-[...15 lines deleted...]
-              <w:t>2-тармағының бірінші бөлігі</w:t>
+              <w:t>Статья 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственность за н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рушение законодател</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ства, регулирующего и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пользование государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венных символов Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRPr="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Использование Государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венного Флага, Государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венного Герба Республики Казахстан и их изображ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ний, а также исполнение Государственного Гимна Республики Казахстан и использование его текста с нарушением требований настоящего Конституц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>онного закона либо надр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гательство над государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венными символами Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">публики Казахстан влекут ответственность в порядке, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>установленном законами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:ind w:firstLine="43"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ответственность за нарушение законод</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тельства Республики Казахстан, регул</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рующее изготовление и использование  гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дарственных символов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:ind w:firstLine="720"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C70DD">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:ind w:firstLine="720"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нарушение законод</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тельства Республики Казахстан, регулиру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>щее изготовление и и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пользование  государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венных символов Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан, вл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чет ответственность, установленную закон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ми Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:ind w:firstLine="227"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:ind w:firstLine="227"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ІІ. Уголовный кодекс Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:ind w:firstLine="227"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Статья 317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Надругательство над Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сударственным флагом, Государственным гербом или Государственным гимном Республики К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>захстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Надругательство над Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сударственным флагом, Государственным гербом или Государственным гимном Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан – наказывается штр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">фом в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от двухсот до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>одной тысячи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> меся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ных расчетных показат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лей, либо ограничением свободы на срок до одного года либо лишением св</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>боды на тот же срок.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:ind w:firstLine="720"/>
-              <w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Надругательство над государственными </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>символами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRPr="0044282C" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Надругательство над государственными символами Республики Казахстан –      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наказ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вается штрафом в ра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">одной тысячи </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысячи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> меся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ных расчетных показ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телей, либо ограничен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ем свободы на срок до одного года либо лиш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нием свободы на тот же срок.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ІІІ. Кодекс Республики Казахстан об административных правонарушениях</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Статья 317-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1985"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нарушение  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">национальных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дартов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> изготовл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нии   Государственн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>го Флага Республики Казахстан и Госуда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ственного Герба Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>публики Казахстан, а также материальных объектов с их изобр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жением</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1985"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изготовление Гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дарственного Флага Республики Казахстан и Государственного Герба Республики Казахстан, а также материальных объектов с их изобр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жением, не соответс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вующих </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>национальн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стандартам –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> штраф на физических лиц в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пятид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сяти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, на должностных лиц, индивидуальных предпринимателей,  юридических лиц, я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ляющихся субъектами малого или среднего предпринимательства или некоммерческими организациями - в ра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>та пятидесяти,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на юридических лиц, являющихся субъектами крупного предприним</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тельства - в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тырехсот </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>месячных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> расчетных показателей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1985"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Действия, предусмотренное частью первой настоящей статьи, совершенное повторно в течение года после наложения административного взыскания - влечет штраф на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на физических лиц в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>восьм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>десяти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, на должностных лиц, индивидуальных предпринимателей, юридических лиц, я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ляющихся субъектами малого или среднего предпринимательства или некоммерческими организациями, - в ра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>двухсот,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на юр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дических лиц, явля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>щихся субъектами крупного предприним</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тельства, - в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пятисот </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>месячных ра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>четных показателей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="006A35DE" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044282C" w:rsidRPr="0044282C" w:rsidTr="001F5153">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Статья 354-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нарушение порядка и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пользования государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>венных символов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002618EA" w:rsidRPr="002618EA" w:rsidRDefault="002618EA" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0080380B" w:rsidRPr="0044282C" w:rsidRDefault="0080380B" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C96EA9" w:rsidRPr="0044282C" w:rsidRDefault="00C96EA9" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.Незаконное использов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ние</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>физическими и юр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дическими лиц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ми государственных си</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>волов Республики Каза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стан -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>влечет предупре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дение или штраф в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до пятидесяти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> месячных расчетных показателей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2. Неиспользование гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дарственных символов в случаях, когда их </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>испол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зовани</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>являе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ся обязательным -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">влечет предупреждение или штраф на должностных лиц в размере до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пятид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сяти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> месячных расчетных показателей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
+            <w:pPr>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="00A9491F">
-[...3668 lines deleted...]
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Нарушение порядка использования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Государственного Флага Республики Казахстан, Государственного Герба Республики Казахстан, а также исполнения Государственного Гимна Республики Казахстан</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="002618EA" w:rsidP="0044282C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Незаконное использ</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вание </w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Государственного Флага Республики Казахстан, Государственного Герба</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан и их изображений, а также использование и исполнение Государственного Гимна Республики Казахстан с нарушением требований законодательства Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ку</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т штраф в размере </w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>двухсот</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> месячных ра</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="0087416F" w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>четных показателей.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl w:val="0"/>
-              <w:rPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2. Неиспользование г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сударственных симв</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лов в случаях, когда их использование является обязательным, - влечет штраф на должностных лиц в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>двухсот</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> месячных расчетных показателей.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
-[...24 lines deleted...]
-          <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+          <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
             <w:pPr>
               <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Деяния, предусмотренные частями первой и второй настоящей статьи, совершенные повторно в течение года после наложения административного взыскания - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т штраф в размере </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...177 lines deleted...]
-              <w:t xml:space="preserve">        төрт жүз айлық есептік көрсеткіш мөлшерінде айыппұл салуға әкеп соғады.</w:t>
+              <w:t>четырехсот</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044282C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> месячных расчетных показателей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+    <w:p w:rsidR="0087416F" w:rsidRPr="0044282C" w:rsidRDefault="0087416F" w:rsidP="0044282C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006413FB" w:rsidRPr="002C70DD" w:rsidRDefault="006413FB" w:rsidP="006413FB">
+    <w:p w:rsidR="0087416F" w:rsidRDefault="0087416F" w:rsidP="0044282C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007434B5" w:rsidRDefault="007434B5" w:rsidP="00B71B18">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF6155" w:rsidRPr="002C70DD" w:rsidRDefault="00FF6155" w:rsidP="00A9491F">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F140F5" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="00B71B18">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ОБЗОР НОРМАТИВНО-ПРАВОВОЙ БАЗЫ РЕСПУБЛИКИ КАЗА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СТАН В ОБЛАСТИ ПРИМЕНЕНИЯ, ПРОПАГАНДЫ И ПРОИЗВО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СТВА ГОСУДАРСТВЕННЫХ СИМВОЛОВ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="003F681E" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Основополагающим документом, определяющим основные понятия и пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цесс их применения в области государственной символики, является </w:t>
+      </w:r>
+      <w:r w:rsidR="00560CB4">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t>Конституция Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(принята на республиканском референдуме 30 августа 1995 года)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 34</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94557" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5153" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. Каждый обязан уважать государственные символы Республики</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституционный закон Республики Казахстан от 4 июня 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>№ 258 «О государственных символах Республики Казахстан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId98" w:history="1">
-        <w:r w:rsidR="006D19E6" w:rsidRPr="002C70DD">
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:tgtFrame="_parent" w:tooltip="СПРАВКА О ЗАКОНЕ РК ОТ 08.08.02 № 345-II" w:history="1">
+        <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
           <w:rPr>
-            <w:b/>
+            <w:rStyle w:val="j21"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасының Конституциясы</w:t>
+          <w:t xml:space="preserve">изменениями </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006D19E6" w:rsidRPr="002C70DD">
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по состоянию на </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>28.06.2012</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF01C8" w:rsidRDefault="00AF01C8" w:rsidP="002618EA">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00AF01C8" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD09EA" w:rsidRPr="00AD09EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00AD09EA" w:rsidRPr="00AD09EA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственные символы Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD09EA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Государственными символами РК являются: Государственный Флаг, Гос</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дарственный Герб</w:t>
+      </w:r>
+      <w:r w:rsidR="005F21A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Государственный Гимн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC59BD" w:rsidRDefault="00BC59BD" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC59BD" w:rsidRDefault="00BC59BD" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Статья 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD09EA" w:rsidRPr="00AD09EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD09EA" w:rsidRPr="00AD09EA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Компетенция местного исполнительного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF01C8" w:rsidRDefault="00BC59BD" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Местный исполнительный орган осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использованием (установлением, размещением) государственных символов Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>захстан на территории соответствующей административно-территориальной единицы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC59BD" w:rsidRDefault="00BC59BD" w:rsidP="00AF01C8">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD09EA" w:rsidRDefault="00AF01C8" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="006D19E6" w:rsidRPr="002C70DD">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AF01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 13.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD09EA" w:rsidRPr="00AD09EA">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:t>әміздерін</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD09EA" w:rsidRPr="00601322">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Формирование уважительного отношения к государственным символам Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF01C8" w:rsidRDefault="00AF01C8" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Граждане РК, а также лица, находящиеся на территории РК, обязаны чтить Государственный Флаг, Государственный Герб и Государственный Гимн РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF01C8" w:rsidRDefault="00AF01C8" w:rsidP="002618EA">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00AF01C8" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 14.</w:t>
+      </w:r>
+      <w:r w:rsidR="00601322" w:rsidRPr="00601322">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00601322" w:rsidRPr="00601322">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изготовление Государственного Флага, Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00601322">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Изготовление Государственного Флага РК и Государственного Герба РК осуществляется при наличии соответствующей лицензии, выдаваемой в уст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>новленном законодательном порядке</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF01C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF01C8" w:rsidRDefault="00AF01C8" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94557" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Закон РК от 8 августа 2002 года №345 «О правах ребенка в Республике Казахстан»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94557" w:rsidRPr="0044282C" w:rsidRDefault="00F94557" w:rsidP="002618EA">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="SUB1000365684"/>
+      <w:r w:rsidR="00592027" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000365684" \o "СПРАВКА О ЗАКОНЕ РК ОТ 08.08.02 № 345-II" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00592027" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изменениями</w:t>
+      </w:r>
+      <w:r w:rsidR="00592027" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по состоянию на 04.07.2013 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 20. Обязанности ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Каждый ребенок обязан соблюдать Конституцию и законодательство РК, уважать права, свободы, честь и достоинство других лиц, Государственные символы РК, заботиться о нетрудоспособных родителях, сохранении истор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ческого и культурного наследия, беречь памятники истории и культуры, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хранять природу и бережно относиться к природным богатствам</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закон Республики Казахстан от 2 декабря 1999 года № 490 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="001F414D" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«О физической культуре и спорте»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5153" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 23. Компетенция уполномоченного органа по физической культуре и спорту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:tgtFrame="_parent" w:tooltip="СПРАВКА О ЗАКОНЕ РК ОТ 08.08.02 № 345-II" w:history="1">
+        <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:rStyle w:val="j21"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">изменениями </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002C70DD">
-[...2 lines deleted...]
-      <w:r w:rsidR="000F3A9B" w:rsidRPr="002C70DD">
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по состоянию на </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5153" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>19-1) обеспечивает соблюдение законодательства Республики Казахстан, р</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>гулирующего изготовление и использование государственных символов Ре</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>публики Казахстан, при проведении спортивных мероприятий на территории Республики Казахстан и международных спортивных мероприятий в ин</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>странных государствах</w:t>
+      </w:r>
+      <w:r w:rsidR="007420CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5153" w:rsidRPr="0044282C" w:rsidRDefault="001F5153" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F5153" w:rsidRPr="0044282C" w:rsidRDefault="007420CD" w:rsidP="002618EA">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 33. Национальный олимпийский комитет Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:tgtFrame="_parent" w:tooltip="СПРАВКА О ЗАКОНЕ РК ОТ 08.08.02 № 345-II" w:history="1">
+        <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:rStyle w:val="j21"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>изменениями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по состоянию на о</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5153" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т 27.04.2012г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Выступление национальных сборных команд Республики Казахстан на Олимпийских, Азиатских играх и других международных спортивных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приятиях, проводимых под </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>потронажем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Международного олимпийского к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>митета, осуществляется под Государственным Флагом Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00193B37" w:rsidRPr="002C70DD">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закон Республики Казахстан от 19 декабря 2003 года N 508 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="001F414D" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«О рекламе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 7. Виды ненадлежащей рекламы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3. Неэтичной является реклама, которая: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3) порочит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственные символы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, национальную валюту Республики Казахстан или иностранную валюту, религиозные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>символы</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00193B37" w:rsidRPr="002C70DD">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00193B37" w:rsidRPr="002C70DD">
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 15 июля 2002 года N 344</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
-      </w:r>
-      <w:r w:rsidR="002E2DAE" w:rsidRPr="002C70DD">
+        <w:t>«О политических партиях»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B8344F" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="SUB1000283448"/>
+      <w:r w:rsidR="00592027" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B8344F" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000283448" \o "СПРАВКА О ЗАКОНЕ РК ОТ 15.07.02 № 344-II" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00592027" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B8344F" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изменениями и дополнениями</w:t>
+      </w:r>
+      <w:r w:rsidR="00592027" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="00B8344F" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по состоянию на 24.12.2012 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 7. Наименование и символика политической партии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE4B6A" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="003F681E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Политическая партия не вправе использовать в качестве своей символики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственные символы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и других государств</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8344F" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 11 января 2007 года № 214</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4B6A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE4B6A" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«О лицензировании»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE4B6A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE4B6A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE4B6A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменениями от</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05D83" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4B6A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>28.06.2012</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05D83" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4B6A" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00D05D83" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 34. Лицензирование деятельности в сфере изготовления государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венных символов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D05D83" w:rsidRPr="0044282C" w:rsidRDefault="00D05D83" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие лицензии требуется для изготовления Государственного </w:t>
+      </w:r>
+      <w:r w:rsidR="00037364" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лага Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">публики Казахстан и Государственного </w:t>
+      </w:r>
+      <w:r w:rsidR="00037364" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ерба Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="00B8344F" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C57D8" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 10 июня 1996 года № 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Об авторском праве и смежных правах»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00102752" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00102752" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00102752" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменениями от </w:t>
+      </w:r>
+      <w:r w:rsidR="00102752" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12.01.2012 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00102752" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="000F3A9B" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 8. Произведения, не являющиеся объектами авторского права</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е являются объектами авторского права:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="001F414D" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственные символы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и знаки (флаги, гербы, ордена, денежные зн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ки и иные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственные символы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и знаки)</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Указ Президента Республики Казахстан от 20 января 1998 года № 3827 «О профессиональных и иных праздниках в Республике Казахстан» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003856CE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4 июня в Казахстане празднуется День государственных символов Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F09B9" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Указ Президента Республики Казахстан от 24 июля 2013 года № 601</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...68 lines deleted...]
-      <w:r w:rsidR="000F3A9B" w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="009120E6" w:rsidRPr="002C70DD">
-[...810 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в указы Президента Республики Казахстан от 29 декабря 1999 года № 319 </w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="002E2DAE" w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...599 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Об утверждении текста присяги администр</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...249 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тивного государственного служащего и порядка принесения присяги а</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>министратив</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ными государственными служащими»</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...146 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и от 13 апреля 2000 года № 372 </w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Об утверждении текста Присяги политического государс</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-      <w:r w:rsidR="00BE6164" w:rsidRPr="007E1050">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...134 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>венного служащего Республики Казахстан и Порядка принесения Прис</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidR="00484AD3" w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ги политическими государственными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служащими Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9" w:rsidRPr="00EA678D">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стан</w:t>
+      </w:r>
+      <w:r w:rsidR="009F09B9">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...35 lines deleted...]
-          <w:rStyle w:val="note"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="001F414D" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="009F09B9" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F3A9B" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Порядок принесения присяги административными государственными служащими РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F84529" w:rsidRPr="0044282C" w:rsidRDefault="00F84529" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. В назначенное время руководитель государственного органа или по его поручению иное должностное лицо либо лица, указанные в пунктах 5 и 6 н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стоящих Правил, работники соответствующего государственного органа (структурного подразделения), приглашенные должностные лица собираются в помещении, в котором установлены государственные символы Республики Казахстан – Государственный Флаг и Государственный Герб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5235E" w:rsidRPr="0044282C" w:rsidRDefault="00F84529" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F84529" w:rsidRPr="0044282C" w:rsidRDefault="00F84529" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Церемония принесения присяги завершается исполнением Государственного Гимна Республики Казахстан, который присутствующие поют (выслушив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ют) стоя, при этом граждане Республики Казахстан прикладывают правую руку к сердцу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C70DD">
-[...5 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="00B8344F" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Указ Президента Республики Казахстан от 25 сентября 2003 года N 1193 «Об утверждении Концепции дизайна банкнот и монет национальной валюты - казахстанского тенге»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00662194" w:rsidRPr="002C70DD">
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="005C6B40" w:rsidRPr="002C70DD">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8. Дизайн банкнот и монет должен включать одно и/или несколько из сл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дующих изображений: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005C6B40" w:rsidRPr="002C70DD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственные символы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5235E" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="005C6B40" w:rsidRPr="002C70DD">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="005C6B40" w:rsidRPr="002C70DD">
-[...166 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0044282C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Уголовный кодекс Республики Казахстан от 16 июля 1997 № 167</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(с изменениями от 28.06.2012 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5235E" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 317.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Надр</w:t>
+      </w:r>
+      <w:r w:rsidR="00775829" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">угательство над Государственными символами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Надругательство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> над государственными символами Республики Казахстан –</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наказывается штрафом в размере от одной тысячи до двух тысяч месячных расчетных показателей или ограничением свободы на срок до одного года либо лишением свободы на тот же срок</w:t>
+      </w:r>
+      <w:r w:rsidR="00557AC5" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5235E" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="00B8344F" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C3AE6" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Кодекс Республики Казахстан об административных правонарушениях от 30 января 2001 года № 155.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с изменениями от </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>28.06.2012 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 354-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4FCD" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Нарушение порядка использования Государственного Флага Республики Казахстан, Государственного Герба Республики Казахстан, а также использования и исполнения Государственного Гимна  Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2DAE" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Незаконное использование Государственного Флага Республики Казахстан, Государственного Герба Республики Казахстан и их изображений, а также использование и исполнение Государственного Гимна Республики Казахстан с нарушением требований законодательства Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>влекут штраф в размере двухсот месячных расчетных показателей.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Неиспользование государственных символов в случаях, когда их использ</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3AE6" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вание является обязательным </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C3AE6" w:rsidRPr="0044282C" w:rsidRDefault="004C3AE6" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>влечет штраф на должностных лиц в размере двухсот месячных расче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F414D" w:rsidRPr="001F414D" w:rsidRDefault="004C3AE6" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Деяния, предусмотренные частями первой и второй настоящей статьи, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вершенные повторно в течение года после наложения административного взыскания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8344F" w:rsidRPr="0044282C" w:rsidRDefault="004C3AE6" w:rsidP="001F414D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="001F414D" w:rsidRPr="001F414D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>влекут штраф в размере четырехсот месячных расчетных показателей.</w:t>
+      </w:r>
+      <w:r w:rsidR="00193B37" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056DF2" w:rsidRPr="0044282C" w:rsidRDefault="00193B37" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регламент Мажилиса Парламента Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">8 февраля 1996 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(с изменениями и дополнениями от 9 ноября 2011 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F681E" w:rsidRPr="00C96EA9" w:rsidRDefault="00193B37" w:rsidP="003F681E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:rStyle w:val="submenu-table"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Парламент в раздельном заседании Палат путем последовательного рассмо</w:t>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рения вопросов вначале в Мажилисе, а затем в Сенате принимает констит</w:t>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ционные законы и законы, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F681E" w:rsidRPr="003F681E" w:rsidRDefault="00193B37" w:rsidP="003F681E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044282C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> награды, устанавливает почетные, воинские и иные звания, классные чины, дипломатические ранги Республики, определяет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Государственные символы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики</w:t>
+      </w:r>
+      <w:r w:rsidR="00056DF2" w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5153" w:rsidRPr="00F91BFF" w:rsidRDefault="00193B37" w:rsidP="003F681E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91BFF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00870519" w:rsidRDefault="00870519" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="00A9491F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C70DD" w:rsidRPr="002C70DD" w:rsidRDefault="002C70DD" w:rsidP="002C70DD">
-      <w:pPr>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C70DD">
-        <w:rPr>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приказом и.о. Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>№261 от 6 июня 2012 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRPr="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қосымша</w:t>
-[...84 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1272">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Типовые инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по применению государственных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>симвовлов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C70DD">
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-        </w:numPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан при проведении национальных, государственных праздн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34F8B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ков, а также иных торжественных мероприятий в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRPr="00CF1272" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Типовая инструкция по применению государственных симв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лов Республики Казахстан при проведении национальных, гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственных праздников, а также иных торжественных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>приятий в организациях образования разработана в соответствии с Конституционным законом Республики Казахстан от 4 июня 2007 года «О государственных символах Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан», а также Постановлением Правительства Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан от 2 октября 2007 года №873 «Правила размещения Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственного Флага, Государственного Герба Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их изображений, а также текста Государственного Гимна Республики Казахстан», в целях детализации применения и размещения Государственных символов Республики Казахстан при проведении национальных, государственных праздников, а также иных торжественных мероприятий в организациях обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2. В целях воспитания гражданственности и патриотизма, фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мирования уважительного отношения к государственным си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>волам Республики Казахстан их изучение включается в осно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ные общеобразовательные программы организаций образования среднего общего, начального профессионального, среднего пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>фессионального и высшего профессионального образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. В организациях образования, реализующих образовательные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қазақстан Республикасының Мемлекеттік рәміздерін қолдану жөніндегі үлгілік нұсқаулық білім беру ұйымдарында ұлттық, мемлекеттік мерекелерді, сондай-ақ басқа да салтанатты іс-шараларды өткізу кезінде Қазақстан Республикасының Мемлекеттік рәміздерін қолдануды және орналастыруды нақтылау мақсатында «Қазақстан Республикасының мемлекеттік рәміздері туралы» Қазақстан Республикасының 2007 жылғы 4 маусымдағы Конституциялық Заңына және «Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын және олардың бейнелерін, сондай-ақ Қазақстан Республикасы Мемлекеттік Гимнінің мәтінін орналастыру ережесін бекіту туралы»  Қазақстан Республикасы Үкіметінің 2007 жылғы 2 қазандағы №873 қаулысына сәйкес әзірленді.</w:t>
-[...9 lines deleted...]
-        <w:ind w:left="0" w:firstLine="349"/>
+        <w:t>программы среднего общего, начального профессионального, среднего профессионального и высшего профессионального о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>разования, постоянно в специально отведенном, с хорошим о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зором месте устанавливается Государственный Флаг, размещ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ется Государственный Герб либо их изображения, а также текст Государственного Гимна на государственном языке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4. Государственный Флаг Республики Казахстан должен быть установлен на зданиях организаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5. Государственный Флаг Республики Казахстан, постоянно у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>танавливаемый на зданиях организаций образования, должен освещаться в темное время суток.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6. Флаги общественных объединений и других организаций не могут быть идентичны Государственному Флагу Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан. При этом Государственный Флаг не размещается ниже других флагов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7. В кабинетах истории, начальной военной подготовки разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щается уголок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>государственнхы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> символов Республики Казахстан на стене слева от школьной доски.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8. Стенды (плакаты) с изображением Государственного Флага, Государственного Герба, текст Государственного Гимна Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лики Казахстан должны быть эстетично оформлены и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рамещены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>9. При размещении изображений Государственного Флага, Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственного Герба, текста Государственного Гимна Республики Казахстан на стендах (плакатах) должно соблюдаться одноуро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>невое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10. При проведении организациями образования мероприятий, посвященных национальным, государственным праздникам, а также иных торжественных мероприятий использование гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственных символов обязательно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11. На торжественном мероприятии, посвященном началу и окончанию учебного года, Государственный Флаг Республики Казахстан вносится знаменной группой строевым шагом после команды: «Внимание!», «Государственный Флаг Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>захстан внести!». Знаменная группа с Государственным Флагом Республики Казахстан после прохождения перед строем разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>щается в головной части школьной линейки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>12. После вноса Государственного Флага Республики Казахстан всеми участниками, стоя, исполняется (выслушивается) Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственный Гимн Республики Казахстан, при этом граждане Республики Казахстан, прикладывают правую руку к сердцу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. По завершении мероприятия по команде «Внимание! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Флаг Республики Казахстан вынести!» выполняется церемония выноса Государственного Флага Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>14. На мероприятиях, посвященных началу и окончанию учебн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>го года, вместо церемонии вноса и выноса Государственного Флага Республики Казахстан можно использовать подъем Флага на флагштоке. Флаг, укрепленный на флагштоке, поднимается после команды «Государственный Флаг Республики Казахстан поднять!». Право на его поднятие предоставляется отличникам учебы. Торжественное поднятие и установка Государственного флага Республики Казахстан сопровождается исполнением Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственного Гимна Республики Казахстан. При этом прису</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ствующие поворачиваются лицом к Флагу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>15. В дни национальных, государственных праздников, а также иных торжественных мероприятий в начале мероприятия всеми стоя исполняется (выслушивается) Государственный Гимн Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>публики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Государственный Гимн исполняется в оркестровом, хоровом, оркестрово-хоровом либо ином </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вокальноми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструментальном исполнении. При этом могут использоваться средства звукоз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>писи. Допускается сокращенное исполнение Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>17. В конце мероприятия после команды «Государственный Гимн Республики Казахстан спустить!» знаменная группа спу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кает Государственный Флаг Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. В организациях образования создается постоянно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>действу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>щая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>коомисия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по замене и уничтожению государственных си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>волов Республики Казахстан. Замена и уничтожение государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>символовРеспублики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, не соответствующих государственным стандартам (флаг – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 988-2007, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>герб-СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 989- 2008), производятся путем сжигания, расплавления, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мельчения на кусочки размером более 2,5 квадратных сантиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ров, дробления, превращения в бесформенную массу или пор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шок, в целях исключения их повторного применения по реш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>нию комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Замена Государственного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным стандартам, осуществляется в течение одного рабочего дня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>20. Руководитель организации образования несет персональную ответственность за правильное размещение и использование г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственных символов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приказом и.о. Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>№261 от 6 июня 2012 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Типовые инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по применению государственных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>симвовлов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан при проведении национальных, государственных праздн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ков, а также иных торжественных мероприятий в организациях образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Типовая инструкция по применению государственных симв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лов Республики Казахстан при проведении национальных, гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственных праздников, а также иных торжественных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>приятий в организациях образования разработана в соответствии с Конституционным законом Республики Казахстан от 4 июня 2007 года «О государственных символах Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан», а также Постановлением Правительства Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан от 2 октября 2007 года №873 «Правила размещения Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сударственного Флага, Государственного Герба Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их изображений, а также текста Государственного Гимна Республики Казахстан», в целях детализации применения и размещения Государственных символов Республики Казахстан при проведении национальных, государственных праздников, а также иных торжественных мероприятий в организациях обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2. В целях воспитания гражданственности и патриотизма, фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мирования уважительного отношения к государственным си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>волам Республики Казахстан их изучение включается в осно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ные общеобразовательные программы организаций образования среднего общего, начального профессионального, среднего пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>фессионального и высшего профессионального образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3. В организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального и высшего профессионального о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>разования, постоянно в специально отведенном, с хорошим о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зором месте устанавливается Государственный Флаг, размещ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ется Государственный Герб либо их изображения, а также текст Государственного Гимна на государственном языке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4. Государственный Флаг Республики Казахстан должен быть установлен на зданиях организаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5. Государственный Флаг Республики Казахстан, постоянно у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>танавливаемый на зданиях организаций образования, должен освещаться в темное время суток.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6. Флаги общественных объединений и других организаций не могут быть идентичны Государственному Флагу Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан. При этом Государственный Флаг не размещается ниже других флагов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7. В кабинетах истории, начальной военной подготовки разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щается уголок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>государственнхы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> символов Республики Казахстан на стене слева от школьной доски.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8. Стенды (плакаты) с изображением Государственного Флага, Государственного Герба, текст Государственного Гимна Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лики Казахстан должны быть эстетично оформлены и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рамещены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>9. При размещении изображений Государственного Флага, Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственного Герба, текста Государственного Гимна Республики Казахстан на стендах (плакатах) должно соблюдаться одноуро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>невое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10. При проведении организациями образования мероприятий, посвященных национальным, государственным праздникам, а также иных торжественных мероприятий использование гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственных символов обязательно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11. На торжественном мероприятии, посвященном началу и окончанию учебного года, Государственный Флаг Республики Казахстан вносится знаменной группой строевым шагом после команды: «Внимание!», «Государственный Флаг Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан внести!». Знаменная группа с Государственным Флагом Республики Казахстан после прохождения перед строем разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>щается в головной части школьной линейки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>12. После вноса Государственного Флага Республики Казахстан всеми участниками, стоя, исполняется (выслушивается) Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственный Гимн Республики Казахстан, при этом граждане Республики Казахстан, прикладывают правую руку к сердцу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. По завершении мероприятия по команде «Внимание! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Флаг Республики Казахстан вынести!» выполняется церемония выноса Государственного Флага Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>14. На мероприятиях, посвященных началу и окончанию учебн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>го года, вместо церемонии вноса и выноса Государственного Флага Республики Казахстан можно использовать подъем Флага на флагштоке. Флаг, укрепленный на флагштоке, поднимается после команды «Государственный Флаг Республики Казахстан поднять!». Право на его поднятие предоставляется отличникам учебы. Торжественное поднятие и установка Государственного флага Республики Казахстан сопровождается исполнением Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственного Гимна Республики Казахстан. При этом прису</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ствующие поворачиваются лицом к Флагу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>15. В дни национальных, государственных праздников, а также иных торжественных мероприятий в начале мероприятия всеми стоя исполняется (выслушивается) Государственный Гимн Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>публики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Государственный Гимн исполняется в оркестровом, хоровом, оркестрово-хоровом либо ином </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вокальноми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструментальном исполнении. При этом могут использоваться средства звукоз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>писи. Допускается сокращенное исполнение Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>17. В конце мероприятия после команды «Государственный Гимн Республики Казахстан спустить!» знаменная группа спу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кает Государственный Флаг Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. В организациях образования создается постоянно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>действу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>щая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>коомисия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по замене и уничтожению государственных си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>волов Республики Казахстан. Замена и уничтожение государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>символовРеспублики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, не соответствующих государственным стандартам (флаг – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 988-2007, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>герб-СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 989- 2008), производятся путем сжигания, расплавления, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мельчения на кусочки размером более 2,5 квадратных сантиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ров, дробления, превращения в бесформенную массу или пор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шок, в целях исключения их повторного применения по реш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>нию комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Замена Государственного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным стандартам, осуществляется в течение одного рабочего дня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>20. Руководитель организации образования несет персональную ответственность за правильное размещение и использование г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственных символов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Приказом и.о. Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>№261 от 6 июня 2012 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Типовые инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по применению государственных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>симвовлов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан при проведении национальных, государственных праздн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ков, а также иных торжественных мероприятий в организациях образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Типовая инструкция по применению государственных симв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>лов Республики Казахстан при проведении национальных, гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственных праздников, а также иных торжественных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>приятий в организациях образования разработана в соответствии с Конституционным законом Республики Казахстан от 4 июня 2007 года «О государственных символах Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан», а также Постановлением Правительства Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан от 2 октября 2007 года №873 «Правила размещения Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственного Флага, Государственного Герба Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их изображений, а также текста Государственного Гимна Республики Казахстан», в целях детализации применения и размещения Государственных символов Республики Казахстан при проведении национальных, государственных праздников, а также иных торжественных мероприятий в организациях обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2. В целях воспитания гражданственности и патриотизма, фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мирования уважительного отношения к государственным си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>волам Республики Казахстан их изучение включается в осно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ные общеобразовательные программы организаций образования среднего общего, начального профессионального, среднего пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>фессионального и высшего профессионального образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3. В организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального и высшего профессионального о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>разования, постоянно в специально отведенном, с хорошим о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зором месте устанавливается Государственный Флаг, размещ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ется Государственный Герб либо их изображения, а также текст Государственного Гимна на государственном языке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Государственный Флаг Республики Казахстан должен быть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>установлен на зданиях организаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5. Государственный Флаг Республики Казахстан, постоянно у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>танавливаемый на зданиях организаций образования, должен освещаться в темное время суток.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6. Флаги общественных объединений и других организаций не могут быть идентичны Государственному Флагу Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан. При этом Государственный Флаг не размещается ниже других флагов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7. В кабинетах истории, начальной военной подготовки разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щается уголок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>государственнхы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> символов Республики Казахстан на стене слева от школьной доски.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8. Стенды (плакаты) с изображением Государственного Флага, Государственного Герба, текст Государственного Гимна Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лики Казахстан должны быть эстетично оформлены и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рамещены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>9. При размещении изображений Государственного Флага, Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственного Герба, текста Государственного Гимна Республики Казахстан на стендах (плакатах) должно соблюдаться одноуро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>невое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10. При проведении организациями образования мероприятий, посвященных национальным, государственным праздникам, а также иных торжественных мероприятий использование гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственных символов обязательно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11. На торжественном мероприятии, посвященном началу и окончанию учебного года, Государственный Флаг Республики Казахстан вносится знаменной группой строевым шагом после команды: «Внимание!», «Государственный Флаг Республики К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>захстан внести!». Знаменная группа с Государственным Флагом Республики Казахстан после прохождения перед строем разм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>щается в головной части школьной линейки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>12. После вноса Государственного Флага Республики Казахстан всеми участниками, стоя, исполняется (выслушивается) Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственный Гимн Республики Казахстан, при этом граждане Республики Казахстан, прикладывают правую руку к сердцу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">13. По завершении мероприятия по команде «Внимание! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дарственый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Флаг Республики Казахстан вынести!» выполняется церемония выноса Государственного Флага Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>14. На мероприятиях, посвященных началу и окончанию учебн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>го года, вместо церемонии вноса и выноса Государственного Флага Республики Казахстан можно использовать подъем Флага на флагштоке. Флаг, укрепленный на флагштоке, поднимается после команды «Государственный Флаг Республики Казахстан поднять!». Право на его поднятие предоставляется отличникам учебы. Торжественное поднятие и установка Государственного флага Республики Казахстан сопровождается исполнением Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственного Гимна Республики Казахстан. При этом прису</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ствующие поворачиваются лицом к Флагу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>15. В дни национальных, государственных праздников, а также иных торжественных мероприятий в начале мероприятия всеми стоя исполняется (выслушивается) Государственный Гимн Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>публики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Государственный Гимн исполняется в оркестровом, хоровом, оркестрово-хоровом либо ином </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вокальноми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструментальном исполнении. При этом могут использоваться средства звукоз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>писи. Допускается сокращенное исполнение Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>17. В конце мероприятия после команды «Государственный Гимн Республики Казахстан спустить!» знаменная группа спу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кает Государственный Флаг Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. В организациях образования создается постоянно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>действу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>щая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>коомисия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по замене и уничтожению государственных си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>волов Республики Казахстан. Замена и уничтожение государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>символовРеспублики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, не соответствующих государственным стандартам (флаг – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 988-2007, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>герб-СТ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК 989- 2008), производятся путем сжигания, расплавления, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мельчения на кусочки размером более 2,5 квадратных сантиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ров, дробления, превращения в бесформенную массу или пор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шок, в целях исключения их повторного применения по реш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нию комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Замена Государственного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным стандартам, осуществляется в течение одного рабочего дня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>20. Руководитель организации образования несет персональную ответственность за правильное размещение и использование г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1272">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сударственных символов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRPr="00CF1272" w:rsidRDefault="00F34F8B" w:rsidP="00F34F8B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...486 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId108"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34F8B" w:rsidRPr="00F34F8B" w:rsidRDefault="00F34F8B" w:rsidP="002618EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F34F8B" w:rsidRPr="00F34F8B" w:rsidSect="00233761">
+      <w:footerReference w:type="default" r:id="rId102"/>
       <w:pgSz w:w="8419" w:h="11906" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="1276" w:right="764" w:bottom="709" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005C72D0" w:rsidRDefault="005C72D0" w:rsidP="00F85DB8">
+    <w:p w:rsidR="008635A9" w:rsidRDefault="008635A9" w:rsidP="00F85DB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005C72D0" w:rsidRDefault="005C72D0" w:rsidP="00F85DB8">
+    <w:p w:rsidR="008635A9" w:rsidRDefault="008635A9" w:rsidP="00F85DB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -24947,95 +32770,95 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1007279797"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="006E2A8A" w:rsidRDefault="000E68B2">
+      <w:p w:rsidR="0038528B" w:rsidRDefault="00592027">
         <w:pPr>
           <w:pStyle w:val="aa"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006E2A8A">
+        <w:r w:rsidR="0038528B">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E1050">
+        <w:r w:rsidR="00F34F8B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="006E2A8A" w:rsidRDefault="006E2A8A">
+  <w:p w:rsidR="0038528B" w:rsidRDefault="0038528B">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005C72D0" w:rsidRDefault="005C72D0" w:rsidP="00F85DB8">
+    <w:p w:rsidR="008635A9" w:rsidRDefault="008635A9" w:rsidP="00F85DB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005C72D0" w:rsidRDefault="005C72D0" w:rsidP="00F85DB8">
+    <w:p w:rsidR="008635A9" w:rsidRDefault="008635A9" w:rsidP="00F85DB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00A906A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="84B46EAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -25116,713 +32939,553 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1F9B3BB9"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="BBBE1E04">
+    <w:nsid w:val="2D891E0D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F9AE0F7A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="709" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="577D2E87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E188A268"/>
+    <w:lvl w:ilvl="0" w:tplc="04E29760">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="585" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1305" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="180"/>
+        <w:ind w:left="2025" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3465" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="180"/>
+        <w:ind w:left="4185" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4905" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5625" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="180"/>
+        <w:ind w:left="6345" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="747922C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA2CFAE4"/>
+    <w:lvl w:ilvl="0" w:tplc="6302A2AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...112 lines deleted...]
-        <w:ind w:left="709" w:hanging="360"/>
+        <w:ind w:left="645" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1365" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="180"/>
+        <w:ind w:left="2085" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2805" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3525" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="180"/>
+        <w:ind w:left="4245" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4965" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5685" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="180"/>
-[...88 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6405" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
+  <w:hyphenationZone w:val="357"/>
   <w:bookFoldPrinting/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003309D9"/>
-    <w:rsid w:val="00010F54"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00021AE8"/>
+    <w:rsid w:val="00002F3A"/>
+    <w:rsid w:val="00004E83"/>
+    <w:rsid w:val="00010575"/>
     <w:rsid w:val="00037364"/>
-    <w:rsid w:val="000430D4"/>
     <w:rsid w:val="00056DF2"/>
-    <w:rsid w:val="00065A66"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00086E3A"/>
+    <w:rsid w:val="00085119"/>
     <w:rsid w:val="000B1181"/>
-    <w:rsid w:val="000B1BB6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000E68B2"/>
     <w:rsid w:val="000F3A9B"/>
     <w:rsid w:val="00102752"/>
-    <w:rsid w:val="00103E20"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00114B4D"/>
+    <w:rsid w:val="00131739"/>
     <w:rsid w:val="00135ECF"/>
-    <w:rsid w:val="00137029"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00185F05"/>
     <w:rsid w:val="00193B37"/>
+    <w:rsid w:val="001A5230"/>
     <w:rsid w:val="001C4FCD"/>
-    <w:rsid w:val="001D762C"/>
-    <w:rsid w:val="001E0F2B"/>
+    <w:rsid w:val="001F414D"/>
     <w:rsid w:val="001F5153"/>
+    <w:rsid w:val="00233761"/>
+    <w:rsid w:val="0023438F"/>
     <w:rsid w:val="00257400"/>
-    <w:rsid w:val="002C70DD"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00325557"/>
+    <w:rsid w:val="002618EA"/>
+    <w:rsid w:val="002B441E"/>
+    <w:rsid w:val="002B4EEE"/>
+    <w:rsid w:val="002C0B32"/>
+    <w:rsid w:val="002F7CE9"/>
+    <w:rsid w:val="00310199"/>
     <w:rsid w:val="003309D9"/>
-    <w:rsid w:val="0033767F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="003B16BB"/>
+    <w:rsid w:val="00362E57"/>
+    <w:rsid w:val="0038528B"/>
+    <w:rsid w:val="003856CE"/>
     <w:rsid w:val="003C57D8"/>
-    <w:rsid w:val="003C5D38"/>
+    <w:rsid w:val="003C69DD"/>
+    <w:rsid w:val="003F681E"/>
+    <w:rsid w:val="00422E8C"/>
     <w:rsid w:val="0044282C"/>
-    <w:rsid w:val="0046727B"/>
+    <w:rsid w:val="0044583D"/>
     <w:rsid w:val="004740C1"/>
-    <w:rsid w:val="00484AD3"/>
     <w:rsid w:val="00486365"/>
-    <w:rsid w:val="00493A93"/>
-    <w:rsid w:val="00495940"/>
+    <w:rsid w:val="00494D13"/>
+    <w:rsid w:val="004A21F2"/>
+    <w:rsid w:val="004A5981"/>
+    <w:rsid w:val="004C31D7"/>
     <w:rsid w:val="004C3AE6"/>
     <w:rsid w:val="004C510B"/>
-    <w:rsid w:val="004F0593"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00510258"/>
+    <w:rsid w:val="004E3D2F"/>
     <w:rsid w:val="00515C3F"/>
+    <w:rsid w:val="005165BC"/>
+    <w:rsid w:val="005174D7"/>
     <w:rsid w:val="0053046A"/>
-    <w:rsid w:val="00542777"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00551456"/>
     <w:rsid w:val="00557AC5"/>
-    <w:rsid w:val="005804D8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00593CAF"/>
+    <w:rsid w:val="00560CB4"/>
+    <w:rsid w:val="00564B5E"/>
+    <w:rsid w:val="0057575F"/>
+    <w:rsid w:val="00592027"/>
     <w:rsid w:val="00595A86"/>
-    <w:rsid w:val="005A0723"/>
-[...9 lines deleted...]
-    <w:rsid w:val="006867D1"/>
+    <w:rsid w:val="005F21A1"/>
+    <w:rsid w:val="00601322"/>
+    <w:rsid w:val="00613A26"/>
+    <w:rsid w:val="00684318"/>
+    <w:rsid w:val="006870BE"/>
+    <w:rsid w:val="00695B0E"/>
     <w:rsid w:val="006A35DE"/>
-    <w:rsid w:val="006A3B95"/>
-    <w:rsid w:val="006D19E6"/>
+    <w:rsid w:val="006B0497"/>
+    <w:rsid w:val="006C6D62"/>
     <w:rsid w:val="006D1D96"/>
     <w:rsid w:val="006D2DAE"/>
-    <w:rsid w:val="006E2A8A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="007516C6"/>
+    <w:rsid w:val="00734B3E"/>
+    <w:rsid w:val="007420CD"/>
+    <w:rsid w:val="007434B5"/>
     <w:rsid w:val="0075465B"/>
-    <w:rsid w:val="00772683"/>
     <w:rsid w:val="00775829"/>
-    <w:rsid w:val="007B2E5F"/>
+    <w:rsid w:val="0079355D"/>
+    <w:rsid w:val="007B0DFE"/>
+    <w:rsid w:val="007B3937"/>
     <w:rsid w:val="007D1F96"/>
-    <w:rsid w:val="007E1050"/>
     <w:rsid w:val="007F34F1"/>
+    <w:rsid w:val="007F7D40"/>
+    <w:rsid w:val="008024C8"/>
     <w:rsid w:val="008034E0"/>
     <w:rsid w:val="0080380B"/>
     <w:rsid w:val="008238B4"/>
     <w:rsid w:val="00843884"/>
+    <w:rsid w:val="008635A9"/>
     <w:rsid w:val="0086634A"/>
+    <w:rsid w:val="00870210"/>
     <w:rsid w:val="00870519"/>
-    <w:rsid w:val="00872688"/>
     <w:rsid w:val="0087416F"/>
-    <w:rsid w:val="008A42F8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008E7240"/>
+    <w:rsid w:val="0088329B"/>
+    <w:rsid w:val="008E3C1C"/>
     <w:rsid w:val="008F74D4"/>
-    <w:rsid w:val="008F7AC5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009129AE"/>
     <w:rsid w:val="00917A19"/>
-    <w:rsid w:val="0092543B"/>
+    <w:rsid w:val="00920528"/>
     <w:rsid w:val="00942A6F"/>
     <w:rsid w:val="00944288"/>
-    <w:rsid w:val="009756F4"/>
-[...6 lines deleted...]
-    <w:rsid w:val="009C64EF"/>
+    <w:rsid w:val="0095463C"/>
+    <w:rsid w:val="009547FA"/>
+    <w:rsid w:val="0099474E"/>
+    <w:rsid w:val="009E0281"/>
+    <w:rsid w:val="009F09B9"/>
+    <w:rsid w:val="009F3A2C"/>
+    <w:rsid w:val="009F6A4B"/>
     <w:rsid w:val="009F7FC8"/>
-    <w:rsid w:val="00A1204B"/>
-    <w:rsid w:val="00A439FA"/>
     <w:rsid w:val="00A47AE8"/>
     <w:rsid w:val="00A5235E"/>
-    <w:rsid w:val="00A5405B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AC7727"/>
+    <w:rsid w:val="00A60842"/>
+    <w:rsid w:val="00A63D4F"/>
+    <w:rsid w:val="00A64CEA"/>
+    <w:rsid w:val="00A8138B"/>
+    <w:rsid w:val="00AB21A2"/>
+    <w:rsid w:val="00AD09EA"/>
+    <w:rsid w:val="00AF01C8"/>
     <w:rsid w:val="00AF6194"/>
-    <w:rsid w:val="00B1509F"/>
-    <w:rsid w:val="00B1610A"/>
+    <w:rsid w:val="00B1104D"/>
     <w:rsid w:val="00B16E3A"/>
-    <w:rsid w:val="00B34054"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B63101"/>
     <w:rsid w:val="00B71B18"/>
     <w:rsid w:val="00B8344F"/>
-    <w:rsid w:val="00B95C13"/>
-    <w:rsid w:val="00B96E77"/>
+    <w:rsid w:val="00B91699"/>
     <w:rsid w:val="00B974AB"/>
+    <w:rsid w:val="00BA2AC2"/>
+    <w:rsid w:val="00BB06E3"/>
     <w:rsid w:val="00BB1B44"/>
-    <w:rsid w:val="00BB491D"/>
     <w:rsid w:val="00BB73BB"/>
-    <w:rsid w:val="00BC3984"/>
+    <w:rsid w:val="00BC59BD"/>
+    <w:rsid w:val="00BD4AD9"/>
     <w:rsid w:val="00BE4B6A"/>
-    <w:rsid w:val="00BE6164"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C46753"/>
+    <w:rsid w:val="00C0120F"/>
     <w:rsid w:val="00C5352A"/>
+    <w:rsid w:val="00C66122"/>
     <w:rsid w:val="00C7317A"/>
-    <w:rsid w:val="00C76109"/>
-    <w:rsid w:val="00CA366E"/>
+    <w:rsid w:val="00C96EA9"/>
     <w:rsid w:val="00CD1211"/>
     <w:rsid w:val="00CD396A"/>
-    <w:rsid w:val="00CD6F14"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CE78A0"/>
+    <w:rsid w:val="00CD6E3A"/>
     <w:rsid w:val="00CE7E55"/>
-    <w:rsid w:val="00CF0EDC"/>
+    <w:rsid w:val="00D050E2"/>
     <w:rsid w:val="00D05D83"/>
-    <w:rsid w:val="00D34F01"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D81342"/>
+    <w:rsid w:val="00D515F6"/>
+    <w:rsid w:val="00D60442"/>
+    <w:rsid w:val="00D76031"/>
     <w:rsid w:val="00D94DED"/>
-    <w:rsid w:val="00D976C1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E02164"/>
     <w:rsid w:val="00E04EE3"/>
-    <w:rsid w:val="00E12068"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00EA678D"/>
+    <w:rsid w:val="00E17E75"/>
+    <w:rsid w:val="00E350D9"/>
+    <w:rsid w:val="00E44751"/>
+    <w:rsid w:val="00E96830"/>
+    <w:rsid w:val="00E97B77"/>
+    <w:rsid w:val="00EB300A"/>
     <w:rsid w:val="00ED5D2C"/>
     <w:rsid w:val="00EE28F5"/>
     <w:rsid w:val="00F140F5"/>
-    <w:rsid w:val="00F35B46"/>
-    <w:rsid w:val="00F461B3"/>
+    <w:rsid w:val="00F2736A"/>
+    <w:rsid w:val="00F34F8B"/>
     <w:rsid w:val="00F57B21"/>
-    <w:rsid w:val="00F761A9"/>
+    <w:rsid w:val="00F718BB"/>
+    <w:rsid w:val="00F77645"/>
+    <w:rsid w:val="00F84131"/>
     <w:rsid w:val="00F84529"/>
     <w:rsid w:val="00F85DB8"/>
+    <w:rsid w:val="00F91BFF"/>
     <w:rsid w:val="00F94557"/>
-    <w:rsid w:val="00F9620A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FF53B8"/>
     <w:rsid w:val="00FF6155"/>
-    <w:rsid w:val="00FF6EA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -25972,98 +33635,50 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000F3A9B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...46 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
@@ -26261,85 +33876,54 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="11">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a5"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00870519"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...30 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F34F8B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
@@ -26484,98 +34068,50 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000F3A9B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...46 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -26772,664 +34308,145 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="11">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a5"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00870519"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...34 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="61754853">
-[...254 lines deleted...]
-    <w:div w:id="948664029">
+    <w:div w:id="35349291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1150445726">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="502552110">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1234268855">
+    <w:div w:id="1580676580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2129659366">
-[...79 lines deleted...]
-        <w:div w:id="2117555782">
+        <w:div w:id="1060403598">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1626740645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1747219709">
-[...146 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000873_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U070000364_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epizodsspace.airbase.ru/bibl/nk/1998/3/3-1.jpg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1300000601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001598" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000603_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bnews.kz/news_foto/b2009446ef2412d64d72563891b0a5cf.jpg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000873_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U060000201_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P040001130_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000873_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U960002797_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000873_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U070000364_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P040001237_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K010000155_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U060000201_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P040001130_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001381" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002688_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.resurs.kz/gallery/goroda-kazahstana/taldykorgan/photo/946" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1300000601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U070000364_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001371" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000862_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001058" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000873_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001598" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U060000201_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bnews.kz/news_foto/b2009446ef2412d64d72563891b0a5cf.jpg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000862_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000862_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000862_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000873_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000862_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001381" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1100001058" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U070000364_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U070000364_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000603_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000365684" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U960002797_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000365684" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U060000201_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P040001130_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000873_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.resurs.kz/gallery/goroda-kazahstana/taldykorgan/photo/946" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P040001237_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epizodsspace.airbase.ru/bibl/nk/1998/3/3-1.jpg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000862_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002688_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000873_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000873_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000862_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K010000155_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P040001130_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1100001371" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000365684" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U070000364_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -27682,82 +34699,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7E22758-37A5-4B0E-90BB-27B3F414D7D5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{791CDAE8-8CB7-49B6-A015-9C60EEC68E98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>60</Pages>
-[...1 lines deleted...]
-  <Characters>67596</Characters>
+  <Pages>54</Pages>
+  <Words>13492</Words>
+  <Characters>76910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>563</Lines>
-  <Paragraphs>158</Paragraphs>
+  <Lines>640</Lines>
+  <Paragraphs>180</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Управление внутриней политики</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>79296</CharactersWithSpaces>
+  <CharactersWithSpaces>90222</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>