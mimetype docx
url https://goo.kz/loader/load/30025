--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,17031 +1,18445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">2013 жылғы 18 </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу Министра образования </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00456FDF">
-[...20 lines deleted...]
-        <w:t>№</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> науки</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00456FDF">
-[...20 lines deleted...]
-        <w:t>4-қосымша        </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 18 июня 2013 года № 229</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...7 lines deleted...]
-        <w:t>1. Негізгі ережелер</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Типовые правила деятельности приютов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...405 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1. Основные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Типовые правила деятельности приютов (далее – Правила) разработаны в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституцией Республики Казахстан, законами Республики Казахстан «Об образовании», «О правах ребенка в Республике Казахстан»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексом Республики Казахстан «О браке (супружестве) и семье» и определяет порядок деятельности приютов (далее - приют).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Приют – организация образования, которая создается для оказания социальной помощи детям-сиротам, детям, оставшимся без попечения родителей, путем организации их временного проживания и дальнейшего жизнеустройства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Приют является юридическим лицом, имеет обособленное имущество, печать и штампы со своим наименованием, бланки установленного образца, а также счет в банке и самостоятельно разрабатывает воспитательную программу в соответствии с психофизиологическими особенностями воспитанников, требованиями охраны здоровья, защиты прав и интересов детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Приют в зависимости от конкретных задач и требований к особенностям содержания, обучения и воспитания детей, режима деятельности может создаваться для детей дошкольного и школьного возраста.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Задачи приюта:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) создание условий для освоения образовательных программ детьми, нуждающимися в государственной помощи и поддержке, путем обеспечения необходимых условий для жизни, обучения и воспитания, предоставления места проживания;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) развитие творческих, духовных и физических возможностей личности, формирование прочных основ нравственности и здорового образа жизни, обогащение интеллекта путем создания условий для развития индивидуальности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) воспитание гражданственности и патриотизма, любви к своей стране - Республике Казахстан, уважения к государственным символам, почитания народных традиций, нетерпимости к любым антиконституционным и антиобщественным проявлениям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) формирование потребностей участвовать в общественно-политической, экономической и культурной жизни Республики Казахстан, осознанного отношения личности к своим правам и обязанностям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) приобщение к достижениям мировой и отечественной культуры, изучение истории, обычаев и традиций казахского и других народов, знание государственного, русского, иностранного языков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) внедрение новых технологий обучения, информатизация образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) обеспечение социальной защиты, медико-психолого-педагогической реабилитации и социальной адаптации воспитанников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Приют разрабатывает свой устав на основе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодекса Республики Казахстан «О браке (супружестве) и семье», законов Республики Казахстан «Об образовании», «О правах ребенка в Республике Казахстан», постановлений Правительства Республики Казахстан от 17 мая 2013 года №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>499 «Об утверждении Типовых правил деятельности организаций образования соответствующих типов, в том числе Типовых правил организации образования, реализующих дополнительные образовательные программы для детей», от 9 августа 2011 года №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>919 «Об утверждении Типового устава (положения) государственного учреждения, за исключением государственного учреждения, являющегося государственным органом, и Типового устава государственного предприятия» и настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Организация проживания и воспитания строится с учетом индивидуальных особенностей воспитанников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Режим дня составляется с учетом круглосуточного пребывания воспитанников в приюте.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Воспитательная работа в приюте ведется с учетом интересов, склонностей и психофизических особенностей воспитанников на принципах сотрудничества детей и взрослых.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В приюте могут создаваться различные клубы, секции, кружки, студии, направленные на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>зайыптылық) және отбасы» </w:t>
-[...124 lines deleted...]
-        <w:t> Қазақстан Республикасы Үкіметі қаулыларының және осы қағиданың негізінде әзірлейді.</w:t>
+        <w:t>формирование патриотизма, гражданственности, интернационализма, высокой морали и нравственности, а также на развитие разносторонних интересов и способностей воспитанников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Воспитанники приюта могут посещать занятия в музыкальных, художественных, спортивных и других школах, в различных кружках и секциях, участвовать в конкурсах, олимпиадах, спартакиадах, выставках, смотрах и других формах массовых мероприятий со школьниками.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Воспитанники приюта школьного возраста получают образование в общеобразовательной школе соответствующего населенного пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. В приюте создаются группы: разновозрастные и одновозрастные (от 3 лет и старше - до 15 человек).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. В приют в течение всего календарного года принимаются дети от 3 до 18 лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Основанием для их помещения в приют является направление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органов, осуществляющих функции по опеке или попечительству (далее – орган), с приложением акта о брошенном ребенке или о подкидывании, составленного сотрудниками правоохранительных органов, актом об отобрании, других имеющихся документов, подтверждающих отсутствие родителей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. В ночное время, в выходные или праздничные дни несовершеннолетние могут быть помещены в приют на основании постановления руководителя городского, районного органа внутренних дел.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. При приеме детей в приют проводится регистрация, первичный медицинский осмотр и заводится личное дело на несовершеннолетнего.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Срок пребывания детей в приюте составляет не более шести месяцев.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На каждого ребенка, направляемого в приют, социальным педагогом школы, расположенной по месту жительства ребенка, сотрудником правоохранительных органов при их наличии предоставляется минимальный пакет документов (оригиналы):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельство о рождении (удостоверение личности);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинские</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы о состоянии здоровья и прививках;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы об образовании (если ребенок школьного возраста);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) акт обследования условий жизни ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) характеристика ребенка с места обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) документы, подтверждающие отсутствие родителей (копии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств о смерти родителей, решение суда об ограничении или лишении родительских прав родителей, о признании родителей безвестно отсутствующими, объявлении их умершими или признании недееспособными (ограниченно дееспособными), справка о болезни, справка о розыске родителей и другие документы, подтверждающие отсутствие родителей или невозможность воспитания ими своих детей).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Администрация приюта осуществляет сбор полного пакета документов, подтверждающих статус ребенка, для его дальнейшего жизнеустройства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. После поступления несовершеннолетнего в приют администрация издает приказ о зачислении несовершеннолетнего в число воспитанников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. В приют не принимаются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несовершеннолетние:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) находящиеся в состоянии алкогольного, наркотического, токсического опьянения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) с явно выраженными симптомами психических заболеваний;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) совершившие преступления, правонарушения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Перевод из приюта в другую организацию осуществляется на основании постановления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и приказа управления образования. Личное дело воспитанника передается представителю другой организации, где будет проживать и обучаться воспитанник.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Передача воспитанника в семью под опеку или попечительство, на патронатное воспитание, усыновление осуществляется на основании постановления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об установлении опеки или попечительства,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора о передаче на патронатное воспитание, решения суда об усыновлении, а также письма органа о передаче ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. В журнале производится соответствующая запись о выбытии воспитанника с указанием причины.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Возвращение воспитанников в кровную семью в случае восстановления в родительских правах их родителей осуществляется на основании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан «О браке (супружестве) и семье», на основании решения суда, разрешения органа на основании заявления родителей и документов, подтверждающих их возможность воспитывать своего ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Психологическое сопровождение в приюте, консультативную и профилактическую работу с сотрудниками осуществляют педагоги-психологи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолог:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осуществляет психологическую помощь и поддержку воспитателям, воспитанникам, находящимся в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>состоянии стресса, конфликта, сильного эмоционального переживания;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанника передается представителю другой организации, где будет проживать и обучаться воспитанник.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Передача воспитанника в семью под опеку или попечительство, на патронатное воспитание, усыновление осуществляется на основании постановления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об установлении опеки или попечительства,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора о передаче на патронатное воспитание, решения суда об усыновлении, а также письма органа о передаче ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. В журнале производится соответствующая запись о выбытии воспитанника с указанием причины.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Возвращение воспитанников в кровную семью в случае восстановления в родительских правах их родителей осуществляется на основании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан «О браке (супружестве) и семье», на основании решения суда, разрешения органа на основании заявления родителей и документов, подтверждающих их возможность воспитывать своего ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Психологическое сопровождение в приюте, консультативную и профилактическую работу с сотрудниками осуществляют педагоги-психологи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Педагог-психолог:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осуществляет психологическую помощь и поддержку воспитателям, воспитанникам, находящимся в состоянии стресса, конфликта, сильного эмоционального переживания;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) предупреждает асоциальные действия воспитанников и осуществляет их своевременную коррекцию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) выбирает формы и методы психодиагностической, консультативной, просветительско-профилактической, коррекционно-развивающей и социально-диспетчерской работы с воспитанниками, их родственниками и педагогами. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Изучение психолого-медико-педагогических особенностей личности, условий жизни воспитанников, оказание им</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>социальной помощи осуществляет социальный педагог.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Социальный педагог:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осуществляет связь с заинтересованными ведомствами, оказывает помощь администрации детского дома, воспитателям в вопросах охраны прав и защиты интересов воспитанников и выпускников, их социальной адаптации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) создает картотеку, банк данных воспитанников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) проводит </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу и трудоустройство воспитанников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) корректирует социальную и школьную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дезадаптацию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) совместно с психологом работает с детьми, оказавшимися в трудной жизненной ситуации, проводит консультирование, анкетирование и рейдовые мероприятия;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) организует работу по своевременному оформлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пособий, полагающихся воспитаннику, сохранности жилища воспитанников, постановке в очередь на получение жилища;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) проводит работу по формированию личного дела на воспитанника.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Медицинское обслуживание воспитанников обеспечивается штатным медицинским персоналом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Медицинские работники обеспечивают:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) наблюдение за состоянием здоровья, физическим и психическим развитием воспитанников, оказание медицинской помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) организацию и проведение два раза в год углубленных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинских осмотров, профилактических и лечебно-оздоровительных мероприятий, оценку их эффективности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) медицинский контроль за выполнением санитарно-гигиенического и противоэпидемического режима;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) осуществление контроля за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>качеством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания, соблюдение рационального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">режима учебной и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>внеучебной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности воспитанников, обеспечение санитарно-гигиенических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требований в процессе трудового обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) профессиональные рекомендации воспитанникам с учетом состояния их здоровья;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) работу с воспитанниками по гигиеническому воспитанию, пропаганде санитарно-просветительских знаний.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. При нарушении прав и законных интересов воспитанника, в том числе при невыполнении или ненадлежащем выполнении администрацией организации образования функций по обеспечению ему условий для содержания, воспитания и получения общего среднего образования, либо при злоупотреблении ими своими правами, ребенок может самостоятельно обращаться за защитой прав и законных интересов в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган, осуществляющий функции по опеке или попечительству, а по достижении возраста четырнадцати лет - в суд.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Управление приютом осуществляет директор, назначаемый учредителем организации образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>согласно трудовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательству Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приюта:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) назначает на должности и освобождает от должностей работников приюта;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) представляет приют во взаимоотношениях с иными организациями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) выполняет другие функции, предусмотренные уставом приюта;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) устанавливает структуру управления приютом и штатное расписание, распределение должностных обязанностей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. Финансирование приюта осуществляется из средств местного бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Поступление в приют дополнительных средств не влечет за собой снижения нормативов и (или) абсолютных размеров финансирования приюта за счет средств его учредителя (учредителей).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Приют ведет делопроизводство и представляет отчетность органам образования в зависимости от подчиненности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...7 lines deleted...]
-        <w:t>2. Тәрбиелеуді ұйымдастыру</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанника</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> передается представителю другой организации, где будет проживать и обучаться воспитанник.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Передача воспитанника в семью под опеку или попечительство, на патронатное воспитание, усыновление осуществляется на основании постановления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об установлении опеки или попечительства,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора о передаче на патронатное воспитание, решения суда об усыновлении, а также письма органа о передаче ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. В журнале производится соответствующая запись о выбытии воспитанника с указанием причины.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Возвращение воспитанников в кровную семью в случае восстановления в родительских правах их родителей осуществляется на основании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан «О браке (супружестве) и семье», на основании решения суда, разрешения органа на основании заявления родителей и документов, подтверждающих их возможность воспитывать своего ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Психологическое сопровождение в приюте, консультативную и профилактическую работу с сотрудниками осуществляют педагоги-психологи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Педагог-психолог:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осуществляет психологическую помощь и поддержку воспитателям, воспитанникам, находящимся в состоянии стресса, конфликта, сильного эмоционального переживания;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) предупреждает асоциальные действия воспитанников и осуществляет их своевременную коррекцию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) выбирает формы и методы психодиагностической, консультативной, просветительско-профилактической, коррекционно-развивающей и социально-диспетчерской работы с воспитанниками, их родственниками и педагогами. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Изучение психолого-медико-педагогических особенностей личности, условий жизни воспитанников, оказание им</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>социальной помощи осуществляет социальный педагог.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Социальный педагог:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осуществляет связь с заинтересованными ведомствами, оказывает помощь администрации детского дома, воспитателям в вопросах охраны прав и защиты интересов воспитанников и выпускников, их социальной адаптации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) создает картотеку, банк данных воспитанников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) проводит </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу и трудоустройство воспитанников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) корректирует социальную и школьную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дезадаптацию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) совместно с психологом работает с детьми, оказавшимися в трудной жизненной ситуации, проводит консультирование, анкетирование и рейдовые мероприятия;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) организует работу по своевременному оформлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пособий, полагающихся воспитаннику, сохранности жилища воспитанников, постановке в очередь на получение жилища;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) проводит работу по формированию личного дела на воспитанника.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Медицинское обслуживание воспитанников обеспечивается штатным медицинским персоналом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Медицинские работники обеспечивают:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) наблюдение за состоянием здоровья, физическим и психическим развитием воспитанников, оказание медицинской помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) организацию и проведение два раза в год углубленных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинских осмотров, профилактических и лечебно-оздоровительных мероприятий, оценку их эффективности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) медицинский контроль за выполнением санитарно-гигиенического и противоэпидемического режима;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) осуществление контроля за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>качеством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания, соблюдение рационального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">режима учебной и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>внеучебной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности воспитанников, обеспечение санитарно-гигиенических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требований в процессе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>трудового обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) профессиональные рекомендации воспитанникам с учетом состояния их здоровья;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) работу с воспитанниками по гигиеническому воспитанию, пропаганде санитарно-просветительских знаний.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. При нарушении прав и законных интересов воспитанника, в том числе при невыполнении или ненадлежащем выполнении администрацией организации образования функций по обеспечению ему условий для содержания, воспитания и получения общего среднего образования, либо при злоупотреблении ими своими правами, ребенок может самостоятельно обращаться за защитой прав и законных интересов в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган, осуществляющий функции по опеке или попечительству, а по достижении возраста четырнадцати лет - в суд.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Управление приютом осуществляет директор, назначаемый учредителем организации образования, согласно трудовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательству Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приюта:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) назначает на должности и освобождает от должностей работников приюта;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) представляет приют во взаимоотношениях с иными организациями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) выполняет другие функции, предусмотренные уставом приюта;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) устанавливает структуру управления приютом и штатное расписание, распределение должностных обязанностей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. Финансирование приюта осуществляется из средств местного бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Поступление в приют дополнительных средств не влечет за собой снижения нормативов и (или) абсолютных размеров финансирования приюта за счет средств его учредителя (учредителей).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Приют ведет делопроизводство и представляет отчетность органам образования в зависимости от подчиненности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...417 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Приложение 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу Министра образования </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> науки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:anchor="z8" w:history="1">
-[...44 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 18 июня 2013 года № 229</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Типовые правила деятельности детских домов семейного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1. Основные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Типовые правила деятельности детских домов семейного типа (далее – Правила) разработаны в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституцией Республики Казахстан, законами Республики Казахстан «Об образовании», «О правах ребенка в Республике Казахстан»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексом Республики Казахстан «О браке (супружестве) и семье»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительством Республики Казахстан № 499 от 17 мая 2013 года «Об утверждении Типовых правил деятельности организаций образования соответствующих типов, в том числе Типовых правил организаций образования, реализующих дополнительные образовательные программы для детей» (далее – Типовые правила) и определяют порядок деятельности детских домов семейного типа (далее – детский дом).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Основной задачей детского дома семейного типа является создание благоприятных условий для воспитания, обучения, оздоровления и подготовки к самостоятельной жизни детей-сирот и детей, оставшихся без попечения родителей, в условиях семьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Воспитатель – это гражданин, который берет на воспитание детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Детский дом создается по решению местных исполнительных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Детский дом – семья, принявшая на воспитание не менее 4 и не более 10 детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дети – члены одной семьи или находящиеся в родственных отношениях направляются в одну организацию образования, за исключением случаев, когда по медицинским показаниям или другим причинам воспитание и обучение этих детей должно осуществляться раздельно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общее количество детей (дети-сироты и дети, оставшиеся без попечения родителей, родные дети) в детском доме семейного типа не должно превышать 10 человек (далее – воспитанники).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   2. Порядок организации детского дома семейного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3) білімі туралы </w:t>
-[...193 lines deleted...]
-        <w:t xml:space="preserve">      21. Пана үйіне мынадай кәмелетке толмағандар </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Воспитанники детского дома, достигшие совершеннолетия и продолжающие обучаться по очной форме, до 23 лет находятся на полном государственном обеспечении, сохраняют право на получение алиментов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пособия по потере кормильца и других социальных выплат, а также на проживание в детском доме.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Воспитателями являются только совершеннолетние лица обоих полов, соответствующие квалификационным требованиям должностей патронатных воспитателей, за исключением:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) кровных родителей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) лиц, признанных судом недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) лиц, лишенных судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) отстраненных от выполнения обязанностей опекуна (попечителя) за ненадлежащее выполнение возложенных на них</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексом обязанностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) бывших усыновителей, если усыновление отменено судом по их вине;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) лиц, которые по состоянию здоровья не выполняют обязанности по воспитанию детей в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительства Республики Казахстан № 404 от 30 марта 2012 года «Об утверждении Перечня заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) лиц, имеющих на момент обращения непогашенную судимость;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) лиц, не имеющих на момент обращения постоянного места жительства, а также жилого помещения, пригодного для проживания детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) лиц, состоящих на учетах в наркологическом или психоневрологическом диспансерах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Заявители для получения заключения о возможности быть воспитателями и взять на воспитание детей подают в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган, осуществляющий функции по опеке или попечительству (далее – орган), по месту своего жительства соответствующее заявление и представляют следующие документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление о создании детского дома семейного типа в произвольной форме (от супругов принимается совместное заявление, подписанное обоими супругами);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) справку о составе семьи; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справки о состоянии здоровья и членов семьи, проживающих вместе с заявителями (справка об отсутствии хронических заболеваний, обследование нарколога, венеролога, психиатра);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) нотариально засвидетельствованное письменное согласие всех совершеннолетних членов семьи, проживающих вместе с ними, на создание детского дома семейного типа или написанное собственноручно в присутствии должностного лица, осуществляющего прием документов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справки о наличии или отсутствии судимости, в том числе членов семьи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) нотариально засвидетельствованные копии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документов об образовании и свидетельства о браке;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) копия трудовой книжки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) копии удостоверений личности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) справку органов внутренних дел, подтверждающую положительную характеристику по месту проживания в произвольной форме;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) копии документов, подтверждающих право пользования или право собственности на жилое помещение, в котором будут проживать дети.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Орган в течение трех рабочих дней со дня поступления заявления проверяет полноту и соответствие предоставленных документов требованиям действующего законодательства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По итогам проверки орган в течении двенадцати рабочих дней проводит обследование жилищно-бытовых условий, по результатам которого составляет соответствующий акт в произвольной форме и готовится заключение о возможности либо невозможности граждан быть воспитателями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение о возможности либо невозможности граждан быть воспитателями выдается органом в течение пяти рабочих дней со дня его принятия с обоснованием в случае отказа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. При передаче ребенка в семью учитывается опыт воспитания детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Предварительный выбор детей для их устройства в детский дом по договору осуществляется лицом, желающим принять детей в семью, по согласованию с органом и администрацией организации, в которой содержатся дети.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Устройство детей-сирот и детей, оставшихся без попечения родителей, достигших возраста десяти лет, осуществляется только с их согласия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Администрация организаций знакомит граждан желающих стать воспитателями, с личными делами детей и медицинскими заключениями о состоянии их здоровья, физическом и умственном развитии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Граждане, желающие стать воспитателями, и члены семьи знакомятся с детьми.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Районным, городским управлением (отделом) образования и гражданином, выразившим желание взять на воспитание детей заключают договор об условиях воспитания и содержания детей согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1 к настоящим правилам. При определении одновременно нескольких воспитанников в детский дом заключается один договор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договор об условиях воспитания и содержания детей в детском доме предусматривает срок, на который дети помещаются в детский дом, условия их содержания, воспитания и образования, права и обязанности воспитателя, обязанности органа, а также основания и последствия прекращения такого договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При окончании срока действия договора, продлении срока пребывания детей в детском доме производится на основании нового договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   3. Участники учебно-воспитательного процесса, работники</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детского дома</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Воспитанники детского дома школьного возраста получают образование в общеобразовательной школе соответствующего населенного пункта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Воспитанники дошкольного возраста могут посещать дошкольные образовательные учреждения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Воспитанники с учетом своих интересов могут посещать кружки, секции в общеобразовательных школах, дворцах и домах школьников, станциях юных техников и юных натуралистов, спортивных и музыкальных школах, а также в других организациях дополнительного образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Трудовое воспитание может осуществляться в учебных мастерских, подсобных хозяйствах, на предприятиях, в организациях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. В детский дом принимаются в течение всего календарного года:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) дети-сироты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) дети, которые остались без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), отбыванием родителями наказания в местах лишения свободы, уклонением родителей от воспитания ребенка или от защиты его прав и интересов, в том числе при отказе родителей взять своего ребенка из воспитательного или лечебного учреждения, а также в иных случаях отсутствия родительского попечения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Организации образования, медицинские организации, организации социальной защиты населения передают в детский дом личное дело ребенка, принимаемого в семью с приложением следующих документов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) решение местных исполнительных органов о направлении в организацию образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельство о рождении (удостоверение личности);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинские</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы о состоянии здоровья и прививках;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы об образовании (для детей школьного возраста);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) акт обследования жилищно-бытовых условий ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) сведения о родителях (копии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств о смерти родителей, решение суда (об ограничении или лишении родительских прав родителей, о признании родителей безвестно отсутствующими, объявлением их умершими или признании недееспособными (ограниченно дееспособными), справка о болезни, справка о розыске родителей и другие документы, подтверждающие отсутствие родителей или невозможность воспитания ими своих детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справка о наличии и местожительстве братьев, сестер и других близких родственников;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) опись имущества, оставшегося после смерти родителей, сведения о лицах, отвечающих за его сохранность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) документы о закреплении жилой площади за несовершеннолетними;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) копия договора об открытии лицевого счета на имя ребенка, получающего социальное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пособие, копия решения суда о взыскании алиментов (при получении их на ребенка родителем или лицом, его заменяющим);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анкета на ребенка по форме в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительства Республики Казахстан от 30 марта 2012 года № 388 «Об утверждении Правил организации учета детей-сирот, детей, оставшихся без попечения родителей и подлежащих усыновлению, и доступа к информации о них».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Медицинское обслуживание воспитанников обеспечивается закрепленной за детским домом организацией здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Воспитатели:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) создают необходимые жилищно-бытовые условия для проживания, воспитания и обучения, а также физического, психического, нравственного и духовного развития детей, принятых на воспитание, обеспечивают сохранность их жизни и здоровья;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обеспечивают условия для получения детьми соответствующего образования, сохранность переданных им документов детей, денежных средств и другого имущества, принадлежащих детям, защиту прав и интересов своих подопечных в отношениях с любыми лицами, в том числе в судах, без специального полномочия, соблюдение правил и норм охраны труда, техники безопасности и противопожарной защиты,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>санитарные правила и нормы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) извещают орган о возникновении неблагоприятных условий для содержания, воспитания и образования детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) проводят работу по определению потребности предоставления специальных социальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуг детям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) поддерживают тесную связь с организациями образования в вопросах воспитания детей, с медицинскими и другими организациями, психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультацией для получения консультативной помощи в вопросах выявления особенностей их развития, установления диагноза и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>определения адекватных условий обучения, воспитания, трудоустройства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. К воспитателям предъявляются те же требования, что и к опекунам или попечителям, патронатным воспитателям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. При нарушении прав и законных интересов воспитанника, в том числе при невыполнении или ненадлежащем выполнении воспитателем обязанностей по обеспечению условий для содержания, воспитания и получения образования, либо при злоупотреблении ими своими правами, ребенок может самостоятельно обращаться за защитой прав и законных интересов в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган, осуществляющий функции по опеке или попечительству, а по достижении возраста четырнадцати лет - в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   5. Управление детским домом семейного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Детский дом семейного типа финансируется, исходя из норм обеспечения воспитанников организаций образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Условия оплаты труда воспитателей определяются аналогично условиям оплаты труда воспитателей в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительства Республики Казахстан от 29 декабря 2007 года № 1400 «О системе оплаты труда гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Воспитатели детского дома ведут отчетность по приходу и расходу денежных средств, выделяемых на содержание детей, согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Ежегодно сведения об израсходованных средствах и управлении имуществом воспитанников детского дома семейного типа, в том числе жилым помещением, представляются в орган, осуществляющий функции по опеке или попечительству.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Воспитатель детского дома пользуются преимущественным правом на получение для детей путевок, в том числе бесплатных, в санатории, оздоровительные лагеря.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Детский дом в зависимости от местных условий может создавать подсобное хозяйство, мастерские.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Учет и расходование дополнительных, спонсорских средств производится в соответствии с бюджетным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00456FDF">
-[...30 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детских</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> домов семейного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о передаче ребенка на воспитание в детский дом семейного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г. ______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "__" ________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орган, осуществляющий функции по опеке или </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>далее - орган), лице</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> граждане (-ка, ), данные удостоверения личности, ИИН _____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зарегистрированные (проживающие) (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, ) по адресу: ________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>далее именуемые (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, ) «воспитатели» («воспитатель») на основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодекса Республики Казахстан «О браке (супружестве) и семье» и других</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативных правовых актов заключили настоящий договор о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Предмет договора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.1. Орган передает, а воспитатели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>             </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимают(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) на воспитание в детский дом семейного типа детей-сирот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и детей, оставшихся без попечения родителей (далее – дети)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №, серия свидетельства о рождении, кем и когда выдано</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или №, серия паспорта, кем и когда выдано)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Права и обязанности сторон.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1. Воспитатели обязуются (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ется</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00456FDF">
-[...213 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:anchor="z174" w:history="1">
-[...614 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.1. Проживать совместно с детьми.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.2. Воспитывать детей на основе взаимоуважения, организуя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общий быт, досуг, взаимопомощь.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.3. Создавать необходимые условия для получения детьми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, заботиться о их здоровье, физическом, психическом,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>духовном и нравственном развитии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.4. Осуществлять защиту прав и интересов детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.5. Обеспечивать уход за детьми и их лечение,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>систематический показ врачам-специалистам в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинскими рекомендациями и состоянием здоровья детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.6. При определении способов воспитания детей учитывать их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мнение, рекомендации органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.7. При выборе образовательного учреждения и формы обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учитывать мнение детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.8. Обеспечивать посещение детьми общеобразовательного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учреждения, следить за их успеваемостью, поддерживать связь с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учителями и воспитателями этого учреждения. В случае невозможности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>посещения детьми общеобразовательного учреждения по состоянию их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>здоровья обеспечивать получение образования доступных для ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>формах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.9. Извещать орган о возникновении в детском доме семейного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>типа неблагоприятных условий для содержания, воспитания и образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.10. Своевременно извещать орган о перемене места</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жительства, об отъезде из места проживания на длительное время (на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>срок более 1 месяца).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.11. Вести учет расходов в письменной форме по приходу и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>расходу денежных средств, выделяемых на содержание детей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представлять сведения об израсходованных средствах не реже 2 раз в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>год в орган не позднее 10 числа месяца, следующего за отчетным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>периодом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.12. Не препятствовать осуществлению контроля органом за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполнением воспитателями обязанностей по содержанию, воспитанию и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образованию детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.2. Орган </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обязуется:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.2.1. Перечислять денежные средства, выделяемые на содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей, переданных воспитателю, а также заработную плату ежемесячно не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позднее 15-го числа текущего месяца с месяца вынесения решения о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>назначении денежных средств на основании договора о передаче детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.2.2. Ежемесячно производить оплату труда воспитателю за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитание детей в соответствии с законодательством Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.2.3. Организация, из которой ребенок (дети) передается в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детский дом:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) проводит подготовительную работу с ребенком (детьми),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>являющимся воспитанником этой организации, по передаче его на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) способствует его успешной социальной адаптации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) осуществляет подготовку документов для передачи ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(детей) на воспитание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) осуществляет подготовку лиц, желающих стать воспитателями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) осуществляет передачу ребенка (детей), являющегося</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанником этой организации, на воспитание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) оказывает организационно-методическую,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-педагогическую помощь воспитателю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.1. Воспитатели имеют </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>право:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.1.1. определять детей в дошкольные образовательные учреждения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на основаниях, предусмотренных действующим законодательством;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.1.2. на получение путевок для детей, в том числе бесплатных,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в санатории, оздоровительные лагеря.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.2. Орган имеет право осуществлять контроль за выполнением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>возложенных на воспитателя обязанностей по содержанию, воспитанию и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образованию детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Ответственность </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сторон:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1. За неисполнение или ненадлежащее выполнение условий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящего договора стороны несут ответственность в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>действующим законодательством.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Срок действия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.1. Настоящий договор вступает в силу с момента подписания и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>действует до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.2. Срок действия настоящего договора может быть продлен по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>взаимному согласию сторон за один месяц до его истечения и оформлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дополнительным соглашением к настоящему договору.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.3. Настоящий договор может быть расторгнут </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>досрочно:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - по инициативе воспитателя при наличии уважительных причин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(болезни, отсутствия взаимопонимания с детьми, изменений семейного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>или имущественного положения);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - по инициативе органа в случаях возникновения в детском доме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>семейного типа неблагоприятных условий для содержания, воспитания и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования детей или в случае возвращения детей родителям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.4. При невыполнении условий настоящего договора стороны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вправе его расторгнуть.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Последствия расторжения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.1. При расторжении настоящего договора по инициативе любой из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сторон все выделенное (приобретенное) детям имущество: одежда, обувь,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мягкий инвентарь - возвращается приемной семьей по акту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приема-передачи в орган.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.2. При нарушении воспитателем условий настоящего договора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в период его действия орган вправе потребовать от них возврата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выделенных и неизрасходованных средств на содержание детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Заключительные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>условия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.1. Споры, возникающие между сторонами в процессе исполнения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>условий настоящего договора, решаются путем переговоров в целях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выработки согласованного решения, а при не достижении соглашения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>передаются на разрешение в суд.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.2. Договор составлен в двух экземплярах, по одному для каждой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из сторон, и имеют одинаковую юридическую силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Орган, осуществляющий функции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по опеке или попечительству</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитатели</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (воспитатель)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(расчетный счет, адрес)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________ (адрес, данные паспорта)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О., должность)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:anchor="z78" w:history="1">
-[...192 lines deleted...]
-        <w:t xml:space="preserve">      34. Пана үйінің </w:t>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись, дата)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись, дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Печать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подлинный экземпляр договора получен на руки "___" __________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приложение 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00456FDF">
-[...32 lines deleted...]
-        <w:t>   </w:t>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детских</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00456FDF">
-[...153 lines deleted...]
-        <w:t>      37. Пана үйі іс-жүргізуді жүргізеді және бағыныстылығына қарай білім органдарына есептілікте болады.</w:t>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> домов семейного типа</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...81 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...7 lines deleted...]
-        <w:t>Отбасы үлгісіндегі балалар үйі қызметінің үлгілік қағидалары</w:t>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  1. Сведения о доходах подопечного </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...4347 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10050" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2602"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="1923"/>
+        <w:gridCol w:w="2386"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="580"/>
+        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="629"/>
+        <w:gridCol w:w="561"/>
+        <w:gridCol w:w="596"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>вид</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>табыс</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> түрі</w:t>
+              </w:rPr>
+              <w:t>дохода</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6915" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>сумма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>сомасы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>, ай сайын</w:t>
+              </w:rPr>
+              <w:t>помесячно</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="420" w:type="dxa"/>
+            <w:tcW w:w="679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...13 lines deleted...]
-              <w:t>алименттер</w:t>
+              </w:rPr>
+              <w:t>алименты</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="420" w:type="dxa"/>
+            <w:tcW w:w="679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>пособие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>қамқорлыққа</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> алынушыны күтіп-бағуға берілетін жәрдемақы</w:t>
+              </w:rPr>
+              <w:t>на</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержание</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подопечного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="420" w:type="dxa"/>
+            <w:tcW w:w="679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>ежемесячные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>ай</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> сайынғы сақтандыру төлемдері</w:t>
+              </w:rPr>
+              <w:t>страховые</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выплаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="420" w:type="dxa"/>
+            <w:tcW w:w="679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>мұрагерлікпен</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наследуемые</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> тиесілі немесе сыйға алынған ақша қаражаты</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> денежные средства или подаренные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="420" w:type="dxa"/>
+            <w:tcW w:w="679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>тұрғын</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>доходы</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> үй алаңын жалға беруден түскен табыстар</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от сдачи в аренду жилплощади</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="dxa"/>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="420" w:type="dxa"/>
+            <w:tcW w:w="679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcW w:w="747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...8 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сведения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>расходах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA21EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подопечного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10035" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5885"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2010"/>
+        <w:gridCol w:w="5325"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="1869"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>вид</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>табыс</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> түрі</w:t>
+              </w:rPr>
+              <w:t>дохода</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...13 lines deleted...]
-              <w:t>сома</w:t>
+              </w:rPr>
+              <w:t>сумма</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...13 lines deleted...]
-              <w:t>күні</w:t>
+              </w:rPr>
+              <w:t>дата</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>есептік</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>покупка</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> кезеңдегі тамақ өнімдерін сатып алу</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продуктов питания за отчетный период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>приобретение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...3 lines deleted...]
-              <w:t>киім</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>-кешек, аяқ киім сатып алу</w:t>
+              </w:rPr>
+              <w:t>одежды</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обуви</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>гигиена</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приобретение</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> құралдарын, бірінші кезекте қажетті заттар сатып алу</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гигиенических средств, предметов первой необходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>покупка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>дәрі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>-дәрмектер, күтіну құралдарын сатып алу</w:t>
+              </w:rPr>
+              <w:t>лекарств</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>средств</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ухода</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>тұрмыстық</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оплата</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> қызметтерге ақы төлеу (киім-кешекті, аяқ киімді жөндеу)</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бытовых услуг (ремонт одежды, обуви)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>ұзақ</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приобретение</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> уақыт пайдаланатын тауарлар сатып алу (нақты нені, көрсетілсін)</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> товаров длительного пользования (указать, что именно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5445" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>ай</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ежемесячные</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00456FDF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> сайынғы салымдар (білім алуға, ұзақ уақыт пайдаланатын тауарларға)</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вклады (на обучение, товары длительного пользования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...4160 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidTr="00677C2A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="7353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              </w:rPr>
+              <w:t>пособие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Келген күні</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>потере</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кормильца</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00456FDF">
-[...8 lines deleted...]
-              <w:t>Кеткен күні</w:t>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="00677C2A">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA21EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="00EA21EB" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 6         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к приказу Министра образования и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">науки Республики </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 июня 2013 года № 229  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила содержания несовершеннолетних в Центрах адаптации несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Правила определяют порядок деятельности Центров адаптации несовершеннолетних, их компетенцию в области образования, профилактики правонарушений и безнадзорности среди несовершеннолетних.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Центрами адаптации несовершеннолетних (далее - Центр) являются государственные организации, находящиеся в ведении органов образования, обеспечивающие прием и временное содержание несовершеннолетних.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z233"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Центр взаимодействует с государственными органами, а также с неправительственными организациями, которые осуществляют работу с несовершеннолетними.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z234"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Деятельность Центра осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z223" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан в области образования, настоящими Правилами и уставом Центра.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z235"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Основными целями Центра являются обеспечение приема, кратковременного содержания, адаптация и дальнейшее устройство безнадзорных и беспризорных детей, детей, оставшихся без попечения родителей, а также несовершеннолетних, направляемых в специальные организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z236"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Основные задачи Центра:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) оказание социальной и психологической помощи несовершеннолетним, их родителям или другим законным представителям в преодолении трудной жизненной ситуации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) разработка и обеспечение реализации индивидуальных программ социальной адаптации несовершеннолетних, включающих в себя компоненты профессионально-трудовой, учебно-познавательной, физкультурно-оздоровительной направленности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) восстановление социального статуса несовершеннолетних;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) организация медицинского обслуживания и обучения несовершеннолетних, находящихся в Центре;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) взаимодействие с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>органами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, осуществляющими функции по опеке или попечительству (далее – орган), для дальнейшего устройства несовершеннолетних, находящихся в Центре;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) содействие в возвращении несовершеннолетних, находящихся в Центре, в семьи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>профилактическая работа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по предупреждению безнадзорности и беспризорности среди несовершеннолетних;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) обеспечение защиты прав и законных интересов несовершеннолетних, находящихся в Центре.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6. Центр состоит из следующих </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блоков:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   1) жилищно-бытовой блок (спальные комнаты, класс для занятий, игровая комната, кинозал, библиотека, комнаты гигиены);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) медицинский блок (медицинский пункт, изолятор);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) административно-хозяйственный блок (столовая, служебные кабинеты и хозяйственные помещения).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z237"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Техническое оснащение Центра должно обеспечивать условия для круглосуточного наблюдения за несовершеннолетними с возможностью свободного входа и выхода за пределы Центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок приема, содержания и выпуска несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. В Центр </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимаются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   1) безнадзорные и беспризорные дети для установления их родителей или других законных представителей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) дети, оставшиеся без попечения родителей, в случае невозможности их своевременного устройства, а также отобранные при непосредственной угрозе их жизни и здоровью органом у родителей (одного из них) или других лиц, на попечении которых они находились;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) несовершеннолетние, направляемые в специальные организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z240"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Основаниями для помещения несовершеннолетних в Центр </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   1) постановление суда в отношении несовершеннолетних, указанных в подпункте 3) пункта 8 настоящих Правил;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) постановление органа в отношении несовершеннолетних, указанных в подпунктах 1) и 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К постановлению органа о помещении несовершеннолетнего в Центр приобщаются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) акт обследования жилищно-бытовых условий (при установлении места жительства);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) характеристики на несовершеннолетнего, а также его родителей или других законных представителей (при установлении родителей или других законных представителей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>свидетельство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении (при наличии);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) справка из организации образования (для детей школьного возраста);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) медицинские документы (при наличии - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>прививочный паспорт</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z310" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>амбулаторная карта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z241"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. В ночное время, выходные или праздничные дни несовершеннолетние, указанные в подпунктах 1) и 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, могут быть помещены в Центр на основании акта о приеме несовершеннолетнего в Центр по форме, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z262" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, о чем в течение двадцати четырех часов администрация Центра письменно извещает органы прокуроры.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z242"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      11. Для решения вопроса о дальнейшем содержании либо устройстве несовершеннолетних, указанных в подпунктах 1) и 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, сотрудниками Центра в течение трех суток направляется информация в органы опеки и попечительства, обосновывающая наличие признаков безнадзорности, беспризорности, либо об угрозе жизни и здоровью ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z243"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Органы в течение трех рабочих дней готовят постановление о помещении несовершеннолетнего в Центр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z244"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Прием несовершеннолетнего в Центр и его выбытие из Центра оформляются приказом директора Центра.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z245"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Данные о несовершеннолетних, принимаемых в Центр, регистрируются в журнале учета доставленных несовершеннолетних по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z265" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      После уточнения анкетных данных несовершеннолетнего и причин помещения в Центр на него оформляется учетно-статистическая карточка по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z268" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z246"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Несовершеннолетние, указанные в подпунктах 1) и 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, могут находиться в Центре не более трех месяцев для оказания им помощи и решения вопросов их дальнейшего устройства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z247"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. В срок пребывания несовершеннолетних в Центре не входит период карантина, объявленного уполномоченным органом в области здравоохранения, а также время нахождения несовершеннолетнего в связи с болезнью в организации здравоохранения, оказывающей стационарную помощь.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Администрация Центра, органы принимают все необходимые меры по сбору документов, подтверждающих статус ребенка, для его дальнейшего жизнеустройства:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) решение местных исполнительных органов о направлении в детский дом (постановление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>свидетельство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении (удостоверение личности);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z323" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>медицинские</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>документы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о состоянии здоровья и прививках;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>документы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об образовании (для детей школьного возраста);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) акт обследования условий жизни ребенка согласно приложению № 1;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) сведения о родителях (копии свидетельств о смерти родителей, решение суда об ограничении или лишении родительских прав родителей, о признании родителей безвестно отсутствующими или признании недееспособными (ограниченно дееспособными), объявлении их умершими, справка о болезни, справка о розыске родителей, акт о доставлении заблудившегося (подкинутого) ребенка, заявление об отказе от родительских прав и согласии на усыновление ребенка, акт об оставлении ребенка в организации здравоохранения, ходатайство о предоставлении сведений о регистрации и документировании граждан Республики Казахстана, акт о патронаже и другие документы, подтверждающие отсутствие родителей или невозможность воспитания ими своих детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) справка о наличии и местожительстве братьев, сестер и других близких родственников с указанием их адреса проживания, телефона, места работы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) опись имущества, оставшегося после смерти родителей, сведения о лицах, отвечающих за его сохранность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) документы о закреплении жилища за несовершеннолетними, сведения о постановке на учет для получения жилища из государственного жилищного фонда с указанием номера очереди;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) сведения о наличии недвижимого имущества у родителей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) копия договора об открытии лицевого счета на имя ребенка, получающего социальное </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>пособие</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии), копия решения суда о взыскании алиментов (при получении их на ребенка родителем или лицом, его заменяющим);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) заключение психолого-медико-педагогической комиссии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) анкета на ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z248"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Несовершеннолетние, указанные в подпункте 3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, находятся в Центре по постановлению суда, но не более периода вступления в законную силу решения суда о направлении в специальную организацию образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z249"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. Не подлежат помещению в Центр несовершеннолетние, находящиеся в состоянии алкогольного, наркотического или токсического опьянения, а также несовершеннолетние с явно выраженными симптомами психических заболеваний.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z250"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Несовершеннолетние, помещенные в Центр, размещаются в зависимости от возраста и пола по группам. Количество детей в группах не должно превышать пятнадцати человек.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z251"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. В Центре с несовершеннолетними проводится профилактическая и адаптационная работа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z252"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. С несовершеннолетними, нарушившими установленный порядок содержания, проводится индивидуальная воспитательная работа психологом, о чем делается соответствующая запись в личном деле несовершеннолетнего.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z253"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22. При приеме несовершеннолетних в Центр производится их первичное медицинское обследование, вещи и ценности, имеющиеся у несовершеннолетнего на момент поступления в Центр, изымаются, о чем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>делается запись в акте приема несовершеннолетнего в Центр по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z262" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и возвращаются при выходе из Центра. Несовершеннолетним, поступившим в Центр в неопрятной одежде, производится замена верхней одежды и нижнего белья.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z254"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. Образовательный процесс организуется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан «Об образовании» и с учетом времени пребывания несовершеннолетних в Центре, уровня учебной подготовки. При необходимости решение о форме получения образования несовершеннолетними принимается по согласованию с психолого-медико-педагогической консультацией.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z255"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. На несовершеннолетних, помещенных в Центр, заводятся личные дела по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z270" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, оригиналы которых направляются по месту их дальнейшего устройства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z256"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      25. Организация профилактической и адаптационной работы с несовершеннолетними, содержащимися в Центре, осуществляется исходя из оснований помещения, степени педагогической запущенности, возраста, семейно-бытовых условий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z257"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. С несовершеннолетними, направляемыми в специальные организации образования, проводится правовое обучение и работа по социально-педагогической адаптации к предстоящим условиям пребывания в специальной организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z258"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. При выпуске из Центра несовершеннолетние направляются к месту жительства строго в сопровождении родителей или других законных представителей, либо доставляются к месту их дальнейшего устройства в сопровождении социального педагога Центра на основании приказа о выбытии несовершеннолетнего из Центра по акту о приеме-передаче несовершеннолетнего по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="009E7386">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z259"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. Несовершеннолетние, направляемые в специальные организации образования, доставляются в сопровождении социального педагога Центра.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сопровождение несовершеннолетних девочек осуществляется исключительно социальным педагогом женского пола.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z260"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. Несовершеннолетние, выбывающие из Центра в сопровождении социального педагога Центра, обеспечиваются бесплатным проездом к месту устройства и продуктами питания или денежным содержанием на время следования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z261"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      30. При выпуске несовершеннолетнего из Центра его родителям или другим законным представителям выдаются справки о его пребывании в Центре, о состоянии здоровья, табель об успеваемости, психолого-педагогическая характеристика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 1       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам содержания   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>несовершеннолетних в Центрах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адаптации несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>                              Акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      о приеме несовершеннолетнего в Центр адаптации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>                      несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"____" ____________ 20 __ г.               Город, район _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Я, __________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должность, фамилия и инициалы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>составил/а настоящий акт о том, что в ____ час. ____ мин. в _________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование Центра)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>гражданином, сотрудником органа внутренних дел ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество, место работы, должность, место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      жительства, телефон)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>доставлен несовершеннолетний, обнаруженный __________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(место, время и обстоятельства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обнаружения несовершеннолетнего)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Приметы несовершеннолетнего _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(рост, вес, примерный возраст,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обнаружение особых примет (родинки, шрамы и т.д.), наличие свежих ран</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      на теле, признаки насильственных действий)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>У несовершеннолетнего изъяты: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(вещи, ценности, документы, подлежащие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возврату при выбытии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Удалось установить __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество, возраст несовершеннолетнего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его родителей, лиц, их заменяющих, место жительства, работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должность родителей, другие данные, имеющие значение)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ребенок внешне здоров, болен, имеет телесные повреждения и                    т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Подпись _____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(должность, звание, фамилия, имя, отчество, составившего акт)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия лица, доставившего несовершеннолетнего)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 2        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам содержания    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>несовершеннолетних в Центрах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адаптации несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Журнал учета </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несовершеннолетних,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   доставленных в Центр адаптации несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименование Центра адаптации несовершеннолетних)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      Начато "___" __________________ 20 __ г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Окончено "___" __________________ 20 __ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      Графы журнала:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядковый номер.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дата и время доставления в Центр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Фамилия, имя, отчество несовершеннолетнего.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Число, месяц и год рождения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сведения о родителях или других законных представителях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Место жительства, телефон (при необходимости указывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наименование детского учреждения, где воспитывался</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>несовершеннолетний).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Кем доставлен (полные данные).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основания помещения в Центр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дата убытия из Центра.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К кому и куда направлен несовершеннолетний.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основания передачи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Фамилия должностного лица, передавшего </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несовершеннолетнего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работник Центра).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Фамилия, имя, отчество, подпись лица, принявшего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>несовершеннолетнего.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Журнал пронумеровывается, прошнуровывается и скрепляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>подписью директора Центра и печатью учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 3       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам содержания   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>несовершеннолетних в Центрах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адаптации несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>                  Учетно-статистическая карточка № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Фамилия __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Имя ______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Отчество _________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. Число, месяц, год и место рождения _______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5. Место жительства _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6. Образование ______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                       (учебное заведение, класс, группа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Сведения о родителях _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                (Ф.И.О., год рождения, место жительства, работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8. Основания помещения (нужное подчеркнуть): направляемые в специальные организации образования, безнадзорные и беспризорные, оставшиеся без попечения родителей или других законных представителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9. Состоял ли на учете в ОВД: да, нет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10. Привлекался ли к уголовной ответственности: да, нет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>11. Особые приметы _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оборотная сторона учетно-статистической карточки</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2400"/>
+        <w:gridCol w:w="2338"/>
+        <w:gridCol w:w="2334"/>
+        <w:gridCol w:w="2283"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidTr="00677C2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00456FDF">
-[...3 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="009E7386">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Кімге және қашан берді</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00456FDF">
-[...3 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="009E7386">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Есепке алу ісінің нөмірі</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата выбытия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E7386">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кому и куда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E7386">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>передан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2325" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E7386">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Номер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E7386">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>учетного дела</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
+      <w:tr w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidTr="00677C2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1995" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2325" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
+      <w:tr w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidTr="00677C2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1995" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2325" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidTr="00456FDF">
+      <w:tr w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidTr="00677C2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1995" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2325" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+          <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...121 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...44 lines deleted...]
-        <w:t>4-қосымша           </w:t>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 4       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам содержания   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>несовершеннолетних в Центрах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адаптации несовершеннолетних</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...600 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00456FDF">
-[...8 lines deleted...]
-        <w:t>Мен,_</w:t>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00456FDF">
-[...20 lines deleted...]
-        <w:t>            (лауазымы, атағы, тегі, аты-жөні)</w:t>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...260 lines deleted...]
-        <w:t>                    (баланы қабылдап алған адамның тегі, қолы)</w:t>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>                        Личное дело № ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00456FDF" w:rsidRPr="00456FDF" w:rsidRDefault="00456FDF" w:rsidP="00456FDF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456FDF">
-[...8 lines deleted...]
-        <w:t>                 20___ жылғы «___» ___________ </w:t>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия _____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Имя _________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Отчество ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F66BF" w:rsidRDefault="000F66BF">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="210"/>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>                  Уточненные сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Фамилия _____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Имя _________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Отчество ____________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000F66BF">
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>число, месяц и год рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Поступил "____"______________________ 20__ года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Выбыл "____"______________________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>      На _______ листах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      К личному делу приобщаются следующие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>   1. Постановление о помещении несовершеннолетнего в Центр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Акт о приеме несовершеннолетнего в Центр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Документы, подтверждающие возраст несовершеннолетнего.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Сведения о наличии родителей или других законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>представителей, их месте жительства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Материалы проведения профилактической работы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Справка о состоянии здоровья.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7386">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. Иные документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRPr="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E7386" w:rsidRDefault="009E7386" w:rsidP="009E7386">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w:rsidR="005D1472" w:rsidRPr="009E7386" w:rsidRDefault="005D1472">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D1472" w:rsidRPr="009E7386">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00456FDF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00456FDF"/>
+    <w:rsidRoot w:val="00C44253"/>
+    <w:rsid w:val="005D1472"/>
+    <w:rsid w:val="009E7386"/>
+    <w:rsid w:val="00C44253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3CAE4D03-57BC-468F-8337-E44932E17576}"/>
+  <w15:docId w15:val="{093F9C77-6442-4D96-A9A6-50E070A76C65}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17378,161 +18792,139 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009E7386"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="43793099">
+    <w:div w:id="951714222">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...54 lines deleted...]
-      </w:divsChild>
+    </w:div>
+    <w:div w:id="1564295725">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1828128039">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000382" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000498" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000320" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070001310_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000126_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1100006697" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000388" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000382" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V100006325_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V090005918_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000382" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000498" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000126_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001684" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000404" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000384" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070001310_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000498" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000320" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001684" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V100006325_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001684" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070001400_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100000919" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070001310_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001684" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001486" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000126_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000498" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008544" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000498" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000126_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000498" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070001310_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000591_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000382" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V100006325_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V100006325_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008544" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17756,70 +19148,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>50423</Characters>
+  <Pages>17</Pages>
+  <Words>8978</Words>
+  <Characters>51181</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>420</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>426</Lines>
+  <Paragraphs>120</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59150</CharactersWithSpaces>
+  <CharactersWithSpaces>60039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>