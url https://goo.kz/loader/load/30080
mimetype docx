--- v0 (2025-12-12)
+++ v1 (2026-02-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e6697a" w14:textId="6e6697a">
+    <w:p w14:paraId="3dba30a" w14:textId="3dba30a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -75,5785 +75,5843 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының 2002 жылғы 11 шілдедегі N 343 Заңы</w:t>
+        <w:t>О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 11 июля 2002 года N 343</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон определяет формы и методы социальной, медико-педагогической коррекционной поддержки детей с ограниченными возможностями, направлен на создание эффективной системы помощи детям с недостатками в развитии, решение проблем, связанных с их воспитанием, обучением, трудовой и профессиональной подготовкой, профилактику детской инвалидности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 1. Термины и определения, используемые в настоящем Законе </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В настоящем Законе используются следующие основные термины и определения: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями - деятельность организаций образования, социальной защиты населения, здравоохранения, предоставляющих специальные социальные, медицинские и образовательные услуги, обеспечивающие детям с ограниченными возможностями условия для преодоления и компенсации ограничения жизнедеятельности и направленные на создание им равных с другими гражданами возможностей участия в жизни общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z45" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ребенок (дети) с ограниченными возможностями - ребенок (дети) до восемнадцати лет с физическими и (или) психическими недостатками, имеющий ограничение жизнедеятельности, обусловленное врожденными, наследственными, приобретенными заболеваниями или последствиями травм, подтвержденными в установленном порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z46" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) ребенок группы "риска" - ребенок (дети) до трех лет, имеющий высокую вероятность отставания в физическом и (или) психическом развитии при отсутствии раннего вмешательства и оказания социальной и медико-педагогической коррекционной поддержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z47" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) физический недостаток - стойкое нарушение развития и (или) функционирования органа (органов), требующее длительной социальной, медицинской и коррекционно-педагогической поддержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z48" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) психический недостаток - временный или постоянный недостаток в развитии и (или) функционировании психики человека, включая: последствия сенсорных нарушений; нарушения речи; нарушения эмоционально-волевой сферы; последствия повреждения мозга; нарушения умственного развития, в том числе умственную отсталость; задержку психического развития и связанные с этим специфические трудности в обучении; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z49" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сложный недостаток - любое сочетание психического и физического недостатков; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z50" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) тяжелый недостаток - психический и (или) физический недостаток, выраженный в такой степени, что образование в соответствии с государственными (в том числе специальными) образовательными стандартами является недоступным и возможности обучения ограничиваются овладением навыками самообслуживания, элементарными знаниями об окружающем мире и простыми трудовыми навыками или узкой профессиональной подготовкой; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z51" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) раннее вмешательство (ранняя поддержка) - социальная и медико-педагогическая коррекционная поддержка детей раннего возраста (до трех лет), включающая в себя скрининг психофизических нарушений, медицинскую психолого-педагогическую диагностику, лечение, развивающее обучение; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z52" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) социальная адаптация - активное приспособление детей с ограниченными возможностями к условиям социальной среды путем усвоения и восприятия ценностей, правил и норм поведения, принятых в обществе, и трудовой подготовки в процессе целенаправленной социальной и медико-педагогической коррекционной поддержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z53" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) социальная работа - деятельность по оказанию помощи отдельным лицам, семьям в реализации их социальных прав и гарантий компенсацией нарушенных или утраченных функций, препятствующих их полноценному социальному функционированию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z54" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) скрининг - массовое стандартизированное обследование с целью выявления детей группы "риска"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z55" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) медицинская и психолого-педагогическая диагностика - комплексная междисциплинарная оценка психофизического развития детей для выявления различных недостатков и определения адекватных условий лечения, обучения и воспитания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z56" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) медицинская реабилитация - комплекс медицинских мероприятий, направленных на лечение, восстановление нарушенных или утраченных функций организма; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z57" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) специальные образовательные программы - программы, предназначенные для обучения детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z58" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) специальное образование - образование, предоставляемое детям с ограниченными возможностями с созданием специальных условий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z59" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) специальные образовательные условия - условия для получения специального образования, включая технические и иные вспомогательные средства, а также медицинские, социальные и иные услуги, без которых невозможно освоение образовательных программ детьми с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z60" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17) специальные организации образования - организации, созданные для диагностики и консультирования, обучения и воспитания детей с ограниченными возможностями: психолого-медико-педагогические консультации, реабилитационные центры, кабинеты психолого-педагогической коррекции, детские сады, логопедические пункты при школах и другие организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z61" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) специальные коррекционные организации - организации для детей с ограниченными возможностями в развитии: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с нарушениями слуха (неслышащие, слабослышащие, позднооглохшие); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с нарушениями зрения (незрячие, слабовидящие, поздноослепшие); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с нарушениями функции опорно-двигательного аппарата; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с нарушениями речи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с умственной отсталостью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с задержкой психического развития; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с расстройством эмоционально-волевой сферы и поведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      со сложными нарушениями, в том числе со слепоглухотой; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) психологическое обследование - определение особенностей психического состояния и потенциальных возможностей психического развития детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z63" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20) социальное обследование - определение степени социальной недостаточности, которая может быть обусловлена ограничением физической независимости, мобильности, способности заниматься обычной деятельностью, экономической самостоятельности и способности к интеграции в общество с учетом возрастных нормативов для детей соответствующего возраста; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z64" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21) медицинское обследование - определение вида, тяжести нарушения (отсутствия) функции (функций) отдельного органа или организма в целом, обусловливающих ограничение жизнедеятельности детей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z65" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22) педагогическое обследование - определение особенностей интеллектуального развития детей и их потенциальных возможностей к игровой деятельности, получению образования и общению с учетом возрастных нормативов для детей соответствующего возраста; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z66" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23) профессиональная диагностика - определение потенциальных возможностей детей к усвоению и выполнению навыков трудовой деятельности или профессии с учетом имеющегося психического и (или) физического недостатка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z67" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24) индивидуальная программа реабилитации ребенка с ограниченными возможностями - перечень медицинских, психологических, педагогических и социальных мероприятий, направленных на восстановление способности ребенка к бытовой, общественной, профессиональной деятельности в соответствии со структурой его потребностей, кругом интересов, уровнем притязаний с учетом прогнозирования уровня его соматического состояния, психофизической выносливости, социального статуса семьи и возможностей социальной инфраструктуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z68" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25) уполномоченный государственный орган (далее - уполномоченный орган) - центральные исполнительные органы, осуществляющие руководство в области охраны здоровья граждан, образования, социальной защиты населения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 2. Законодательство Республики Казахстан о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Законодательство Республики Казахстан о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативных правовых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, применяются правила международного договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Отношения, связанные с государственной поддержкой детей-сирот, детей с психическими заболеваниями, малообеспеченных семей и иных категорий лиц, нуждающихся в государственной поддержке, регулируются настоящим Законом лишь в той части, в какой это связано с социальной и медико-педагогической коррекционной поддержкой детей с ограниченными возможностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 3. Социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями, ее цели, задачи и принципы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями начинается с рождения ребенка до достижения им совершеннолетнего возраста путем проведения массового комплексного медицинского, психологического, педагогического и социального обследований и профессиональной диагностики, разработки индивидуальной программы реабилитации, оказания медицинских, педагогических, психологических, социальных услуг и трудового обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Целями социальной и медико-педагогической коррекционной поддержки являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) раннее (с рождения) выявление врожденных и наследственных заболеваний, отклонений от нормального развития; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) профилактика отставания и нарушений в развитии детей, предупреждение тяжелых форм инвалидности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) снижение уровня детской инвалидности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) компенсация или восстановление физических, психических и иных способностей детей с ограниченными возможностями, реализация их социальных прав, содействие наиболее полной их социальной адаптации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Задачами социальной и медико-педагогической коррекционной поддержки являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) создание единой государственной системы выявления и учета детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) развитие сети организаций, осуществляющих специальные образовательные и специальные социальные услуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) социальная адаптация детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) социальная поддержка семей, имеющих детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) кадровое, научное и организационно-методическое обеспечение организаций, осуществляющих социальную и медико-педагогическую коррекционную поддержку; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) интеграция деятельности организаций социальной защиты населения, здравоохранения, образования по вопросам социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Социальная и медико-педагогическая коррекционная поддержка основывается на следующих принципах: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) гарантированность оказания социальной поддержки и реабилитационной помощи детям с ограниченными возможностями и их семьям; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сотрудничество семьи, имеющей ребенка с ограниченными возможностями, и специалистов организаций, осуществляющих социальную и медико-педагогическую коррекционную поддержку; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) доступность и равные права детей на раннюю поддержку и образование, независимо от степени ограничения способностей, возраста, социального статуса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) индивидуальность подхода к каждому ребенку и дифференциация оказания социальной и медико-педагогической коррекционной поддержки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Государственное регулирование</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вопросов социальной и медико-педагогической</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>коррекционной поддержки детей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 4. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правительство Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) определяет стандарты социального обслуживания и социального обеспечения в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) по представлению уполномоченного органа в области охраны здоровья граждан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатный гарантированный объем медицинской помощи в сфере социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) определяет порядок разработки, утверждения государственных общеобязательных образовательных стандартов специального дошкольного воспитания и обучения и специального начального, основного среднего, общего среднего образования для детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 5. Компетенция уполномоченного органа в области охраны здоровья граждан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченный орган в области охраны здоровья граждан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) определяет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации скрининга для максимально раннего выявления детей группы "риска" в родовспомогательных учреждениях, детских поликлиниках, учреждениях первичной медико-санитарной помощи и направления выявленных детей группы "риска" и с ограниченными возможностями в психолого-медико-педагогические консультации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) определяет порядок организации диагностики, лечения различных видов патологии детей с физическими и (или) психическими недостатками; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспечивает совместно с уполномоченным органом в области образования подготовку врачей общей практики, педиатров и средних медицинских работников по вопросам раннего выявления детей группы "риска"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) способствует использованию международного опыта по диагностике и лечению детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменением, внесенным Законом РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 6. Компетенция уполномоченного органа в области образования </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+        <w:t>Уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области образования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) устанавливает государственные образовательные стандарты специального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитания и обучения и начального, основного среднего, общего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) определяет единые принципы и нормативы специальных образовательных условий для всех организаций образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) определяет предельную наполняемость специальных классов (групп), где обучаются дети с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) устанавливает перечень типов и видов специальных организаций образования; определяет необходимое количество мест в организациях образования для лиц, нуждающихся в специальном образовании; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) устанавливает обязательные минимальные требования к материально-техническому и учебно-методическому оснащению и обеспечению организаций образования, осуществляющих обучение детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) определяет методики аттестации обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) совместно с уполномоченными органами в области охраны здоровья граждан, социальной защиты разрабатывает и утверждает нормативные требования на технические средства обучения детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) осуществляет координацию деятельности по научно-методическому обеспечению организаций образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) осуществляет государственный контроль за исполнением законодательства Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативных правовых актов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области специального образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) (исключен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) осуществляет иные полномочия, предусмотренные настоящим Законом, иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 7. Компетенция уполномоченного органа в области социальной защиты населения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченный орган в области социальной защиты: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) (исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
-          <w:i w:val="false"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) определяет функции и характер деятельности социальных работников, устанавливает перечень специальностей и квалификационные требования к ним, оказывает методическую помощь социальным работникам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) разрабатывает социальные нормативы, виды и формы предоставления специальных социальных услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) (исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
-          <w:i w:val="false"/>
-[...1393 lines deleted...]
-        <w:t>, заңдарымен және Қазақстан Республикасы Президентінің актілерімен жүктелген өзге де функцияларды орындайды.</w:t>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) разрабатывает стандарты социального обслуживания, порядок бесплатного социального обслуживания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) исключен Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) осуществляет иные полномочия, предусмотренные настоящим Законом, иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2007.07.27 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз), 2011.07.05 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 05.07.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 31-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-бап. Азаматтардың денсаулығын сақтау саласындағы уәкiлеттi органның құзыретi </w:t>
+        <w:t xml:space="preserve">Статья 8. Компетенция органов местного государственного управления </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Местные представительные органы области, города республиканского значения, столицы осуществляют в соответствии с  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан полномочия по обеспечению прав и законных интересов граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Местные исполнительные органы области (города республиканского значения, столицы): </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Азаматтардың денсаулығын сақтау саласындағы уәкiлеттi орган:</w:t>
-[...129 lines deleted...]
-        <w:t>, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      1) разрабатывают положение об отделении социальной помощи на дому детям с ограниченными возможностями из числа инвалидов, создают отделения социальной помощи на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляют материально-техническое обеспечение государственных организаций, занятых вопросами социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями;       </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организуют скрининг в учреждениях первичной медико-санитарной помощи, детских поликлиниках, родовспомогательных учреждениях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) обеспечивают с согласия родителей и иных законных представителей направление выявленных в результате скрининга детей группы "риска" в психолого-медико-педагогические консультации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) организуют обучение детей с ограниченными возможностями в специальных организациях образования и создают условия для их обучения в других организациях образования; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 2011.07.05 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">      6) (исключен) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...426 lines deleted...]
-        <w:t>, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) планируют и организуют переподготовку, повышение квалификации и аттестацию кадров, работающих в специальных организациях образования и в сфере выявления, учета и коррекции психических и (или) физических недостатков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) координируют деятельность по организации и оказанию социальной помощи по уходу за детьми с тяжелыми недостатками; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) обеспечивают реализацию прав на гарантированное медицинское обслуживание и бесплатное образование с соблюдением общегосударственных стандартов, а также получение социальной помощи и специальных социальных услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) обеспечивают защиту прав и консультативную помощь семьям, воспитывающим детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) содействуют в трудоустройстве детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Решением акима области, города республиканского значения, столицы создаются психолого-медико-педагогические консультации в городах республиканского и областного значения, столице на шестьдесят тысяч детского населения; реабилитационные центры – в городах республиканского и областного значения, столице; кабинеты психолого-педагогической коррекции – в городах республиканского и областного значения, столице, а также в районных центрах.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, (01.01.2005 бастап қолданысқа енгiзiледi), 2007.07.27 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 05.07.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 03.07.2013 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 3. Деятельность по оказанию социальной и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...301 lines deleted...]
-        <w:t>, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        </w:rPr>
+        <w:t>медико-педагогической коррекционной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поддержки детям с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 9. Организации, оказывающие медицинские, специальные образовательные и специальные социальные услуги детям с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Медицинские услуги осуществляют: организации охраны материнства и детства, организации первичной медико-санитарной помощи, консультативно-диагностические поликлиники, медицинские реабилитационные центры, независимо от организационно-правовых форм. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z14" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. К медицинским услугам относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) массовое стандартизированное обследование детей раннего возраста с целью выявления детей группы "риска" (скрининг); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) углубленная диагностика врожденной, наследственной и приобретенной патологии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) медицинская коррекция и реабилитация детей с отклонениями в психофизическом развитии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) иные услуги, оказываемые в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Специальные образовательные услуги для детей с ограниченными возможностями оказывают специальные организации: психолого-медико-педагогические консультации, кабинеты психолого-педагогической коррекции, реабилитационные центры, логопедические пункты, детские сады и другие специальные коррекционные организации в порядке, установленном законодательством Республики Казахстан об образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z10" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. К специальным образовательным услугам относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) углубленное и комплексное обследование детей с целью выявления особенностей их интеллектуального развития и определения их возможностей для выбора вида и формы обучения и воспитания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) психолого-педагогическая коррекция, обучение и воспитание детей раннего, дошкольного и школьного возраста с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) трудовое воспитание, профессиональная диагностика; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) техническое и профессиональное, послесреднее, высшее образование; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) иные услуги, оказываемые в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Организациями, оказывающими специальные социальные услуги, являются организации образования, здравоохранения и социальной защиты населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z5" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. К специальным социальным услугам относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) оказание социальной помощи в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан в области социальной защиты инвалидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) предоставление услуг по протезированию и обеспечению протезно-ортопедическими изделиями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспечение специальными техническими и компенсаторными средствами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) оказание консультативной помощи семьям, воспитывающим детей с ограниченными возможностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) предоставление услуг социальных работников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правовой статус социальных работников определяется законодательными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">8-бап. Жергiлiктi мемлекеттiк басқару органдарының құзыретi </w:t>
-[...55 lines deleted...]
-      2. Облыстың (республикалық маңызы бар қаланың, астананың) жергiлiктi атқарушы органдары: </w:t>
+        <w:t xml:space="preserve">Статья 10. Психолого-медико-педагогические консультации </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Психолого-медико-педагогические консультации являются государственными учреждениями, осуществляющими проведение диагностики и психолого-медико-педагогического обследования детей с ограниченными возможностями в целях установления показаний на социальную и медико-педагогическую коррекционную поддержку, определения вида и формы образования, составления индивидуальной программы реабилитации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация деятельности психолого-медико-педагогических консультаций определяется правилами, утверждаемыми уполномоченным органом в области образования по согласованию с уполномоченными органами в области охраны здоровья граждан и в области социальной защиты населения. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) мүгедектер қатарындағы кемтар балаларға үйде әлеуметтiк көмек көрсету бөлiмшесi туралы ережені әзiрлейдi, үйде әлеуметтiк көмек көрсету бөлiмшелерiн құрады;</w:t>
-[...255 lines deleted...]
-      3. Облыс, республикалық маңызы бар қала, астана әкiмiнiң шешiмiмен: алпыс мың балаға арналған психологиялық-медициналық-педагогикалық консультациялар – республикалық және облыстық маңызы бар қалаларда, астанада; оңалту орталықтары – республикалық және облыстық маңызы бар қалаларда, астанада; психологиялық-педагогикалық түзету кабинеттерi республикалық және облыстық маңызы бар қалаларда, астанада, сондай-ақ аудан орталықтарында құрылады.</w:t>
+      2. Психолого-медико-педагогические консультации направляют детей с ограниченными возможностями в специальные коррекционные и другие организации для получения медицинских, специальных образовательных и специальных социальных услуг только с согласия родителей и иных законных представителей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+        <w:t xml:space="preserve">      Сноска. В статью 10 внесены изменения - Законом РК от 20 декабря 2004 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi), 2011.07.05 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">9-бап. Кемтар балаларға медициналық, арнаулы бiлiм беру және арнаулы әлеуметтiк қызметтердi көрсететiн ұйымдар </w:t>
-[...253 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес өзге де қызметтер көрсету жатады. </w:t>
+        <w:t xml:space="preserve">Статья 11. Организация образования детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В соответствии с заключением психолого-медико-педагогических консультаций и индивидуальным планом обучения дети с ограниченными возможностями могут получать дошкольное воспитание и обучение с трехлетнего возраста, начальное и основное среднее образование с семи-десятилетнего возраста. При этом продолжительность начального и основного среднего образования в соответствии с государственными образовательными программами не может быть менее десяти лет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При наличии показаний по заключению психолого-медико-педагогических консультаций воспитание и обучение детей с ограниченными возможностями осуществляется индивидуально и бесплатно на дому. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Дети с ограниченными возможностями имеют право на получение образования в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об образовании. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5. Білім беру, денсаулық сақтау және халықты әлеуметтік қорғау ұйымдары арнаулы әлеуметтік қызметтер көрсететiн ұйымдар болып табылады.</w:t>
-[...165 lines deleted...]
-        <w:t xml:space="preserve"> белгiленедi. </w:t>
+      Государство содействует профессиональной подготовке детей с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Общеобразовательные специальные организации образования создают специальные условия для получения образования детьми, имеющими нарушения опорно-двигательного аппарата, нарушения зрения и (или) слуха, и (или) речи, с использованием жестового языка, азбуки Брайля, других альтернативных шрифтов и методов общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Специальные организации образования привлекают на работу педагогических работников, в том числе инвалидов, владеющих жестовым языком, азбукой Брайля, другими альтернативными шрифтами и методами общения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 2007.07.27 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз); 03.12.2015 </w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 07.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 222-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 433-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2016 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">10-бап. Психологиялық-медициналық-педагогикалық консультациялар </w:t>
-[...53 lines deleted...]
-      2. Психологиялық-медициналық-педагогикалық консультациялар кемтар балаларды арнаулы түзеу ұйымдары мен басқа да ұйымдарға медициналық, арнаулы бiлiм және арнаулы әлеуметтiк қызметтердi алуы үшiн ата-аналарының және өзге де заңды өкiлдерiнiң келiсiмiмен ғана жiбередi. </w:t>
+        <w:t xml:space="preserve">Статья 12. Государственная статистическая отчетность </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 12 исключена Законом РК от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 13. Финансирование социальной и медико-педагогической коррекционной поддержки </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Финансирование социальной и медико-педагогической коррекционной поддержки осуществляется за счет бюджетных средств, а также иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді - ҚР 2004.12.20 </w:t>
+        <w:t xml:space="preserve">      Сноска. В статью 13 внесены изменения - Законом РК от 20 декабря 2004 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-бап. Кемтар балаларға бiлiм берудi ұйымдастыру </w:t>
-[...131 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+        <w:t xml:space="preserve">Статья 14. Трудовая подготовка и профессиональное образование детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Дети с ограниченными возможностями могут получать профессиональное образование в соответствии с законодательными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Трудовая подготовка детей с ограниченными возможностями проводится в семье, в специальных организациях образования. Для определения возможностей и характера будущей профессиональной деятельности детей с ограниченными возможностями проводится профессиональная диагностика в профессионально-консультативных центрах, специальных организациях образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Техническое и профессиональное образование детей с ограниченными возможностями осуществляется в специальных организациях образования, специальных коррекционных организациях. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2007.07.27 </w:t>
+        <w:t xml:space="preserve">      Сноска. В статью 14 внесены изменения - Законом РК от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.); Законом РК   от 27 июля 2007 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 4. Права детей с ограниченными возможностями, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...47 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>права и обязанности их родителей и иных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>законных представителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">13-бап. Әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау iсiн қаржыландыру </w:t>
-[...17 lines deleted...]
-      Әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау iсiн қаржыландыру бюджет қаражаты есебiнен, сондай-ақ Қазақстан Республикасының заңдарында тыйым салынбаған өзге де көздерден жүзеге асырылады. </w:t>
+        <w:t xml:space="preserve">Статья 15. Права детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Дети с ограниченными возможностями имеют право на: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) гарантированное бесплатное получение социальной и медико-педагогической коррекционной поддержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) бесплатное обследование в государственных медицинских организациях, психолого-медико-педагогических консультациях или отделах медико-социальной экспертизы и бесплатную медицинскую помощь в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) бесплатную медико-психолого-педагогическую коррекцию физической или психической недостаточности с момента обнаружения, независимо от степени ее выраженности, в соответствии с заключением психолого-медико-педагогической консультации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) бесплатное обеспечение по медицинским показаниям протезно-ортопедическими изделиями и обувью, печатными изданиями со специальным шрифтом, звукоусиливающей аппаратурой и сигнализаторами, компенсаторными техническими средствами в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) получение бесплатного предшкольного и общего среднего образования в специальных организациях образования или государственных общеобразовательных учебных заведениях в соответствии с заключением психолого-медико-педагогических консультаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) бесплатное, на конкурсной основе, техническое и профессиональное, послесреднее, высшее образование в государственных учебных заведениях в пределах государственных образовательных программ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) трудоустройство по окончании обучения в соответствии с полученным образованием и (или) профессиональной подготовкой в порядке, определяемом законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При участии в конкурсе на получение бесплатного государственного образования через бюджетное финансирование, образовательных грантов в случае одинаковых показателей преимущественное право имеют инвалиды I и II групп, инвалиды с детства, которым согласно заключению отделов медико-социальной экспертизы не противопоказано обучение в соответствующих организациях образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Дети с ограниченными возможностями из числа сирот и оставшихся без попечения родителей, находящиеся на полном государственном обеспечении, после окончания пребывания в специальных организациях образования и достижения совершеннолетия обеспечиваются жильем местными исполнительными органами в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 2004.12.20 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi) Заңымен. </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными Законом РК   от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">14-бап. Кемтар балаларды еңбекке даярлау және оларға кәсiби бiлiм беру </w:t>
-[...73 lines deleted...]
-      3. Кемтар балаларға техникалық және кәсіптік білім беру арнаулы білім беру ұйымдарында, арнаулы түзеу ұйымдарында жүзеге асырылады. </w:t>
+        <w:t xml:space="preserve">Статья 16. Права родителей и иных законных представителей детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Родители и иные законные представители детей с ограниченными возможностями имеют право: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) присутствовать при освидетельствовании ребенка в психолого-медико-педагогической консультации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) получать достоверную информацию о результатах обследования ребенка, целях и результатах индивидуальной социальной и медико-педагогической коррекционной поддержки, консультироваться в органах и организациях, занимающихся оказанием медицинских, специальных образовательных и специальных социальных услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на получение их детьми установленной законодательством Республики Казахстан социальной и медико-педагогической коррекционной поддержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) на возмещение затрат на обучение на дому детей с ограниченными возможностями из числа инвалидов по индивидуальному учебному плану в порядке и размерах, определяемых по решению местных представительных органов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-бапқа өзгеріс енгізілді - ҚР 2004.12.20 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен. </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">15-бап. Кемтар балалардың құқықтары </w:t>
-[...323 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Статья 17. Обязанности родителей и иных законных представителей детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Родители и иные законные представители детей с ограниченными возможностями, помимо обязанностей, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, должны обеспечивать своим детям содержание, воспитание, образование, медицинский осмотр, лечение, осуществлять уход за ними, защищать их права и интересы, участвовать в реализации индивидуальной программы реабилитации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Родители и иные законные представители детей с ограниченными возможностями за уклонение от выполнения обязанностей по уходу и воспитанию детей, жестокое обращение с ними, нанесение вреда их здоровью несут ответственность, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>установленную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">16-бап. Кемтар балалардың ата-аналары мен өзге де заңды өкілдерiнiң құқықтары </w:t>
-[...151 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Статья 18. Ответственность за нарушение законодательства Республики Казахстан в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лица, виновные в нарушении законодательства Республики Казахстан в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями, несут ответственность, установленную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...213 lines deleted...]
-      Осы Заң 2003 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi.</w:t>
+        <w:t>Статья 19. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Настоящий Закон вводится в действие с 1 января 2003 года. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9525"/>
-        <w:gridCol w:w="2775"/>
+        <w:gridCol w:w="9428"/>
+        <w:gridCol w:w="2872"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcW w:w="9428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+Президент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президентi</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:tcW w:w="2872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5905,51 +5963,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>