--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,712 +1,986 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003D1A33" w:rsidRDefault="00FE704A" w:rsidP="00E27FA2">
+    <w:p w:rsidR="00E27FA2" w:rsidRDefault="004615AD" w:rsidP="00E27FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E27FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27FA2" w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рамках празднования 70-ой годовщины Победы в ВОВ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D1A33" w:rsidRDefault="003D1A33" w:rsidP="00E27FA2">
+    <w:p w:rsidR="00E27FA2" w:rsidRPr="00E27FA2" w:rsidRDefault="00E27FA2" w:rsidP="00E27FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ СОШ</w:t>
+      </w:r>
+      <w:r w:rsidR="004615AD" w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошло мероприятие, которое стало уже </w:t>
+      </w:r>
+      <w:r w:rsidR="004615AD" w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доброй традицией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>это</w:t>
+      </w:r>
+      <w:r w:rsidR="004615AD" w:rsidRPr="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> встречи с интересными людьми.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003D1A33" w:rsidRDefault="003D1A33" w:rsidP="00E27FA2">
+    <w:p w:rsidR="00E27FA2" w:rsidRDefault="004615AD" w:rsidP="00E27FA2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27 января учащимся </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>посчастливилось общаться с замечательным человеком, педагогом, знаменитым коллекционером  Наумом Григорьевичем Шафером.  На встреч</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е также присутствовала директор дома-музея Шафера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Корешкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Татьяна Сергеевна. Ребята узнали, что Нами Гитин - это творческий псевдоним Наума Григорьевича.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FE704A" w:rsidRDefault="00FE704A" w:rsidP="00E27FA2">
+    <w:p w:rsidR="00E27FA2" w:rsidRDefault="00E27FA2" w:rsidP="00E27FA2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Отан соғысының </w:t>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2981325" cy="2276475"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\1\Desktop\шафер\20150127_143433.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\шафер\20150127_143433.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2984072" cy="2278572"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004615AD" w:rsidRDefault="004615AD" w:rsidP="00E27FA2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гости рассказали о том, как собиралась фонотека, какой кропотливой, но полезной работой они занимаются, с какими интересными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t>іні</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>людьми они встречаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рассказали о том, что в этом году  И. Дунаевскому исполняется 115 лет. В ответ учащиеся исполнили песню И. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ң 70-жылдығын тойлау мерекесінің қарсаңында </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дунаевского, танцевали </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> под «Вечерний вальс»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нами Гитина, читали стихи Шаферу. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наум Григорьевич побывал в нашей школьной библиотеке и обещал подарить книгу из своей коллекции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE704A" w:rsidRDefault="00455575" w:rsidP="00E27FA2">
+    <w:p w:rsidR="00E27FA2" w:rsidRPr="004615AD" w:rsidRDefault="00E27FA2" w:rsidP="00E27FA2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2581275" cy="2457450"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\1\Desktop\шафер\20150127_141407.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Desktop\шафер\20150127_141407.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2583653" cy="2459714"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00024D0C">
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3152775" cy="2454996"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\1\Desktop\шафер\20150127_140507.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\1\Desktop\шафер\20150127_140507.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3157253" cy="2458483"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004615AD" w:rsidRDefault="004615AD" w:rsidP="00E27FA2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Затем 30 января в Доме-музее Шафера  проходил юбилейный вечер И.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE704A">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">салтымызға айналған шара ұйымдастрылды -  </w:t>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дунаевского,  куда были приглашены и наши ученики. Они исполнили на этом вечере песню И. Дунаевского «Веселый ветер», много интересного узнали о жизни и творчестве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И. Дунаевского, слушали его песни. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По словам Н. Г. Шафера «Глядя на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">этих девчонок и мальчишек, можно с уверенностью сказать, что музыка Дунаевского всегда будет жить, что она всегда будет актуальной». Наум Григорьевич подарил нашей школьной библиотеке одну из книг И. Дунаевского «Если вам нужны мои письма», вышедшего совсем недавно тиражом всего в 250 экземпляров. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE704A" w:rsidRDefault="00FE704A" w:rsidP="00E27FA2">
+    <w:p w:rsidR="00E27FA2" w:rsidRDefault="00E27FA2" w:rsidP="00E27FA2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...187 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C22B78D" wp14:editId="2AE86295">
             <wp:extent cx="4371975" cy="2867025"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="11" name="Рисунок 1" descr="C:\Users\1\Desktop\шафер\20150130_185709.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\1\Desktop\шафер\20150130_185709.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Desktop\шафер\20150130_185709.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4376004" cy="2869667"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="003D1A33">
+    </w:p>
+    <w:p w:rsidR="00E27FA2" w:rsidRDefault="004615AD" w:rsidP="00E27FA2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждую пятницу в доме-музее проводятся творческие вечера, которыми  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заинтересовались </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родители наших учеников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E27FA2" w:rsidRDefault="00E27FA2" w:rsidP="00E27FA2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2581275" cy="2457450"/>
+            <wp:extent cx="3228975" cy="2628900"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="9" name="Рисунок 3" descr="C:\Users\1\Desktop\шафер\20150127_141407.jpg"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\1\Desktop\шафер\20150127_145347.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Desktop\шафер\20150127_141407.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\1\Desktop\шафер\20150127_145347.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2583653" cy="2459714"/>
+                      <a:ext cx="3231950" cy="2631322"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2981325" cy="2276475"/>
-[...1 lines deleted...]
-            <wp:docPr id="10" name="Рисунок 2" descr="C:\Users\1\Desktop\шафер\20150127_143433.jpg"/>
+            <wp:extent cx="3219450" cy="2626496"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\1\Desktop\шафер\20150127_150659.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\шафер\20150127_143433.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\1\Desktop\шафер\20150127_150659.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2984072" cy="2278572"/>
+                      <a:ext cx="3223990" cy="2630200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008612B9" w:rsidRPr="006B3F37" w:rsidSect="000C5DBD">
+    <w:p w:rsidR="004615AD" w:rsidRDefault="004615AD" w:rsidP="00E27FA2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004615AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E27FA2" w:rsidRPr="004615AD" w:rsidRDefault="00E27FA2" w:rsidP="00E27FA2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор школы:                                </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008612B9" w:rsidRPr="004615AD" w:rsidRDefault="008612B9" w:rsidP="004615AD">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008612B9" w:rsidRPr="004615AD" w:rsidSect="000C5DBD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="850" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC34C7"/>
-    <w:rsid w:val="000107C6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00455575"/>
     <w:rsid w:val="004615AD"/>
-    <w:rsid w:val="00553A57"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008074F2"/>
     <w:rsid w:val="008612B9"/>
-    <w:rsid w:val="009A5ADE"/>
-    <w:rsid w:val="00CB20C9"/>
     <w:rsid w:val="00CC34C7"/>
-    <w:rsid w:val="00D424FF"/>
-    <w:rsid w:val="00E15CB5"/>
     <w:rsid w:val="00E27FA2"/>
-    <w:rsid w:val="00F5549A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE704A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -820,64 +1094,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F5549A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E27FA2"/>
     <w:pPr>
@@ -1104,59 +1376,59 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E27FA2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1405,70 +1677,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>144</Words>
-  <Characters>825</Characters>
+  <Words>251</Words>
+  <Characters>1434</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>968</CharactersWithSpaces>
+  <CharactersWithSpaces>1682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>