--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,5914 +1,3058 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Педагог қызметкерлердіің </w:t>
+        <w:t>Квалификационное тестирование педагогических работников (КТПР)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 2010 года для обеспечения процедуры аттестации педагогических работников проводится квалификационное тестирование педагогических работников (КТПР), которое является инструментом внешней оценки качества образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационное тестирование – один из обязательных этапов при досрочной аттестации педагогических работников, который проводится для определения уровня профессиональной компетентности по тестам, разработанным Национальным центром тестирования Министерства образования и науки Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с Правилами проведения и условий аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00431DBD">
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>біліктілігін</w:t>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00431DBD">
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> образования, утвержденных приказом МОН РК № 323 от 07.08.2013 г., тестирование проводится с 15 октября по 15 декабря в соответствии с графиками, утвержденными управлениями образования областей, городов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Астаны и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00431DBD">
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тестілеу</w:t>
+        <w:t>Алматы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00431DBD">
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-          <w:kern w:val="36"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>П</w:t>
-[...7 lines deleted...]
-          <w:kern w:val="36"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚБТ)</w:t>
-[...1296 lines deleted...]
-        <w:t xml:space="preserve"> өткізіледі: </w:t>
+        <w:t xml:space="preserve">Квалификационное тестирование педагогических работников проводится в форме компьютерного тестирования, проверка знаний осуществляется по следующим областям знаний (блокам): «Знание законодательства РК», «Основы педагогики и психологии», «Основы предметных знаний»: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9075" w:type="dxa"/>
+        <w:tblW w:w="9000" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="449"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1575"/>
+        <w:gridCol w:w="495"/>
+        <w:gridCol w:w="3384"/>
+        <w:gridCol w:w="3382"/>
+        <w:gridCol w:w="645"/>
+        <w:gridCol w:w="1094"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidTr="00431DBD">
+      <w:tr w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidTr="00843E13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="495" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>/с</w:t>
+              <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00843E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2745" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Тестілеу</w:t>
+              <w:t>Блоки тестирования</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Тесттегі</w:t>
+              <w:t xml:space="preserve">Количество заданий </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:br/>
+              <w:t>в тесте</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcW w:w="1740" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Шектік</w:t>
+              <w:t>Пороговый уровень</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidTr="00431DBD">
+      <w:tr w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidTr="00843E13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>%-</w:t>
+              <w:t>в %</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>балмен</w:t>
+              <w:t>в баллах</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidTr="00431DBD">
+      <w:tr w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidTr="00843E13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2745" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00843E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Знание законодательства РК </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidTr="00431DBD">
+      <w:tr w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidTr="00843E13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2745" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00843E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Основы педагогики и психологии </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">50% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidTr="00431DBD">
+      <w:tr w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidTr="00843E13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2745" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00843E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Основы предметных знаний </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">70% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidTr="00431DBD">
+      <w:tr w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidTr="00843E13">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Барлығы</w:t>
+              <w:t>Всего в тесте</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
-            <w:r w:rsidRPr="00431DBD">
+            <w:r w:rsidRPr="00843E13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">Блок «Знание законодательства РК» проверяет педагогических работников на знание Конституции РК, законов РК «Об образовании», «О правах ребенка», Трудовой кодекс РК. Блок «Основы педагогики и психологии» включает задания по теории и методике воспитания, дидактике, управлению и организации учебного процесса, общую и педагогическую психологию. Блок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">«Основы предметных знаний» охватывает весь объем учебной программы по преподаваемому предмету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңнамасын </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>білу</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">Общее время тестирования составляет - 120 минут, для педагогических работников, сдающих предметный тест по математике, физике, химии, составляет - 135 минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>блогы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">Педагогические работники, показавшие отрицательные результаты тестирования или отсутствовавшие по уважительным причинам, проходят повторное тестирование в срок не позднее двух месяцев после первого тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> педагог қызметкердің ҚР </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ата</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">Уважительными причинами являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңы, ҚР «</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Білім</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">1) потеря трудоспособности на длительное время (не более двух месяцев); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>туралы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">2) нахождение в отпуске по беременности и родам, уходу за ребенком; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">», «Бала құқықтары </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>туралы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">3) нахождение в командировке по специальности за рубежом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">» Заңдары, ҚР Еңбек </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="SUB2500"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00843E13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>кодексі</w:t>
-[...1204 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t xml:space="preserve">Педагогические работники, получившие при повторном тестировании отрицательный результат, не допускаются ко второму этапу аттестации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5644A" w:rsidRPr="00E5644A" w:rsidRDefault="00E5644A" w:rsidP="00E5644A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Технологическая инструкция по организации и проведению квалификационного тестирования педагогических работников </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00843E13" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc195436676"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функции </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аттестационной комиссии </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>Этап формирования БД «Педагогический работник»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...166 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация и проведение информационно-разъяснительной работы среди педагогических работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прием заявлений от педагогических работников, желающих пройти досрочную аттестацию на  квалификационное тестирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация доставки заявлений педагогических работников на тестирование в РОО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получение в РОО (ГОО) пропусков и журнала регистрации педагогических работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация выдачи пропусков педагогическим работникам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация внесения изменения в данных педагогических работников в случае обнаружения ошибок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доведение до сведения педагогических работников места, даты и времени тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Этап подготовки к проведению тестирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1500"/>
           <w:tab w:val="num" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="702"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагог қызметкерлердің </w:t>
-[...44 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>обеспечение явки педагогических работников на тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>Этап проведения тестирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1500"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="702"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...85 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получение в филиале протокола результатов тестирования педагогических работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1500"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="702"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...103 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доведение до педагогических работников результатов тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc69460087"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc69460112"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...86 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила поведения педагогически работников во время тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>Во время тестирования выходить из компьютерного класса запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бір компьютердегі орнынан екінші компьютер тұрған орынға ауысуға, сөйлесуге, көшіруге, шпаргалка, анықтамалық әдебиеттерді, мобильді байланыс құралдарын пайдалануға тыйым салынады. Бұл ережелерді бұзған жағдайда педагог қызметкер тестілеуден шығарылады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>Нельзя пересаживаться с одного компьютера на другой, переговариваться, списывать, заносить и использовать  шпаргалки, справочную литературу, мобильные средства связи.  При нарушении этих правил педагогический работник удаляется с тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Педагог қызметкер тәртіп сақтайды және білім беру ұйымының жауапты тұлғасының түсіндірулерін мұқият тыңдайды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>Педагогический работник ведет себя дисциплинированно и внимательно слушает объяснения ответственного организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тестілеу аяқталғаннан кейін педагог қызметкер өз жауаптарын жеке жауап картасымен салыстыра алады.</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">После окончания тестирования педагогический работник может сверить свои ответы с индивидуальной картой ответов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок выполнения работ с АРМ «Тестируемый»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">бағдарлама ашылғаннан кейін педагог қызметкер тізімнен өзінің атын, тегін, әкесінің атын белгілейді; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>запускается программа и выбирается из списка фамилия, имя, отчество педагогического работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту! </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00431DBD">
+        <w:t xml:space="preserve">Внимание! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Педагог қызметкер «Пәндік білім негіздері» бойынша таңдаған пәнін және тестілеу тапсыру тілін тексеруі тиіс. Егер бұл мәліметтер бойынша қате кеткен жағдайда «Бас компьютер» АЖО арқылы өзгеріс енгізіледі және Тестіленушілер тізімі «Тестіленуші» АЖО-ға қайта қабылданады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>Педагогический работник должен проверить выбираемый предмет «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>Основы предметных знаний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» и язык сдачи тестирования. При несоответствии данных нужно изменить данные в АРМ «Головной компьютер» и АРМ «Тестируемый» заново принимает список тестируемых!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту!! </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>Внимание!! После нажатия «Начать тестирование» изменение регистрационных данных невозможно!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нажимается кнопка «Начать тестирование». В появившемся окне вводится пароль, который указан на пропуске. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        </w:rPr>
+        <w:t>Внимание!!!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пароль для каждого тестируемого индивидуальный!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вводится код тестирования общий для всех участников, записанный на доске </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:ind w:left="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>если пароль и код тестирования верный, откроется форма тестирования. Форма тестирования содержит следующие данные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тестіленушінің аты-жөні, тегі, әкесінің аты;</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:t>ФИО тестируемого;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тестінің аяқталуына қалған уақыт;</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оставшиеся время тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тест пәндерінің атауы жазылған өзгермелі меню;</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:t>Выпадающее меню с названием предметов тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Жауап нұсқалары бар тест тапсырмалары;</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:t>Тестовые задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Тестілеуді аяқтау» тетігі</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:t>Кнопка «Завершить тестирование»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Кнопка «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Комментарий</w:t>
       </w:r>
-      <w:r w:rsidRPr="00431DBD">
+      <w:r w:rsidRPr="00E5644A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>» тетігі.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тестирование по программе начинается по умолчанию с предмета «Основы законодательства», с первого вопроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для выбора ответа на задание необходимо нажать левой кнопкой мыши на вариант ответа или на букву варианта ответа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программа позволяет переходить на любой предмет и на любой вопрос, оставляя </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предыдущие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в конце программа выделяет отмеченные варианты ответа на линейке «Отмеченные тестовые задания»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для завершения тестирования нужно нажать на «Завершить тестирование». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Внимание!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+        </w:rPr>
+        <w:t xml:space="preserve">Если время тестирование вышло, то тестирование завершается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>автоматический</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ри нажатии кнопки «Комментарий» в верхней части формы тестирования появиться панель для внесения комментариев к тестовому заданию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidRDefault="00431DBD" w:rsidP="00431DBD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комментарий к тестовому заданию дается для совершенствования базы тестовых заданий и не учитывается на результате тестирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843E13" w:rsidRPr="00E5644A" w:rsidRDefault="00843E13" w:rsidP="00E5644A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>после завершения тестирования на экране появится карта ответов с отмеченными заданиями, текстами заданий и выбранными вариантами ответа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00634EFB" w:rsidRPr="00E5644A" w:rsidRDefault="00634EFB" w:rsidP="00E5644A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-    <w:sectPr w:rsidR="00431DBD" w:rsidRPr="00431DBD" w:rsidSect="00634EFB">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00634EFB" w:rsidRPr="00E5644A" w:rsidSect="00634EFB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000003F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6097,156 +3241,66 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6540"/>
         </w:tabs>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7260"/>
         </w:tabs>
         <w:ind w:left="7260" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="15D96A94"/>
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="239830A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F5A4380"/>
     <w:lvl w:ilvl="0" w:tplc="7472C3FC">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3621" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -6275,51 +3329,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="6C635777"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FEE7D9E"/>
     <w:lvl w:ilvl="0" w:tplc="4BC8BF6C">
       <w:start w:val="39"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6388,51 +3442,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="6F380E6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="438A5EF0"/>
     <w:lvl w:ilvl="0" w:tplc="38C68566">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1500"/>
         </w:tabs>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6504,167 +3558,259 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6540"/>
         </w:tabs>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7260"/>
         </w:tabs>
         <w:ind w:left="7260" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="73184383"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EAC07D0C"/>
+    <w:lvl w:ilvl="0" w:tplc="BBC4EDEC">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3621" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00431DBD"/>
+    <w:rsidRoot w:val="00843E13"/>
     <w:rsid w:val="00007A92"/>
     <w:rsid w:val="00024B6B"/>
     <w:rsid w:val="00064C91"/>
     <w:rsid w:val="000910B9"/>
     <w:rsid w:val="000E05B0"/>
     <w:rsid w:val="000E24D7"/>
     <w:rsid w:val="001002A4"/>
     <w:rsid w:val="001365CC"/>
     <w:rsid w:val="001A774D"/>
     <w:rsid w:val="001E3D25"/>
     <w:rsid w:val="001E409A"/>
     <w:rsid w:val="00252B85"/>
     <w:rsid w:val="0026325E"/>
     <w:rsid w:val="002705CE"/>
     <w:rsid w:val="00285979"/>
     <w:rsid w:val="002D41CA"/>
     <w:rsid w:val="00321C45"/>
     <w:rsid w:val="0034773C"/>
     <w:rsid w:val="00351517"/>
     <w:rsid w:val="00381084"/>
     <w:rsid w:val="00390906"/>
     <w:rsid w:val="00394547"/>
     <w:rsid w:val="00394BF6"/>
     <w:rsid w:val="00412E94"/>
     <w:rsid w:val="004227FC"/>
-    <w:rsid w:val="00431DBD"/>
     <w:rsid w:val="00432DB2"/>
     <w:rsid w:val="00504469"/>
     <w:rsid w:val="00595DF3"/>
     <w:rsid w:val="005A5275"/>
     <w:rsid w:val="005C65F7"/>
     <w:rsid w:val="005D1EC9"/>
     <w:rsid w:val="005F3FB9"/>
     <w:rsid w:val="00606C33"/>
     <w:rsid w:val="00613116"/>
     <w:rsid w:val="0062329F"/>
     <w:rsid w:val="0063307E"/>
     <w:rsid w:val="00634EFB"/>
     <w:rsid w:val="006528DE"/>
     <w:rsid w:val="00687D3B"/>
     <w:rsid w:val="006903FE"/>
     <w:rsid w:val="006E57C5"/>
     <w:rsid w:val="007673B7"/>
     <w:rsid w:val="00767A82"/>
     <w:rsid w:val="00775D9F"/>
     <w:rsid w:val="00777691"/>
     <w:rsid w:val="007A2A42"/>
     <w:rsid w:val="007B0393"/>
     <w:rsid w:val="007B152E"/>
     <w:rsid w:val="00816033"/>
+    <w:rsid w:val="00843E13"/>
     <w:rsid w:val="008B1943"/>
     <w:rsid w:val="008C710C"/>
     <w:rsid w:val="008D3451"/>
     <w:rsid w:val="00922152"/>
     <w:rsid w:val="00960C35"/>
     <w:rsid w:val="00995CB7"/>
     <w:rsid w:val="009A72E3"/>
     <w:rsid w:val="009E3945"/>
     <w:rsid w:val="009F147D"/>
     <w:rsid w:val="00A324F3"/>
     <w:rsid w:val="00A46B95"/>
     <w:rsid w:val="00A6030D"/>
     <w:rsid w:val="00A82F12"/>
     <w:rsid w:val="00B33494"/>
     <w:rsid w:val="00B33A38"/>
     <w:rsid w:val="00B716B4"/>
     <w:rsid w:val="00B75FAF"/>
     <w:rsid w:val="00BC1BAA"/>
     <w:rsid w:val="00BC335A"/>
     <w:rsid w:val="00BD0452"/>
     <w:rsid w:val="00C053C5"/>
     <w:rsid w:val="00C40B01"/>
     <w:rsid w:val="00C61EC8"/>
     <w:rsid w:val="00C8799F"/>
     <w:rsid w:val="00CB11A8"/>
     <w:rsid w:val="00CB2392"/>
     <w:rsid w:val="00CE3A6A"/>
     <w:rsid w:val="00CF5A5B"/>
     <w:rsid w:val="00D2547E"/>
     <w:rsid w:val="00D429C9"/>
     <w:rsid w:val="00D46F47"/>
     <w:rsid w:val="00D5125C"/>
     <w:rsid w:val="00D62831"/>
     <w:rsid w:val="00D650C4"/>
     <w:rsid w:val="00DD4641"/>
     <w:rsid w:val="00DE28A2"/>
     <w:rsid w:val="00E03D20"/>
+    <w:rsid w:val="00E5644A"/>
     <w:rsid w:val="00E61705"/>
     <w:rsid w:val="00F222F1"/>
     <w:rsid w:val="00F37139"/>
     <w:rsid w:val="00F879AE"/>
     <w:rsid w:val="00FA37F9"/>
     <w:rsid w:val="00FC65CB"/>
     <w:rsid w:val="00FE4BDA"/>
     <w:rsid w:val="00FF7664"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -6824,183 +3970,183 @@
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00634EFB"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00431DBD"/>
+    <w:rsid w:val="00843E13"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00431DBD"/>
+    <w:rsid w:val="00843E13"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00431DBD"/>
+    <w:rsid w:val="00843E13"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Основной текст 31"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00843E13"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:semiHidden/>
-    <w:rsid w:val="00431DBD"/>
+    <w:rsid w:val="00843E13"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:semiHidden/>
-    <w:rsid w:val="00431DBD"/>
+    <w:rsid w:val="00843E13"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...16 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1231161508">
+    <w:div w:id="1390348650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -7266,54 +4412,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>947</Words>
-  <Characters>5400</Characters>
+  <Words>977</Words>
+  <Characters>5571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6335</CharactersWithSpaces>
+  <CharactersWithSpaces>6535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>