--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,677 +1,1684 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00636DAD" w:rsidRPr="006B27DF" w:rsidRDefault="006B27DF" w:rsidP="006B27DF">
-      <w:pPr>
+    <w:p w:rsidR="005604BA" w:rsidRPr="004C7E08" w:rsidRDefault="004C7E08" w:rsidP="004C7E08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B27DF">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Объявление</w:t>
-      </w:r>
+        <w:t>Хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006B27DF" w:rsidRPr="007C193E" w:rsidRDefault="006B27DF" w:rsidP="006B27DF">
+    <w:p w:rsidR="005604BA" w:rsidRDefault="005604BA" w:rsidP="001F1FE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...121 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0004792D" w:rsidRDefault="007C193E" w:rsidP="006B27DF">
+    <w:p w:rsidR="00297237" w:rsidRPr="00297237" w:rsidRDefault="00297237" w:rsidP="00297237">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаласының білім беру бөлімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ММ (бұдан ә</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C193E">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>      2) копия справки о государственной регистрации (перерегистрации) юридического лица с присвоенным бизнес-</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – білім беру бөлімі) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E932FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жекеменшік мектепке дейінгі ұйымдарында </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаңа </w:t>
+      </w:r>
+      <w:r w:rsidR="00E932FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынға м</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007C193E">
-[...5 lines deleted...]
-        <w:t>индентификационным</w:t>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емлекеттік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007C193E">
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F5169E" w:rsidRDefault="0004792D" w:rsidP="0004792D">
-[...204 lines deleted...]
-    <w:p w:rsidR="005604BA" w:rsidRDefault="005604BA" w:rsidP="001F1FE7">
+    <w:p w:rsidR="00297237" w:rsidRDefault="00297237" w:rsidP="001F1FE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысу ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шін жекеменшік мектепке дейінгі т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рбие мен о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қыту ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йымдары мынадай </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаттар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынады:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005604BA" w:rsidRDefault="005604BA" w:rsidP="001F1FE7">
-      <w:pPr>
+    <w:p w:rsidR="00297237" w:rsidRPr="00297237" w:rsidRDefault="00297237" w:rsidP="00297237">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="116"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комиссия тө</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атына ерікті нысанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тініш;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005604BA" w:rsidRDefault="005604BA" w:rsidP="001F1FE7">
-      <w:pPr>
+    <w:p w:rsidR="00297237" w:rsidRPr="004C7E08" w:rsidRDefault="005604BA" w:rsidP="00297237">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес с</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йкестендіру н</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өмірі тағ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айындал</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан за</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды т</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң мемлекеттік тіркеу (қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айта тіркеу) туралы аны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамасыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң, жарғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң, банктен қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арызыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жо</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы туралы аны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таманы</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, салы</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органдарынан </w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арызыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жо</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы туралы аны</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таманы</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidR="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шірмесі;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E08" w:rsidRDefault="004C7E08" w:rsidP="001F1FE7">
-      <w:pPr>
+    <w:p w:rsidR="00F038E8" w:rsidRPr="004C7E08" w:rsidRDefault="00196D30" w:rsidP="00297237">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі тәрбие мен оқыту ұйымдары үшін қолданылатын жылжымайтын мүлікке құқ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қты орнатушы құ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаттарды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшірмесі (жекеменшік немесе жалғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005604BA" w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а алу);</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E08" w:rsidRDefault="004C7E08" w:rsidP="001F1FE7">
-      <w:pPr>
+    <w:p w:rsidR="00F038E8" w:rsidRPr="004C7E08" w:rsidRDefault="005604BA" w:rsidP="00297237">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>медициналы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинетке лицензияны</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерін ескере отырып емханамен қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілуіне жасалғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан шартты</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болуыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шірмесі;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E08" w:rsidRDefault="004C7E08" w:rsidP="001F1FE7">
-      <w:pPr>
+    <w:p w:rsidR="00F038E8" w:rsidRPr="00045E61" w:rsidRDefault="005604BA" w:rsidP="00297237">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру органдарыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жолдамасымен мемлекеттік білім бе</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ру тапсырысы бойынша балаларды қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>абылдау ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әне «Білім туралы» Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стан Республикасы 2007 жыл</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы 27 шілдедегі За</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йкес бекітілген ата-аналар т</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>леміні</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарифінен аспайтын мемлекеттік білім беру тапсырысы бойынша баланы к</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіп-ба</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а ата-аналар т</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өлемінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лшерін белгілеу туралы жеткізушіні</w:t>
+      </w:r>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндеттемесі. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жеткізуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттемесіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F038E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00297237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E08" w:rsidRDefault="004C7E08" w:rsidP="001F1FE7">
-      <w:pPr>
+    <w:p w:rsidR="00045E61" w:rsidRDefault="004C205C" w:rsidP="00045E61">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="735"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтінім мен толық құжаттарды </w:t>
+      </w:r>
+      <w:r w:rsidR="00045E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E932FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00045E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдың </w:t>
+      </w:r>
+      <w:r w:rsidR="00E932FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00E932FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20-27 қантар</w:t>
+      </w:r>
+      <w:r w:rsidR="00045E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аралығында Павлодар қаласы, Кривенко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00045E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 25, 405 каб. мекенжайы  бойынша орналасқан білім беру бөліміне тапсыру қажет.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C7E08" w:rsidRDefault="004C7E08" w:rsidP="001F1FE7">
-[...107 lines deleted...]
-    <w:sectPr w:rsidR="005604BA">
+    <w:sectPr w:rsidR="00045E61">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -868,66 +1875,66 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A518B"/>
     <w:rsid w:val="00045E61"/>
     <w:rsid w:val="0004792D"/>
-    <w:rsid w:val="0015640E"/>
     <w:rsid w:val="00196D30"/>
     <w:rsid w:val="001F1FE7"/>
     <w:rsid w:val="00297237"/>
     <w:rsid w:val="002A518B"/>
     <w:rsid w:val="004C205C"/>
     <w:rsid w:val="004C7E08"/>
+    <w:rsid w:val="00517CC0"/>
     <w:rsid w:val="005604BA"/>
     <w:rsid w:val="00636DAD"/>
     <w:rsid w:val="006B27DF"/>
     <w:rsid w:val="00791BAE"/>
     <w:rsid w:val="007C193E"/>
     <w:rsid w:val="008419ED"/>
-    <w:rsid w:val="008F7442"/>
-    <w:rsid w:val="00C30E8C"/>
+    <w:rsid w:val="00AD4B3C"/>
     <w:rsid w:val="00E4326A"/>
+    <w:rsid w:val="00E932FB"/>
     <w:rsid w:val="00F038E8"/>
     <w:rsid w:val="00F5169E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1617,70 +2624,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>262</Words>
-  <Characters>1495</Characters>
+  <Words>224</Words>
+  <Characters>1280</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1754</CharactersWithSpaces>
+  <CharactersWithSpaces>1501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>