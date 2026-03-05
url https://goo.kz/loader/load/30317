--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,8667 +1,7057 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009213C6" w:rsidRPr="009213C6" w:rsidRDefault="009213C6" w:rsidP="009213C6">
+    <w:p w:rsidR="000536AF" w:rsidRPr="006048C0" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отчет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="006048C0" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006048C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о реализации Государственной программы развития образования Республики Казахстан за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006048C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="006048C0" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результативность и эффективность деятельности системы образования за отчетный период определяется  степенью достижения  плановых показателей Государственной программы, в рамках реализации которой совершенствовались  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="en-US"/>
-[...62 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRPr="00716CD9" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>содержание деятельности и инфраструктура образования города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приоритетными  направлениями  в системе образования города в 2015 году   были:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:pStyle w:val="Style2"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle12"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
         <w:rPr>
           <w:rStyle w:val="FontStyle12"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRPr="00716CD9" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        </w:rPr>
+        <w:t>создание эффективной системы образования, обеспечивающей формирование компетентной, конкурентоспособной личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:pStyle w:val="Style2"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle12"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание условий для реализации основных направлений Государственной программы развития образования на 2011-20120 годы,  перехода на   12-летнее обучение; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работа  по развитию сети учреждений дошкольного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполнение мероприятий по обеспечению охраны здоровья и жизни детей, защите прав несовершеннолетних, в том числе детей-сирот и детей, оставшихся без попечения родителей, детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:firstLine="697"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ обозначенных в планах МОН РК показателей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  и индикаторов реализации Госпрограммы развития образования на 2011-2020 годы позволяет сделать вывод, что </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>система образования города справляется с поставленными задачами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В городе на данный момент существует развивающаяся сеть учреждений общего среднего образования, которая обеспечивает устойчивые результаты обучения и воспитания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственной программой развития образования Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусмотрены 10 основных направлений, 7 из которых  по 7 индикаторам и 25 показателям  относятся к компетенции отдела  образования города Павлодара. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По 7 показателям и  индикаторам  Госпрограммы  обеспечено досрочное  100% выполнение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организация подвоза, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение бесплатным питанием детей из малообеспеченных  семей, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отсутствие 3-х сменных, аварийных школ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дефицит ученических мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечение бесплатными учебниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доля детей 5-6 лет, охваченных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:hanging="1069"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охват дошкольным воспитанием и обучением детей от 3 до 6 лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выше </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запланированных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  республикой по итогам 1 этапа реализации Госпрограммы (2015 год) отмечено выполнение по 19 показателям и индикаторам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Справочно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     По направлению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: статус педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- по доле  педагогов школ, имеющих высшую и первую категории – 68,4% (РК 2015 год-47%);  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По направлению: дошкольное воспитание </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-доле педагогических работников, прошедших повышение квалификации  от общего   количества педагогов -83,4%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(РК 2015 год-29%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  доле дошкольных организаций с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучением – 50%(РК 2015 год-15%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- доле  дошкольных организаций, создавших условия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инклюзивного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования- 81%(РК 2015 год-8,5%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- доле дошкольных организаций, участвующих в конкурсе по защите детских </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновационных проектов -45%(РК 2015 год-15,5%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По направлению: электронное обучение «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  доле педагогов, прошедших повышение квалификации по применению ИКТ в обучении  - 91%(РК 2015 год-90%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- использованию в организациях образования системы электронного обучения – 83%(РК 2015 год-50%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- количеству учащихся на 1 компьютер  - 6,5(РК 2015 год-10);.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- доле руководителей, прошедших курсы повышения квалификации в области менеджмента-51%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(РК 2015 год-50%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По направлению: среднее образование </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доле школ, имеющих кабинеты новой модификации– 100%(РК 2015 год-40%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по доле школ, создавших условия для инклюзивного образования – 35% (РК 2015 год-25%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по доле учащихся, успешно освоивших учебные программы по естественн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математическим дисциплинам 60%(РК 2015 год-50%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- охвату школьников спортивными секциями в школах – 90%(РК 2015 год-25%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- охвату школьников спортивными школами – 41%(РК 2015 год-12%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- охвату школьников </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>художественным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, музыкальным, техническим, научным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  творчеством –89,1%(РК 2015 год-23%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- доле  организаций образования, в которых  созданы Попечительские советы -93%(РК 2015 год-45%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- доле педагогических работников, прошедших повышение квалификации по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ваучерно-модульной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системе от общего количества педагогов – 23%(РК 2015 год-20%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По направлению: воспитательная работа и молодежная политика</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- доле молодежи, принимающей участие в реализации мероприятий в сфере </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  молодежной политики  и патриотического воспитания -59% (РК 2015 год-31%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- доле молодежи, участвующей в деятельности молодежных организаций –41 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (РК 2015 год-28%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2015 году в рамках реализации Госпрограммы совершенствовались  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>содержание деятельности и инфраструктура образования города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Развитие сети  организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важнейшим средством успешной реализации поставленных   задач  является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совершенствование инфраструктуры  и  материально-технической базы учреждений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На отчетный период организованным обучением и воспитанием охвачено всего  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">57276 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей и подростков (2014- 52797, 2013 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50833, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2012- 50211, 2011- 47003, 2010 – 47183, 2009 – 45087, в том числе в школах города обучается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>35981</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сеть учреждений образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представлена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">136 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственными и негосударственными организациями образования (2011- 129, 2012 – 130,2013-134,2014-133), них </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательных школ, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы при УИС, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебно-производственный комбинат, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>72</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных дошкольных организации, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – внешкольных (организаций дополнительного образования). Негосударственных организаций образования - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в том числе 1 школа, 5 дошкольных организаций (3 мини-центра (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лингва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Озирис, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) и ТОО ясли-сад «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Smart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», детский оздоровительно-развивающий центр «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гіл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дошкольное  образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Всего дошкольным образованием охвачено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>19960</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей, в том числе в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных детских садах воспитываются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19406</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014 – 16623, 2013 – 16834, 2012 – 16282) детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Охват дошкольным обучением осуществляют 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дошкольных организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с контингентом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>554</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014 – 452, 2013 – 494, 2012-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>494) ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при 21 общеобразовательной школе функционируют дошкольные мини-центры для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1263</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014 – 1246, 2013 – 1129, 2012-1129) детей, в том числе 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мини - центр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а при общеобразовательных школах сельской зоны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках государственно-частного партнерства продолжено размещение государственного образовательного заказа в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-и частных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дошкольных организациях (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лингва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Солнышко»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Smart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детский оздоровительно-развивающий центр «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гіл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014 – 321, 2013 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>71, 2012- 253, 2011 -135)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе реализации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>программы по обеспечению детей дошкольным обучением и воспитанием «Балапан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достигнуты  позитивные изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В городе в течение 2010-2015 года возвращено под целевое использование 22 здания бывших детских садов, в том числе расширены площади действующего детского сада № 2 в Дачном микрорайоне, построено 3 детских сада. В 2015 году открыто 5 детских садов.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>По итогам года  по показателю охват детей  в возрасте от 3 до 6 лет дошкольным воспитанием обеспечен 100%-ый охват.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Предпринятые в текущем году меры позволили увеличить охват детей от 2 до 3 лет с 21 до 43,6 % и обеспечить местами 2146 детей.Это позволило увеличить охват детей  от 1 до 6 лет  до  70%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вместе с тем проблема дефицита мест в дошкольные учреждения остаётся, решение которой - в восстановлении зданий детских садов и строительстве новых дошкольных учреждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях обеспечения детей дошкольным воспитанием ведется разработка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ПСД на строительство детских садов, направлены заявки о необходимости разработки ПСД на строительство   2 детских садов по адресу Катаева,83 и в селе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жетекши</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществляется инновационная деятельность по обновлению содержания в дошкольных учреждениях. В их числе учебно-воспитательный комплекс № 42, Центр гармонического развития «Радуга» - детский сад № 96, дошкольная гимназия с обучением и воспитанием на государственном языке № 122, Центр эстетического развития – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 126, ясли-сад № 120 с государственным языком обучения - Центр этнокультурного воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ведется планомерная работа по расширению сети учреждений образования с государственным языком обучения и воспитания.  На сегодняшний день в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 детских садах и 351 группе с государственным языком обучения в смешанных садах и мини-центрах обучается и воспитывается свыше 8000 детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кроме этого, осуществляется поэтапный перевод четырех детских садов в детские сады с казахским языком обучения: № 50  (ул. Ломова, 149/1), № 33 (ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Торайгырова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 16), № 46 (ул. Павлова, 82/1), № 32 (ул. Кутузова, 7/1). Качество обучения и воспитания детей в дошкольных учреждениях целиком зависит от подготовленности воспитателей, от их квалификации. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реждения дошкольного образования обеспечены профессиональными кадрами, из 2100 педагогов 66,2% имеют высшее образование, 28% - высшую и первую категории. (2014 год-28,1%). Отрицательная динамика связана  с увеличением численности дошкольных учреждением и притоком молодых специалистов. Вопросы повышения профессионального мастерства решаются системно и целенаправленно на всех уровнях. В целях стимулирования творческой активности, формирования передового педагогического опыта отделом образования проводятся конкурсы профессионального мастерства, конкурсы на лучшую разработку методических пособий,  «Лучший воспитатель года», интернет-фестиваль «Современный урок» и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В  связи с интенсивным развитием сети дошкольных учреждений наблюдается приток молодых педагогов, остро стоит вопрос дефицита квалифицированных кадров для детских садов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методической службе отдела образования необходимо </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FontStyle12"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">продолжить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу по формированию новой модели профессионализма руководителя, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагога, становления их  субъектной позиции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в понимании собственной роли на пути профессионального становления. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требует  дальнейшего совершенствования и система  методического сопровождения руководителей дошкольных учреждений, методистов, воспитателей и преподавателей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поэтому в  плане работы на 2016 года запланированы занятия школы молодого директора ДДУ, молодого методиста, цикл инструктивно-методических семинаров для всех категорий работников   по важнейшим вопросам организации деятельности дошкольных учреждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, для выполнения поставленных перед нами задач по полному охвату детей дошкольным воспитанием и обучением необходимо комплексное решение проблем дошкольного  воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:i/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общее среднее образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Качество образования обозначено главой нашего государства в числе  5-ти приоритетных направлений социальной модернизации как  важнейший показатель  казахстанского стандарта качества жизни. Его обеспечение связано с модернизацией  учебно-воспитательного процесса и повышением  эффективности и доступности образовательных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В городе на данный момент существует развивающаяся сеть учреждений общего среднего образования, которая обеспечивает устойчивые результаты обучения и воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На отчетный период в составе 34-х (в 2014-2015 - 32, 2013-2014 – 30, 2012-2013 – 30, в 2011-2012 – 28, 2010-2011 – 27, 2009-2010 - 22) инновационных учреждений образования города продолжают функционировать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы нового типа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(средняя общеобразовательная школа-гимназия № 9, школы-лицеи № 16, 20), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновационные профильные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общеобразовательные школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (№ 7, 11, 17, 21, 28, 35, 36, 41, «Стикс»). Работают </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экспериментальные площадки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на базе 14 школ города в направлении обновления содержания образования, введения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения и апробации модели школы профильного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Число учащихся, занятых в инновационной деятельности составляет на отчетный период – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10395</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников (в 2014-2015 – 8599, 2013-2014 – 10840, 2012-2013 учебном году - 9 тысяч), число учителей-новаторов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>835</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В школах города ведется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целенаправленная работа по реализации потенциальных возможностей одаренных и талантливых детей, в том числе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по формированию навыков научно-исследовательской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности через функционирование научных обществ учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сегодня все школы имеют широкополосный  доступ к сети  Интернет. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За последние три года средний показатель оснащенности на 1 компьютер снизился с 14,3 до 6,5 человек (</w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+        <w:smartTagPr>
+          <w:attr w:name="ProductID" w:val="2012 г"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="001F7D81">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2012 г</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. - 14,3,2013-6,6, 2014-6,5,2015-6,5)).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В республиканский пилотный проект по внедрению системы «электронного обучения» включены 35 школ города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Вместе с тем, для достижения   областного показателя оснащенности 5,7 человек на 1 компьютер, необходимы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> средства для приобретения компьютерной техники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>12 жылдық оқуға көшу үшін жағдай жасау;</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="FontStyle12"/>
+        <w:t xml:space="preserve">Обеспечена стабильность результатов  по итогам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕНТ.  Средний балл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по общеобразовательным школам города Павлодара составил  80,6 б. (в 2014 году – 81,15 б.), показатель по области – 80,2 б, республики-79,5б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олимпийская команда учащихся школ города  в течение 10 лет является «Лучшей олимпийской командой среди городов и районов области». </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результатом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рейтинга городов и районов области у учащихся школ города наивысшие позиции по результативности участия в республиканских и международных олимпиадах и конкурсах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27 выпускник школ города был освобо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жден от сдачи ЕНТ как победители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> международных конкурсов проектов и олимпиад. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          В общеобразовательных учреждениях города работают  2680 педагогов, из  них  высшее образование имеют  92 %, высшую и первую категории – 68,4 %. В  текущем  учебном году в школы города прибыл 91 молодой специалист. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышению качества образования способствуют и новый формат курсовой подготовки учителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Курсовую подготовку на курсах нового формата, дающую право на повышение заработной платы от 30 до 100% прошли за 4 года  23%  педагогов города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопросы охраны здоровья детей в учреждениях образования напрямую связаны с условиями качественного обучения. Создание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровьесберегающих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условий в организациях образования одно из направлений, способствующее улучшению качества образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создаются условия для инклюзивного образования. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В городе Павлодаре наблюдается положительная динамика развития сети специальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">коррекционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детских садов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ункционир</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уют </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детский сад № 82 для детей с нарушениями зрения,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопедический детский сад № 14 для детей с нарушениями речи,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  детский сад № 39 для детей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нарушением интеллекта, специальный детский сад № 52, специальный детский сад № 26 для детей с нарушением речи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д/с №  34, 51, 116 имеются  логопедические группы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специальные дошкольные организации находятся на полном бюджетном финансировании. Дети принимаются на основании заключения психолого-медико-педагогической консультации. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В данных учреждениях охвачены специальной коррекционной помощью 504 ребенка. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во всех дошкольных учреждениях </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>открыты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопункты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В учреждениях образования города организована работа 71 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопункта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на базе 15 школ и 56 дошкольных организаций. В 3 детских садах </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>открыты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логогруппы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. В 7-и школах организовано обучение в классах для детей с задержкой психического развития. Во всех школах города оборудованы и работают кабинеты психолога, в 15 школах   - кабинеты коррекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2015-2016 учебном году на дому обучаются 130 детей с ограниченными возможностями. В 2014 году приобретено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2206</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экз. электронных учебников (</w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+        <w:smartTagPr>
+          <w:attr w:name="ProductID" w:val="2013 г"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="001E1AFE">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2013 г</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. – 9443). Предпринимаются эффективные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">меры по улучшению условий обучения детей с ограниченными возможностями. Обеспечен 100% охват </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нуждающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в обучении на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях создания условий  для обеспечения беспрепятственного доступа лиц с ограниченными возможностями к общественным объектам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 41 школе установлены пандусы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 40 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - широкий парадный вход;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - адаптированные санузлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оборудовано место в гардеробе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001E1AFE" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 19- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оборудовано место в столовой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00FC682A" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1AFE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>все школы имеют паспорта доступности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00D84A26" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для обеспечения учебниками и учебно-методическими пособиями учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общеобразовательных школ и дошкольных учреждений на 2015-2016 учебный год отделом образования была разработана бюджетная программа на приобретение учебников и учебно-методических комплексов для 4,5,6,11– классов, по циклу фондирования для 1,2,7,8,9-х классов, учебники по самопознанию, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшколы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, для 3 класса по раннему изучению английского языка, учебников информатики для 7 класса.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Из местного бюджета выделено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>213 000,0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыс. тенге. Поставка учебников от издательств закончилась 15 июля текущего года. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бесплатными учебниками и УМК в 2015-2016 учебном году обеспечены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">все учащиеся школ, независимо от социального статуса, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84A26">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">счет средств местного бюджета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На особом контроле отдела и руководителей школ остаются вопросы организации школьного питания (в том числе увеличение охвата горячим питанием) и подвоза учащихся. Горячее питание школьников организовано в 43 школах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в т.ч. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четыре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы сельской местности – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЖСОШ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КСОШ, ОШ № 38, СОШ № 40). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На отчетный период питанием охвачено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>35119/100%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на сентябрь 2015 - 33119/ 94%, 2014 - 33461/95,7%, 2013 - 30905/99,5%, 2012 - 29489/93,2%) школьников, в том числе горячим – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>35119/100%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(на сентябрь 2015 - 29580/84%,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014- 26440/ 78%, 2013 - 22042/ 70,9%, 2012 - 20713/ 67,1%). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всего на подвозе к  7 школам города находится 582 (на сентябрь 2015 – 582, 2014- 562, 2013 – 654, 2012 - 654) учащихся, проживающих на расстоянии более 3-х километров от школ. Для организации подвоза задействовано 10 единиц автотранспорта, из них 8 автобусов принадлежат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акиматам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кенжеколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарское</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ленинский, 2 автобуса – аренда (СОШ № 30), 2 – принадлежат школам (№ 43, Детская деревня с. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кенжеколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Во всех школах утверждены графики перевозок, дежурства учителей, маршруты движения автобусов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На протяжении последних лет стабильно увеличивается показатель финансирования фонда всеобуча для поддержки социально незащищенных категорий детей. В 2015-2016 учебном году он составляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3 % (2011, 2012, 2013, 2014, 2015 – 3%, 2009-2010 – 2,8%) от общего объема финансирования учреждений общего среднего образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:, </w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+        <w:smartTagPr>
+          <w:attr w:name="ProductID" w:val="2012 г"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="00F31FD3">
+          <w:rPr>
+            <w:i/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2012 г</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. – 135,8 млн. тенге, </w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+        <w:smartTagPr>
+          <w:attr w:name="ProductID" w:val="2013 г"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="00F31FD3">
+          <w:rPr>
+            <w:i/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2013 г</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. – 135,9 млн. тенге, </w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+        <w:smartTagPr>
+          <w:attr w:name="ProductID" w:val="2014 г"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="00F31FD3">
+          <w:rPr>
+            <w:i/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2014 г</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. – 143,4 млн. тенге, 2015 год-160,9 млн. т.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F31FD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      431  несовершеннолетний  находится в семьях  под опекой,  попечением и патронатом из них:   68  -дошкольного возраста, 270  обучаются в школах города, 93 обучается в других учебных учреждениях, в том числе 363  опекунам  осуществляется выплата ежемесячного пособия  в размере 19 820 тенге. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Введены  в строй здания школы на 600 мест в п. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кенжеколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на сумму 746100,0 тенге), школы на 1200 мест в    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>районе Амангельды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ворушина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(8 микрорайон, на сумму 1500000,0 тенге).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Интенсивное внедрение  новейших технологий, системы электронного обучения, модернизация системы общего среднего образования в рамках реализации Госпрограммы на 2011-2020 годы требуют от современного руководителя мобильности  и соответствия качества управленческой деятельности требованиям сегодняшнего дня, способности развивать  различные  формы информационной открытости и публичной отчетности, на качественно новом уровне формировать  имидж  своего учреждения. Изучение состояния  основных направлений деятельности школ, анализ управленческой деятельности  администрации  позволяет сделать вывод о необходимости  системного  методического и информационного сопровождения  этих категорий администраторов, Планом 2016 года предусмотрены мероприятия, которые будут способствовать решению вышеуказанной проблемы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Система воспитания.  Дополнительное образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Достигнуто увеличение  охвата   учащихся занятостью в детско-юношеских спортивных школах, художественным, музыкальным, техническим, научным творчеством.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- охват школьников спортивными секциями в школах – 90%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- охват школьников спортивными школами – 41%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- охват школьников </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>художественным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, музыкальным, техническим, научным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     творчеством –89,1%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В результате проведенной работы по открытию спортивных секций различной направленности  на 1сентября 2015 года охват составил 90%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все это способствовало   положительной динамике  в профилактике безнадзорности, бродяжничества, преступлений и правонарушений среди несовершеннолетних.  По  сравнению  с аналогичным периодом 201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года наблюдается снижение уровня преступности  среди несовершеннолетних. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 2015 год-13,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2014 год – 16; 2013 год - 23 правонарушения; 2012-31.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В летний период 2015 года всеми формами отдыха, оздоровления  и занятости было охвачено 100 %  учащихся. На организацию продуктивного летнего отдыха и занятости школьников было выделено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60,1 (2014-60,1 , 2013-51,5, 2012- 49,8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">млн. тенге. Это позволило обеспечить 100% охват летним отдыхом, занятостью и оздоровлением свыше 32000 школьников. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За счет  средств фонда всеобуча в пришкольных лагерях охвачено   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3780</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей из социально-незащищенных семей, в том числе 245 детей-сирот.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>июне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-августе 2015 года  160 детей-сирот, проживающих в семьях и детей из малообеспеченных семей отдохнули  в учебном оздоровительном центре «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әурен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баянаульского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района. Для 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>детей из малообеспеченных и многодетных семей  был организован   отдых в загородном  лагере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В результате проводимой работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по охвату всеми формами   отдыха и занятости </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей-инвалидов  было </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>охвачено 130 детей или 79,2%.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При поддержке областного и городского филиалов партии «Нұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города была обеспечена  трудовая занятость 629 подростков на предприятиях и организациях города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПНХЗ,  «Рубиком», АО «Айгерим», «Квазар и К»,   областная больница Им. Султанова, поликлиника №1,3,4, Кардио-хирургический центр, ИП Жанбеков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ИП Кудайберген , ИП Жилкибаев, ИП Жумалиева, ИП Искаков, ИП «Автореал» , ИП «Айгерим»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001559F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В отрядах по благоустройству и озеленению территорий города было задействовано 1500 старшеклассников, каждый из которых получил заработную плату в размере 11000 тенге Из местного бюджета на эти цели </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в текущем году выделено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27,0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> млн. тенге. Для участников школьных трудовых отрядов и бойцов «Жасыл ел» предусмотрена единовременная компенсация за проезд в летний период в размере  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4800 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тенге, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на эти цели  направлено</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  3,6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>млн.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тенге. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сохраняется сеть внешкольных учреждений. Контингент 11 внешкольных организаций на начало 2015-2016 учебного года составляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15122</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014 – 11000, 2013 – 10500, 2012-10300, 2011- 8239, 2010 – 7655</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>43,1%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2015, 2014 – 33,3%, 2013 – 33,3 %, 2012-33,3%, 2011- 25,3%, 2010 – 24,6%) от общего числа школьников.  Программы  дополнительного внешкольного образования реализуют 4 музыкальные школы, из которых одна находится в сельской зоне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города, селе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кенжеколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 2 художественные школы, детская техническая школа, школа национального возрождения, детско-юношеский центр экологии и туризма, 26 дворовых клубов, детско-подростковый клуб «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» с 8 отделениями, Центр занятости и детского творчества. В проектной деятельности Центра занятости и детского творчества занято более  30 тысяч школьников.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях реализации Государственной программы развития образования, в части охвата детей и подростков дополнительным образованием до 50%, необходимо расширять сеть внешкольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">учреждений. На сегодня нет дворовых клубов в микрорайонах 2 Павлодара, Лесозавода, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сарыарка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, п. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ленинский</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дальнейшее р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешение проблемы предполагается за счет увеличения сети детских подростковых дворовых клубов за счет  выделения зданий из коммунальной собственности города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="001F7D81" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Важнейшей характеристикой качества реализации образовательных услуг подведомственными учреждениями является 100% прохождение аттестации по линии Департамента по контролю в сфере образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Справочно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>: в  2015 году прошли аттестацию 7 школ и 11 ДДУ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>100% подвергавшихся контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель, задачи  отдела образования  на 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:caps/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2347 lines deleted...]
-          <w:bCs/>
+        <w:t>016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...4391 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2A80">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">деятельности  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...881 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        </w:rPr>
+        <w:t>отдела  образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- проведение образовательной политики города, обеспечивающей устойчивое развитие единой образовательной среды, распределение ответственности между субъектами образовательной политики и повышения роли всех участников образовательного процесса в обеспечении учебно-методических, материально-технических условий для повышения качества подготовки человеческих ресурсов, удовлетворения потребностей личности и общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRPr="00716CD9" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-обеспечение эффективного управления процессом функционирования и развития системы образования в целях обеспечения государственных гарантий и прав граждан на получение образования и удовлетворения потребности граждан в сфере образования, защиты прав и интересов несовершеннолетних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:ind w:right="-92"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важнейшими  стратегическими  задачами   развития системы образования города на 2016 год станут</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="0" w:lineRule="atLeast"/>
-[...316 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реализация ГПРО на 2011-2020 годы, Программы развития территории города на 2016-2020 годы,  управление процессами ее совершенствования и обновления  на основе  мониторинга за состоянием образовательной системы города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00DE6933" w:rsidRPr="00716CD9" w:rsidRDefault="00DE6933" w:rsidP="00DE6933">
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение эффективного управления процессом перехода на новые образовательные стандарты начального общего, основного общего, среднего (полного) общего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание эффективных механизмов, способствующих предоставлению качественных образовательных услуг в сфере дошкольного, общего и дополнительного образования детей,  эффективной  системы контроля и анализа за качеством развития образовательных услуг, человеческих ресурсов и материально-технического оснащения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение профессиональной компетентности и развития управленческих действий руководителей организаций образования на основе освоения научно-теоретических, практических знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечение  условий для повышения педагогического мастерства учителя и воспитателя, проявления ими творчества и новаторства с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>учетом обновления содержания образования при переходе на 12-летнюю модель образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совершенствование  системы оценки качества образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:rPr>
-[...27 lines deleted...]
-    <w:sectPr w:rsidR="0074548D" w:rsidRPr="00DE6933">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение доступности дошкольного образования за счет развития сети дошкольных образовательных учреждений и внедрения альтернативных форм дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение условий для внедрения системы электронного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение доступности образования детям с ограниченными возможностями в развитии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="798"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предотвращение беспризорности, безнадзорности, социального сиротства и продвижение семейного устройства воспитанников учреждений для сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совершенствование материально-технической базы образовательных учреждений для создания комфортных условий пребывания детей, сохранения и укрепления их здоровья в рамках подготовки к 12-летнему обучению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие системы поддержки лучших общеобразовательных учреждений, школьных учителей, талантливых  и одаренных детей и молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00CA2A80" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2A80">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие различных форм информационной открытости и публичной отчетности образовательных учреждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRPr="00350BDA" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="438" w:firstLine="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:left="438" w:right="-92"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:left="438" w:right="-92"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000536AF" w:rsidRDefault="000536AF" w:rsidP="000536AF">
+      <w:pPr>
+        <w:ind w:left="438" w:right="-92"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0074548D" w:rsidRPr="000536AF" w:rsidRDefault="0074548D" w:rsidP="000536AF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3390"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="0074548D" w:rsidRPr="000536AF" w:rsidSect="00BB612D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000003F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00000003"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="37131440"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2C24BDEE"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="3FA72629"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39804FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="A17A4C92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="798"/>
         </w:tabs>
         <w:ind w:left="798" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1518"/>
+        </w:tabs>
+        <w:ind w:left="1518" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2238"/>
+        </w:tabs>
+        <w:ind w:left="2238" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2958"/>
+        </w:tabs>
+        <w:ind w:left="2958" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3678"/>
+        </w:tabs>
+        <w:ind w:left="3678" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4398"/>
+        </w:tabs>
+        <w:ind w:left="4398" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5118"/>
+        </w:tabs>
+        <w:ind w:left="5118" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5838"/>
+        </w:tabs>
+        <w:ind w:left="5838" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6558"/>
+        </w:tabs>
+        <w:ind w:left="6558" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="41687036"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08DC44C0"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1429"/>
+          <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="00000006"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="44E308ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E18B3E2"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1429"/>
+        </w:tabs>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2149"/>
+        </w:tabs>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2869"/>
+        </w:tabs>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3589"/>
+        </w:tabs>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4309"/>
+        </w:tabs>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5029"/>
+        </w:tabs>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5749"/>
+        </w:tabs>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6469"/>
+        </w:tabs>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7189"/>
+        </w:tabs>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="677D61AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1E44AC6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
-[...16 lines deleted...]
-        <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BC128900">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...12 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="002F020E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00505E24"/>
+    <w:rsidRoot w:val="001138A9"/>
+    <w:rsid w:val="000536AF"/>
+    <w:rsid w:val="001138A9"/>
     <w:rsid w:val="0074548D"/>
-    <w:rsid w:val="009213C6"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="00B11D8C"/>
+    <w:rsid w:val="00BB612D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -8777,170 +7167,174 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="30"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
-[...1 lines deleted...]
-    <w:rsid w:val="00DE6933"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Знак Знак Знак1 Знак Знак Знак Знак Знак Знак Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000536AF"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:sz w:val="26"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="Основной текст 21"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="322" w:lineRule="exact"/>
       <w:ind w:firstLine="768"/>
       <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
+    <w:name w:val="Font Style12"/>
+    <w:rsid w:val="000536AF"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...15 lines deleted...]
-      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9063,184 +7457,187 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="30"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
-[...1 lines deleted...]
-    <w:rsid w:val="00DE6933"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Знак Знак Знак1 Знак Знак Знак Знак Знак Знак Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000536AF"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:sz w:val="26"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="Основной текст 21"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a6">
+    <w:name w:val=" Знак"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00DE6933"/>
+    <w:rsid w:val="000536AF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="322" w:lineRule="exact"/>
       <w:ind w:firstLine="768"/>
       <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
+    <w:name w:val="Font Style12"/>
+    <w:rsid w:val="000536AF"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...15 lines deleted...]
-      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9489,65 +7886,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3693</Words>
-  <Characters>21052</Characters>
+  <Words>3857</Words>
+  <Characters>21985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>175</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>183</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Отдел образования</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24696</CharactersWithSpaces>
+  <CharactersWithSpaces>25791</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ds54</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>