--- v0 (2025-12-17)
+++ v1 (2025-12-20)
@@ -1,507 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B2295E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік мекеме                                           Государственное учреждение </w:t>
-      </w:r>
+        <w:t>Мемлекеттік мекеме                                           Государственное учреждение «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ.                                             «Средняя общеобразовательная</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 жалпы орта                                                               школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру мектебі»                                                           г. Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2295E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="004C1DAC" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...137 lines deleted...]
-        <w:t>»</w:t>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1028" style="position:absolute;left:0;text-align:left;z-index:251660288;visibility:visible;mso-wrap-distance-top:-8e-5mm;mso-wrap-distance-bottom:-8e-5mm" from="-17.85pt,13.3pt" to="486pt,13.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAshly9WAIAAGYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv3SRtt7TRpivUtFwW&#10;WGmXB3Btp4lwbMv2Nq0QEuwZqY/AK3AAaaUFniF9I8buj3bhghA5OGPPzJdvZj7n7HxVC7TkxlZK&#10;Zjg5iTHikipWyUWG31zPOkOMrCOSEaEkz/CaW3w+fvrkrNEp76pSCcYNAhBp00ZnuHROp1Fkaclr&#10;Yk+U5hKchTI1cbA1i4gZ0gB6LaJuHA+iRhmmjaLcWjjNd048DvhFwal7XRSWOyQyDNxcWE1Y536N&#10;xmckXRiiy4ruaZB/YFGTSsJHj1A5cQTdmOoPqLqiRllVuBOq6kgVRUV5qAGqSeLfqrkqieahFmiO&#10;1cc22f8HS18tLw2qWIa7PYwkqWFG7efth+2m/d5+2W7Q9mP7s/3Wfm3v2h/t3fYW7PvtJ7C9s73f&#10;H28QpEMvG21TgJzIS+O7QVfySl8o+tYiqSYlkQsearpea/hO4jOiRyl+YzUwmjcvFYMYcuNUaOyq&#10;MLWHhJahVZjf+jg/vnKIwuGgNxoOR6cY0YMvIukhURvrXnBVI29kWFTSt5akZHlhnSdC0kOIP5Zq&#10;VgkR5CEkajLcGyYxKIjWGprF5iIkWyUq5gN9ijWL+UQYtCRebOEJFYLnYZhRN5IF4JITNt3bjlRi&#10;ZwMRIT0elAXU9tZOTe9G8Wg6nA77nX53MO304zzvPJ9N+p3BLHl2mvfyySRP3ntqST8tK8a49OwO&#10;yk76f6ec/R3bafKo7WNLosfooXdA9vAOpMNc/Sh3opgrtr40h3mDmEPw/uL52/JwD/bD38P4FwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIdqG27dAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwkAQ&#10;hu8mvsNmTLzBlhqLlG4JkhBD5CL6AEM7tA3d2aa7QPv2jvGgx5n58s/3Z6vBtupKvW8cG5hNI1DE&#10;hSsbrgx8fW4nL6B8QC6xdUwGRvKwyu/vMkxLd+MPuh5CpSSEfYoG6hC6VGtf1GTRT11HLLeT6y0G&#10;GftKlz3eJNy2Oo6iRFtsWD7U2NGmpuJ8uFgD4Ry9vb/idlzb0y5Ui7Gwu83emMeHYb0EFWgIfzD8&#10;6Is65OJ0dBcuvWoNTJ6e54IaiJMElACLeSzljr8LnWf6f4P8GwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhACyGXL1YAgAAZgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIdqG27dAAAACQEAAA8AAAAAAAAAAAAAAAAAsgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" strokeweight="3pt">
+            <v:stroke linestyle="thinThin"/>
+          </v:line>
+        </w:pict>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00247A49" w:rsidRPr="00F54286" w:rsidTr="00D15807">
+      <w:tr w:rsidR="00CB6CE0" w:rsidRPr="00F54286" w:rsidTr="00D15807">
         <w:trPr>
           <w:trHeight w:val="1978"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00237E63" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҰЙРЫҚ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2016 ж. «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>» қа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>раша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№ 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - н/қ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ПРИКАЗ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№ 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>– о/д</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00247A49" w:rsidRPr="00B2295E" w:rsidRDefault="00247A49" w:rsidP="00D15807">
+          <w:p w:rsidR="00CB6CE0" w:rsidRPr="00B2295E" w:rsidRDefault="00CB6CE0" w:rsidP="00D15807">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
@@ -546,710 +499,659 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00247A49" w:rsidRPr="0013523C" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="0013523C" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0013523C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Об отмене занятий</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+        <w:t>Сабақтарды тоқтату туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="009760A8" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орода</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="0058780B">
+        <w:t xml:space="preserve">Қазақстан Республикасы БжҒМ 2016 жылғы 18 қаңтардағы № 42 бұйрығы негізінде, Павлодар қаласы төтенше жағдайлар жөнінде басқармасы және Павлодар қаласы білім беру бөлімімен 2016 жылғы 18 сәуірде келісілген оқушылардың жас ерекшеліктерін есепке ала отырып білім беру ұйымдарында қолайсыз ауа райы метеожағдайларының көрсеткіштері негізінде сабақтарды тоқтату үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009760A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
-[...85 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+        <w:t>2016 жылғы 16 қараша күні  1 ауысымның 1-4 сыныптар аралығындағы оқу сабақтары, арнайы курстар тоқтатылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>П</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+        <w:t xml:space="preserve">2016 жылғы 16 қарашада мектеп қызметі бекітілген жұмыс режіміне сәйкес жүзеге асырылсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЗДВР Ахметжановой Г.М.</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+        <w:t xml:space="preserve">Педагогикалық қызметкерлер сабақтар кестесіне, оқу жүктемесіне сәйкес жұмыстарын іске асырсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ТЖДО Г.М.Ахметжанова «Сабақтарды тоқтату туралы» бұйрығын мектеп сайтына орналастырсын. </w:t>
+      </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Кезекші әкімшілік, сынып жетекшілер оқушылардың қабылдауын және үйлеріне қауіпсіз жіберуін қамтамасыз етсін. </w:t>
+      </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұйрықтың орындалуын бақылау өзіме қалдырамын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00247A49" w:rsidRPr="0058780B" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="0058780B" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
+        <w:t xml:space="preserve">                     Мектеп д</w:t>
       </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Директор</w:t>
+        <w:t>иректор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> школы:</w:t>
+        <w:t>ы:</w:t>
       </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Г.Иманбекова</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRPr="00E34A0F" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+        <w:t>Ғ.Иманбекова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E34A0F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>С приказом ознакомлена:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00247A49" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+        <w:t>Бұйрықпен таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRPr="00493E6B" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ахметжанова Г.М. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00247A49" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00247A49" w:rsidRDefault="00247A49" w:rsidP="00247A49">
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00CB6CE0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6CE0" w:rsidRDefault="00CB6CE0" w:rsidP="00247A49">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...70 lines deleted...]
-    <w:sectPr w:rsidR="006E7DCC" w:rsidRPr="00247A49">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A83BDD" w:rsidRPr="00247A49" w:rsidRDefault="00A83BDD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A83BDD" w:rsidRPr="00247A49" w:rsidSect="00A83BDD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="475138B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F426D9D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="52B36B10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="713C98DA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1292,88 +1194,92 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00247A49"/>
-    <w:rsid w:val="00237E63"/>
     <w:rsid w:val="00247A49"/>
-    <w:rsid w:val="006E7DCC"/>
+    <w:rsid w:val="004C1DAC"/>
+    <w:rsid w:val="00A83BDD"/>
+    <w:rsid w:val="00CB6CE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1028"/>
+    <o:shapedefaults v:ext="edit" spidmax="1029"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1498,50 +1404,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00A83BDD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -1747,50 +1654,52 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2042,54 +1951,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>219</Words>
-  <Characters>1249</Characters>
+  <Words>230</Words>
+  <Characters>1314</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1466</CharactersWithSpaces>
+  <CharactersWithSpaces>1541</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Home</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>