--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,57 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5">
-[...5 lines deleted...]
-    </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRPr="00B2295E" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2295E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2099945</wp:posOffset>
             </wp:positionH>
@@ -218,51 +211,51 @@
         </w:rPr>
         <w:t>Суворов көшесі, 3                                                                                             улица Суворова, 3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRPr="00B2295E" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B2295E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Тел/факс: 54-83-18                                                             тел/факс: 54-83-18</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00B2295E" w:rsidRDefault="00CC68B5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="00B2295E" w:rsidRDefault="001250E1" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:line id="_x0000_s1028" style="position:absolute;left:0;text-align:left;z-index:251666432;visibility:visible;mso-wrap-distance-top:-8e-5mm;mso-wrap-distance-bottom:-8e-5mm" from="-17.85pt,13.3pt" to="486pt,13.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAshly9WAIAAGYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv3SRtt7TRpivUtFwW&#10;WGmXB3Btp4lwbMv2Nq0QEuwZqY/AK3AAaaUFniF9I8buj3bhghA5OGPPzJdvZj7n7HxVC7TkxlZK&#10;Zjg5iTHikipWyUWG31zPOkOMrCOSEaEkz/CaW3w+fvrkrNEp76pSCcYNAhBp00ZnuHROp1Fkaclr&#10;Yk+U5hKchTI1cbA1i4gZ0gB6LaJuHA+iRhmmjaLcWjjNd048DvhFwal7XRSWOyQyDNxcWE1Y536N&#10;xmckXRiiy4ruaZB/YFGTSsJHj1A5cQTdmOoPqLqiRllVuBOq6kgVRUV5qAGqSeLfqrkqieahFmiO&#10;1cc22f8HS18tLw2qWIa7PYwkqWFG7efth+2m/d5+2W7Q9mP7s/3Wfm3v2h/t3fYW7PvtJ7C9s73f&#10;H28QpEMvG21TgJzIS+O7QVfySl8o+tYiqSYlkQsearpea/hO4jOiRyl+YzUwmjcvFYMYcuNUaOyq&#10;MLWHhJahVZjf+jg/vnKIwuGgNxoOR6cY0YMvIukhURvrXnBVI29kWFTSt5akZHlhnSdC0kOIP5Zq&#10;VgkR5CEkajLcGyYxKIjWGprF5iIkWyUq5gN9ijWL+UQYtCRebOEJFYLnYZhRN5IF4JITNt3bjlRi&#10;ZwMRIT0elAXU9tZOTe9G8Wg6nA77nX53MO304zzvPJ9N+p3BLHl2mvfyySRP3ntqST8tK8a49OwO&#10;yk76f6ec/R3bafKo7WNLosfooXdA9vAOpMNc/Sh3opgrtr40h3mDmEPw/uL52/JwD/bD38P4FwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIdqG27dAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwkAQ&#10;hu8mvsNmTLzBlhqLlG4JkhBD5CL6AEM7tA3d2aa7QPv2jvGgx5n58s/3Z6vBtupKvW8cG5hNI1DE&#10;hSsbrgx8fW4nL6B8QC6xdUwGRvKwyu/vMkxLd+MPuh5CpSSEfYoG6hC6VGtf1GTRT11HLLeT6y0G&#10;GftKlz3eJNy2Oo6iRFtsWD7U2NGmpuJ8uFgD4Ry9vb/idlzb0y5Ui7Gwu83emMeHYb0EFWgIfzD8&#10;6Is65OJ0dBcuvWoNTJ6e54IaiJMElACLeSzljr8LnWf6f4P8GwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhACyGXL1YAgAAZgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIdqG27dAAAACQEAAA8AAAAAAAAAAAAAAAAAsgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" strokeweight="3pt">
             <v:stroke linestyle="thinThin"/>
           </v:line>
         </w:pict>
       </w:r>
     </w:p>
@@ -579,494 +572,609 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2295E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="0013523C" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="009760A8" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0013523C" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013523C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Об отмене занятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На основании приказа МОН РК от 18.01.2016 года № 42, согласованных Отделом образования г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодара и Управлением по чрезвычайным ситуациям г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодара от 18.04.2016 года показателей неблагоприятных погодных метеоусловий, при которых отменяются занятия в организациях образования с учетом возраста учащихся, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009760A8">
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отменить учебные занятия, спецкурсы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спецмедгруппы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 1-4 классах 1смены</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>2016 жылғы 21 қараша күні  1 ауысымның 1- 4 сыныптар аралығындағы оқу сабақтары, арнайы курстар тоқтатылсын.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21.11.2016 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="00C96834" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">2016 жылғы 21 қарашада мектеп қызметі бекітілген жұмыс режіміне сәйкес жүзеге асырылсын. </w:t>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>существлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еятельность школы в соответстви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и с утвержденным режимом работы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00A07236" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Педагогикалық қызметкерлер сабақтар кестесіне, оқу жүктемесіне сәйкес жұмыстарын іске асырсын. </w:t>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагогическим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работникам осуществлять работу в соответствии с расписанием уроков, учебной нагрузкой.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00A07236" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ТЖДО Г.М.Ахметжанова «Сабақтарды тоқтату туралы» бұйрығын мектеп сайтына орналастырсын. </w:t>
+        <w:t>ЗДВР Ахметжановой Г.М.</w:t>
       </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разместить на сайте школы приказ об отмене занятий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00A07236" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дежурному администратору, классным руководителям осуществлять прием и безопасную отправку учащихся домой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00A07236" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бұйрықтың орындалуын бақылау өзіме қалдырамын. </w:t>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онтроль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058780B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за исполнением приказа оставляю за собой.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00A07236" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D2FC5" w:rsidRPr="00A07236" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRPr="0058780B" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     Мектеп д</w:t>
+        <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>иректор</w:t>
+        <w:t>Директор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы:</w:t>
+        <w:t xml:space="preserve"> школы:</w:t>
       </w:r>
       <w:r w:rsidRPr="0058780B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ғ.Иманбекова</w:t>
+        <w:t>Г.Иманбекова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2FC5" w:rsidRPr="00E34A0F" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34A0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С приказом ознакомлена:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...41 lines deleted...]
-      </w:r>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009D2FC5" w:rsidRDefault="009D2FC5" w:rsidP="009D2FC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...25 lines deleted...]
-          <w:b/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA52B5" w:rsidRPr="00FA52B5" w:rsidRDefault="00FA52B5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00FA52B5" w:rsidRPr="00FA52B5" w:rsidSect="002644D2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -1735,80 +1843,80 @@
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA52B5"/>
+    <w:rsid w:val="001250E1"/>
     <w:rsid w:val="002644D2"/>
     <w:rsid w:val="00574590"/>
     <w:rsid w:val="009D2FC5"/>
-    <w:rsid w:val="00CC68B5"/>
     <w:rsid w:val="00FA52B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1029"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{70B5EB32-D66B-4D56-950F-2E6E4433022A}"/>
+  <w15:docId w15:val="{43469EB5-1CD2-4D91-BDB4-795B34886D6E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2518,54 +2626,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>264</Words>
-  <Characters>1505</Characters>
+  <Words>245</Words>
+  <Characters>1401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1766</CharactersWithSpaces>
+  <CharactersWithSpaces>1643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Home</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>