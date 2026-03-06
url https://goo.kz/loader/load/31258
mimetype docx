--- v0 (2025-12-19)
+++ v1 (2026-03-06)
@@ -1175,290 +1175,431 @@
         </w:rPr>
         <w:t>***</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9115F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Инвестиции из Нацфонда должны сопровождаться обязательным проведением структурных реформ в соответствующих сферах экономики. Для этого необходимо обеспечить совместную реализацию проектов с международными финансовыми организациями. Например, Всемирный банк, Азиатский банк развития, ЕБРР и ИБР уже готовы выделить сумму порядка 9 миллиардов долларов в 90 приоритетных проектов. Выделенные средства нацелены поддержать инвестиционную активность, предотвратить снижение доходов населения и стимулировать создание новых рабочих мест. В результате будет обеспечен устойчивый рост экономики в краткосрочной и среднесрочной перспективе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9115F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Наши программы развития образования, здравоохранения, сельского хозяйства будут продолжены. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B9115F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Об этом будем вести предметный разговор на первом расширенном заседании Правительства в следующем году. Новая Экономическая Политика «Нурлы Жол» - наш глобальный шаг на пути в число 30 самых развитых стран мира.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сегодня созданы все необходимые условия для успешной работы. Проведена административная реформа, работает новая структура Правительства и исполнительной власти. Каждый министр знает, что делать. Мы устранили дублирование и ненужные звенья в управлении. Акимы наделены необходимым объёмом полномочий. В регионах есть всё - программы, ресурсы, финансовые средства. Каждый отвечает за свой участок работы. Надо только засучить рукава и приняться за дело.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...46 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Новая Экономическая политика «Нұрлы Жол» станет двигателем роста нашей экономики на ближайшие годы. Только за счёт строительства дорог будут созданы новые 200 тысяч рабочих мест. А это означает занятость и рост доходов населения. «Нұрлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жол»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> произведёт мультипликативный эффект и на другие отрасли экономики: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B9115F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">производство цемента, металла, техники, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>битума, оборудования и сопутствующих услуг. Дороги - это линии жизни для Казахстана. В наших необъятных просторах вокруг дорог всегда возникала и развивалась жизнь. Мы обязаны создать такую транспортную сеть, чтобы от Астаны во все стороны расходились автомобильные, железнодорожные и авиационные магистрали. Как от сердца - артерии. Как от солнца - лучи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Новые магистрали, которые построят казахстанцы, обновят нашу экономику и общество. Они накрепко свяжут все уголки нашей страны с центром. Ускорятся и увеличатся грузопотоки. Возрастут объёмы транзита через страну. Наши граждане будут ездить по современным и качественным автомагистралям, смогут безопасно и быстро добираться в любой регион. Улучшится социальная инфраструктура, новые и современные школы и больницы будут оказывать высококачественные услуги. В итоге это отразится на благосостоянии и качестве жизни каждого казахстанца. А самое главное - всё это, останется на нашей земле как</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> богатство наших будущих поколений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B9115F">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Уважаемые казахстанцы!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Впереди – большая и ответственная работа. Чтобы пройти глобальный экзамен на зрелость, мы должны быть сплоченными. Мы должны крепить доверие между всеми казахстанцами! Быть толерантными друг к другу! Это ключи к будущему Казахстана. Межэтническое согласие - это живительный кислород. Мы не замечаем его, когда дышим, делаем это автоматически - мы просто живём. Мы должны сами беречь наше единство и межэтническое согласие. Извне, никто и никогда не придет делать это за нас. Наша молодежь растёт в новой, независимой стране. Нынешнее поколение не видело межэтнических войн и конфликтов, разрухи 90-х годов. И многие воспринимают стабильность и комфортную жизнь в Казахстане как нечто положенное от рождения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Ведь что такое стабильность и согласие? Это семейное благополучие, безопасность, крыша над головой. Мир - это радость отцовства и материнства, здоровье родителей и счастье наших детей. Мир - это стабильная работа, зарплата и уверенность в завтрашнем дне. Мир и стабильность - это общенародное достояние, которое нужно каждодневным трудом защищать и укреплять. Я всегда говорю: молодежь - опора нашего будущего. Государство открыло перед новым поколением все двери и все пути! «Нұрлы Жол» - вот где можно приложить усилия, развернуться нашей креативной динамичной молодежи!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>В следующем году мы торжественно отметим 20-летие принятия Конституции и создания Ассамблеи народа Казахстана. Отмечая эти даты, нам важно сделать казахстанцев ещё более сильными в духовном плане, едиными и ещё более толерантными. Я убеждён, что на новом ответственном витке истории обретёт новое звучание и более глубокий смысл наш главный принцип - Казахстан, только вперёд! Желаю всем успехов и достижения новых вершин, которые поднимут на еще большую высоту нашу Родину!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9115F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B9115F">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Қадірлі халқым!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
-[...15 lines deleted...]
-        <w:t>Біз Жалпыұлттық идеямыз - Мәңгілік Елді басты бағдар етіп, тәуелсіздігіміздің даму даңғылын Нұрлы Жолға айналдырдық. Қажырлы еңбекті қажет ететін, келешегі кемел Нұрлы жолда бірлігімізді бекемдеп, аянбай тер төгуіміз керек. Mәңгілік Ел - елдің біріктіруші күші, ешқашан таусылмас қуат көзі. Ол «Қазақстан 2050» стратегиясының ғана емес, XXI ғасырдағы Қазақстан мемлекетінің мызғымас идеялық тұғыры! Жаңа Қазақстандық Патриотизм дегеніміздің өзі - Мәңгілік Ел! Ол - барша Қазақстан қоғамының осындай ұлы құндылығы.</w:t>
+    <w:p w:rsidR="00B9115F" w:rsidRPr="00500BC2" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біз Жалпыұлттық идеямыз - Мәңгілік Елді басты бағдар етіп, тәуелсіздігіміздің даму даңғылын Нұрлы Жолға айналдырдық. Қажырлы еңбекті қажет ететін, келешегі кемел Нұрлы жолда бірлігімізді бекемдеп, аянбай тер төгуіміз керек. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әңгілік Ел - елдің біріктіруші күші, ешқашан таусылмас қуат көзі. Ол «Қазақстан 2050» стратегиясының ғана емес, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9115F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XXI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғасырдағы Қазақстан мемлекетінің мызғымас идеялық тұғыры! Жаңа Қазақстандық Патриотизм дегеніміздің өзі - Мәңгілік Ел! Ол - барша Қазақстан қоғамының осындай ұлы құндылығы.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9115F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Өткен тарихымызға тағзым да, бүгінгі бақытымызға мақтаныш та, гүлденген келешекке сенім де «Мәңгілік Ел» деген құдіретті ұғымға сыйып тұр. Отанды сүю - бабалардан мирас болған ұлы мұраны қадірлеу, оны көздің қарашығындай сақтау, өз үлесіңді қосып, дамыту және кейінгі ұрпаққа аманат етіп, табыстау деген сөз. Барша қазақстандықтардың жұмысының түпкі мәні - осы!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B9115F" w:rsidRPr="00B9115F" w:rsidRDefault="00B9115F" w:rsidP="00B9115F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1681,51 +1822,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="98"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A5FC1"/>
     <w:rsid w:val="001C4BCC"/>
     <w:rsid w:val="002A55FD"/>
-    <w:rsid w:val="008E557B"/>
+    <w:rsid w:val="00500BC2"/>
     <w:rsid w:val="009A5FC1"/>
     <w:rsid w:val="00B9115F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>