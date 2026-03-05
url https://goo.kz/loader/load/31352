--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -1,32390 +1,33389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00130DA8" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="008218CF">
+    <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="008D2754">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қыркүйек айы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+        <w:t xml:space="preserve"> 2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Месяц</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> учебный год</w:t>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="006D2D02" w:rsidP="008218CF">
+    <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="000A0A7C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке жол» а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Акция «</w:t>
+        <w:t>кция</w:t>
       </w:r>
-      <w:r w:rsidR="00F26E15" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Дорога в школу</w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>сы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
+    <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="000A0A7C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Месячник по Всеобучу</w:t>
+        <w:t xml:space="preserve">ЖББ бойынша </w:t>
       </w:r>
-      <w:r w:rsidR="00F174DA" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">айлық. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA0E3F" w:rsidRPr="00E55BF7" w:rsidRDefault="00AA0E3F" w:rsidP="00F174DA">
+    <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00F174DA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мероприятия по ЗОЖ: </w:t>
+        <w:t xml:space="preserve">СӨС бойынша іс-шара: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Проведение</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Денсаулық сабақтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">апталығының өткізілуі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>недели</w:t>
+        <w:t>(01.09.-07.09.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F174DA" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Денсаулық фестивалі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Фестиваль</w:t>
+        <w:t>»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акциясы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (06.09.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жолдағы көлік травматизмін алдын алу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Декадник</w:t>
+        <w:t>(01.09.-10.09.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...124 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Национальный</w:t>
+        <w:t>Ұлттық отбасы күні</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (14.09.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүрек ауруын алдын алу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Декадник</w:t>
+        <w:t>(22.09.-01.10.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...124 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F174DA" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Халықаралық жүрек күні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Всемирный</w:t>
+        <w:t>(28.09.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F174DA" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЖВИ, гриппты алдын алу айлығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E611C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(29.09.-29.10.)</w:t>
       </w:r>
-      <w:r w:rsidR="00B938EA" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00E611C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...385 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="2128"/>
-        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="1869"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00BE1092">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>/п</w:t>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Направления работы</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00BE1092">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="006D2D02" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>1-6 сентября</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00BE1092">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="006D2D02" w:rsidP="006D2D02">
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00BE1092">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>8-14 сентября</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-14 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="006D2D02" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>15-22 сентября</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00BE1092">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15-22 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="006D2D02" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>22-30 сентября</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00BE1092">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22-30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Воспитание казахстанского патриотизма и гражданственности, правовое воспитание.</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Азаматтық және патриоттық тәрбие, құқықтық тәрбие </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF0DFC" w:rsidRPr="00E55BF7" w:rsidRDefault="00FF0DFC" w:rsidP="00FF0DFC">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...58 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апталық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
-            <w:r w:rsidR="003C7E33">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп оқушыларының жол жүру тәртібі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР тәуелсіздігінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00E30630" w:rsidP="00F26E15">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> Уроки мира «Конституция – основной Закон РК».</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Конституция – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР негізгі Заңдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00890154" w:rsidP="00F26E15">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жасөспірім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> операциясы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...65 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Заң және жасөспірім» 7-11 сын.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00FF0DFC" w:rsidP="00FF0DFC">
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кеңес профилактикасының отырысы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Духовно-нравственное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="005C7E76" w:rsidP="00F26E15">
-[...31 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>амкорлык»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00890154" w:rsidP="00890154">
-[...13 lines deleted...]
-              <w:t>Тимуровская работа 1-11 классы</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тимур</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лердің жұмыстары </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00890154" w:rsidP="00F26E15">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> «Труд ветеранов»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек ардагерлері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ссэ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Национальное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00553F07">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «ҚР рәміздері: Ту, Елтаңба, Әнұран».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00F26E15">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып сағаты: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Казахстан – территория мира и независимости»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Семейное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C22069" w:rsidRPr="00E55BF7" w:rsidRDefault="00C22069" w:rsidP="00C22069">
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отбасылардың әлеуметтік статусы туралы ақпарат жинау </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="009609D6" w:rsidP="00F26E15">
-[...13 lines deleted...]
-              <w:t>1.Заседание родительского комитета</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар комитетінің отырысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="009609D6" w:rsidP="00904CB1">
-[...13 lines deleted...]
-              <w:t>1.Заседание Попечительского Совета школы</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп кеңесінің отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00281BEE" w:rsidP="00F26E15">
-[...47 lines deleted...]
-              <w:t>«Предупреждение ДТП»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пәтерлерге бару,    №1 ата-аналар жиналысы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспар бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Трудовое, экономическое и экологическое воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ялық тәрбие </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00FF0DFC" w:rsidP="00F26E15">
-[...14 lines deleted...]
-              <w:t>Месячник по благоустройству территории школы.</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп аумағын абаттандыру бойынша айлық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="008E76B5" w:rsidP="00F26E15">
-[...13 lines deleted...]
-              <w:t>Анализ результатов по трудоустройству выпускников</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Түлектердің жұмыспен қамту бойынша нәтижелерінің анализі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="008754CB" w:rsidP="00F26E15">
-[...13 lines deleted...]
-              <w:t>Тренировочные упражнения по эвакуации</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эвакуация бойынша тренерлік жаттығулар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Поликультурное, художественно – эстетическое воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003A0B19">
-[...42 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="008A2D5E">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Мы разные  в этом наше богатство, мы вместе- в этом наша сила». 1-6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...25 lines deleted...]
-              <w:t>воспитание информационной культуры</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="004B29FE" w:rsidP="004B29FE">
-[...64 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үгіт бригаданың сөз сөйлеуі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағдаршам еліне саяхат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...23 lines deleted...]
-              <w:t>Казахстана</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан халқының тілдер күні </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="005C7E76">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолда абай бол!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-              <w:t>с рисунков «На улице не в комнате, о том, ребята помните!»</w:t>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.«На улице не в комнате, о том, ребята помните!»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер сайысы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1232F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>Физическое воспитание, здоровый образ жизни</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">салауатты өмір салты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="004D26BE">
-[...15 lines deleted...]
-              <w:t>работа с учащимися</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«СӨС» үйірмесінің құрамына оқушыларды жинау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Мектептегі денсаулық фестивалі. Дене шынықтыру ӘБ апталығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
               </w:tabs>
               <w:ind w:left="20"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.«Мой путь в школу»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> маршруттық парақты құрастыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="009609D6">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вирусты гепатит бойынша семинар  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00D84071">
-[...73 lines deleted...]
-              <w:t>ук, психолог)</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ішімдік, шылым шегу туралы сауалнама сұрақтары бойынша ақпарат беру </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, психолог)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>работа с родителями</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="006E3159">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...33 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп оқушыларының күн тәртібі туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">семинар. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...13 lines deleted...]
-              <w:t>1. Семинар для родителей  «Вирусный гепатит  и меры профилактики»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«Вирусный гепатит  и меры профилактики»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ата-аналар үшін семинар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="008218CF">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...15 lines deleted...]
-              <w:t>работа с педагогами</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="005C7E76">
-[...14 lines deleted...]
-              <w:t>1. Семинар «Физическая активность – путь к долголетию»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="005C7E76">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«Физическая активность – путь к долголетию»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00FF0DFC">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...16 lines deleted...]
-              <w:t>Формирование творческого мастерства классных руководителей</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып жетекшілерінің шығармашылық шеберліктерін қалыптастыру </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...14 lines deleted...]
-              <w:t>1.Заседание МО классных руководителей: «Планирование воспитательной работы».</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілерінің ӘБ отырысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбие жұмыстарын жоспарлау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="001B26F8">
-[...68 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Келесі қалалық сайыстарға қатысу үшін сыныптарды бекіту </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- «</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ең үздік сынып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> (в течение учебного года). </w:t>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектептің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- «Балауса»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу жылы бойы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00FF0DFC">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00FF0DFC">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...17 lines deleted...]
-              <w:t>Работа спортивных кружков и секций</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...25 lines deleted...]
-              <w:t>документации руководителей кружков</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үйірме жетекшілерінің құжаттарын рәсімдеу жұмыстары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="001B26F8">
-[...26 lines deleted...]
-              <w:t>кружков</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үйірме жұмыстарының кестесін құру </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00FF0DFC">
-[...24 lines deleted...]
-              <w:t>занятости учащихся</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушылардың бос уақыттарын қамту бойынша мониторинг құру </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00FF0DFC">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...17 lines deleted...]
-              <w:t>Самоуправление в школе и в классе</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...46 lines deleted...]
-              <w:t xml:space="preserve">. Планирование работы класса на учебный год. </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып сағаты: Оқу жылына сыныпқа жұмыс жоспарлау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRDefault="0087408C" w:rsidP="001B26F8">
-[...15 lines deleted...]
-              <w:t>Выборы органов самоуправления в классе</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта өзін-өзі басқару мүшесін таңдау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRDefault="0087408C" w:rsidP="00FF0DFC">
-[...14 lines deleted...]
-              <w:t>Игра «Лидер»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Лиде»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ойыны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00FF0DFC">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00E1232F" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00BB5978" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF6600"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...17 lines deleted...]
-              <w:t>Общешкольные праздники и мероприятия</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жалпы мектепішілік мерекелер мен іс-шаралар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006E3159">
-[...15 lines deleted...]
-              <w:t>День знаний</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="001B26F8">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00FF0DFC">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F26E15">
-[...13 lines deleted...]
-              <w:t>День пожилого человека</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00E611C9" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E611C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарттар күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F26E15" w:rsidRPr="00E55BF7" w:rsidRDefault="00F26E15" w:rsidP="00F26E15">
+    <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00F26E15">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="003F774E">
+    <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="008D2754">
       <w:pPr>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазан айы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Месяц. Октябрь 2016-2017 учебный год</w:t>
+        <w:t xml:space="preserve">2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="005C7553">
+    <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="005C7553">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Месячник профилактики употребления ПАВ 1.10. по 19.11, </w:t>
+        <w:t xml:space="preserve">СӨС бойынша іс-шара: 1. 10 бастап 19.11-не дейін ПАЗ қолдануды алдын алу айлығы, Дұрыс тамақтану 7-17.10., Әйелдің денсаулығын сақтау </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Д</w:t>
+        <w:t>(12.10.-21.10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">екада рационального питания 7-17.10., </w:t>
+        <w:t>) Ішімдікді алдын алу декаднигі</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1151 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (20.10-29.10.)</w:t>
       </w:r>
-      <w:r w:rsidR="005C7553" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">. Іішмікті қолдануды тастау күні </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Национальный</w:t>
+        <w:t>(29.10.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> (29.10.)</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00890154" w:rsidRPr="00E55BF7" w:rsidRDefault="00890154" w:rsidP="00890154">
+    <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00890154">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Акция «</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Камкорлык</w:t>
+        <w:t>ам</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00543511">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t>орлык»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акциясы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00890154" w:rsidRPr="00E55BF7" w:rsidRDefault="00890154" w:rsidP="00890154">
+    <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00890154">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-459" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="2128"/>
-        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="1869"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...15 lines deleted...]
-              <w:t>Направления работы</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="00850341" w:rsidP="00850341">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">1-6 </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00194596">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00850341">
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00194596">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00850341">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">15-22 </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00194596">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00850341">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00194596">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...15 lines deleted...]
-              <w:t>Воспитание казахстанского патриотизма и гражданственности, правовое воспитание.</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...59 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп оқушыларының міндеттері мен құқықтары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.«Где начинаются преступления и кончается детская шалость» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КТІБ инспекторымен кездесу. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектептегі менің құқығым және міндеттерім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Да будет славен труд учителя».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Тимур</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лердің жұмыстары</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="00924C0E" w:rsidP="00DB7022">
-[...45 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«С другом любая беда не беда!»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мүгедек балаларды қолдау үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18.10 День духовного согласия. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Діни экстремизмді алдын алу бойынша сынып сағаты </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="00924C0E" w:rsidP="00DB7022">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...21 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...15 lines deleted...]
-              <w:t>Духовно-нравственное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="008A2D5E" w:rsidP="008A2D5E">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конференция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР мемлекеттік рәміздерін дамыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 8-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бірінші сынып оқушыларының бейімделуі бойынша ата-аналарға тәжірибелік кеңес беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.(1-5) (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пәтерлерге бару</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№2 ата-аналар жиналысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспар бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="009609D6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...60 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отбасындағы конфликт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психологиялық себептері мен оларды шешу тәсілдері </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(5-11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093F21" w:rsidRPr="00E55BF7" w:rsidRDefault="00093F21" w:rsidP="00093F21">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> ЕДЮО</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оттан абай бол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үгітбригаданың сөз сөйлеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="00DE0B44" w:rsidP="00DB7022">
-[...49 lines deleted...]
-              <w:t>асы по профилактике религиозного экстремизма</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өрт сөндіру техникалық орталығына бару </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОПТ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00DB7022">
-[...21 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00DB7022">
-[...15 lines deleted...]
-              <w:t>Национальное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00553F07">
-[...55 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00DB7022">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан үшін - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКСПО – 2017</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрмесінің мәні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidRDefault="00553F07" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00553F07" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
-[...500 lines deleted...]
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:trPr>
           <w:trHeight w:val="936"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...15 lines deleted...]
-              <w:t>Интеллектуальное воспитание, воспитание информационной культуры</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз және жол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">викторинасы. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...35 lines deleted...]
-              <w:t>. (по материалам конституции РК)</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттің негізгі Заңдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">викторинасы. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР конституциясының материалы бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...39 lines deleted...]
-              <w:t>работа с учащимися</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E55BF7">
-[...34 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Поговорим о вредных привычках» викторинасы. 1-4 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5. Викторина: «Дәрумендер туралы кімге не білу қажет» 5-7 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...66 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Ішімдік – бұл жау» суреттер сайысы. 5-6 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. «Чипсы вред или польза» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ауызша журнал. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...46 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Пиво – миф или реальность» дөңгелек үстел. 8-10 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. «Правильное питание – залог успеха» үгіт бригадасының шығуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="004D39E6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДШ «Тоғыз қумалақ» бойынша мектеп біріншілігі </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. Қауіпті, әсерлі заттарды қолдануда сауалнама жүргізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Ток-шоу «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нашақорлыққа қарсы сот</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...30 lines deleted...]
-              <w:t>работа с родителями</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...33 lines deleted...]
-              <w:t>адаптации»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Ата-аналар жиналысы «Бейімделу кезеңіндегі психологиялық ерекшеліктер»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="003F774E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00F47C69">
-[...34 lines deleted...]
-              <w:t>отражается пьянство родителей на формировании нравственных качеств у детей»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00F47C69">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Как отражается пьянство родителей на формировании нравственных качеств у детей» аз қамтамасыз етілген отбасыларының ата-аналарымен дөңгелек үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...30 lines deleted...]
-              <w:t>работа с педагогами</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...13 lines deleted...]
-              <w:t>1. Секция классных руководителей «Правильное и сбалансированное питание»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «Правильное и сбалансированное питание»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып жетекшілерінің секциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...16 lines deleted...]
-              <w:t>Формирование творческого мастерства классных руководителей</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006637FB">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Кризисные ситуации в подростковой среде. Меры профилактики и предупреждения подросткового суицида (психолог)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жасөспірімдер ортасындағы кризистік жағдайлар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жасөспірімдердің өзіне қол жұмсауды алдын алу және ескерту шаралары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(психолог)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00553F07">
-[...17 lines deleted...]
-              <w:t>Работа спортивных кружков и секций</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...13 lines deleted...]
-              <w:t>Работа по плану</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспар бойынша жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRDefault="0087408C" w:rsidP="00553F07">
-[...17 lines deleted...]
-              <w:t>Самоуправление в школе и в классе</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...13 lines deleted...]
-              <w:t>День самоуправления</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі басқару күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006637FB">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00CA39B8">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00543511" w:rsidTr="00BD1904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00407BCA">
-[...17 lines deleted...]
-              <w:t>Общешкольные праздники и мероприятия</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектепішілік мерекелер мен іс-шаралар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...40 lines deleted...]
-              <w:t>2.День пожилого человека (встречи с ветеранами труда)</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. «Славное имя - Учитель» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарттар күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек ардагерлерімен кездесу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00543511">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="003F774E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006637FB">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00543511" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="003F774E">
+    <w:p w:rsidR="00046765" w:rsidRPr="00E55BF7" w:rsidRDefault="00046765" w:rsidP="003F774E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="003F774E">
+    <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="008D2754">
       <w:pPr>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қараша айы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D44288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Месяц. Ноябрь 2016-2017 учебный год</w:t>
+        <w:t xml:space="preserve"> 2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D44288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="003F774E">
+    <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="003F774E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мероприятия по ЗОЖ: </w:t>
+        <w:t xml:space="preserve">СӨС бойынша іс-шара: ЖИТС/ВИЧ-ты алдын алу бойынша айлық </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Месячник</w:t>
+        <w:t>(03.11.-03.12.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...109 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Декадник</w:t>
+        <w:t>Шылым шегуді алдын алу</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10.11.-20.11.)</w:t>
       </w:r>
-      <w:r w:rsidR="00F47C69" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Халықаралық қант диабетіне қарсы күрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D44288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Всемирный</w:t>
+        <w:t xml:space="preserve"> (14.11.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...150 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Всемирный</w:t>
+        <w:t>Халықаралық өкпе ауруларына қарсы күрес</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...180 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (19.11</w:t>
       </w:r>
-      <w:r w:rsidR="00F47C69" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">.) </w:t>
+        <w:t xml:space="preserve">.)  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Халықаралық шылым шегуден бас тарту күні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D44288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Международный</w:t>
+        <w:t>(20.11.)</w:t>
       </w:r>
-      <w:r w:rsidR="00F47C69" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00D44288">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> День отказа от курения (20.11.</w:t>
+        <w:t>, Рационалды тамақтану.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="003F774E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>)</w:t>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="2128"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2394"/>
+        <w:gridCol w:w="2514"/>
+        <w:gridCol w:w="2395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәмелетке толмағандардың әкімшілік және қылмыстық жауапкершіліктері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тақырыптарына әңгімелесу. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын.сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәнгілік ел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп кеңесінің отырысы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар комитетінің отырысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пәтерлерге бару, акт жасау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ата-аналар жиналысы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспар бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандықты анықтауға бағытталған тестілеу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ. «Менің мамандығым – менің болашағым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Эвакуация бойынша жаттығу жұмыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «ЭКСПО - 2017»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономикалық ойыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолда абай бол!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үгітбригада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолда абай бол!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Менің міндеттерім мен құқығым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1.Дене шынықтыру бойынша олимпиада</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Диета, ее значение» 5-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Денсаулық және дұрыс тамақтану</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00AF7C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Конкурс рисунков  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сіздің үстеліңіздегі жемістер мен көкөністер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» 4-7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Дөңгелек үстел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Куришь-сам себя губишь»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Күзгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> марафон. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Жизнь без сигарет – путь к здоровью» семинары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Профилактика ВИЧ/СПИДа»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00AF7C9B">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. Қауіпті, әсерлі заттарды қолдануда сауалнама жүргізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00606207">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Дені саудың-тәні сау» мектеп оқушыларының дұрыс тамақтануы туралы дөңгелеек үстел </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ауруларды алдын алу» семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="num" w:pos="780"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>Мұғалімнің өзінің кәсіби жетілуі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>». (психолог)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Күзгі демалысты өткізу және ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Күзгі демалысты өткізу және ұйымдастыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектепішілік мерекелер мен іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР Бірінші Президент күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="num" w:pos="780"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00D44288" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44288">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 сынып әліппе мерекесі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00046765" w:rsidRPr="009F0726" w:rsidRDefault="00046765" w:rsidP="00F47C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF6600"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90698">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Желтоқсан айы. </w:t>
       </w:r>
-      <w:r w:rsidR="00B73F8D" w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C90698">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90698">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00F47C69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C90698">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Декадник по рациональному питанию</w:t>
+        <w:t xml:space="preserve">СӨС бойынша іс-шара: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C90698">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.12 – Халықаралық ЖИТС-ке қарсы күрес күні, грипп және жұқпалы вирусты ауруларды алдын алу бойынша екі айлық жүргізу. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2395"/>
+        <w:gridCol w:w="523"/>
+        <w:gridCol w:w="1514"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="4078"/>
+        <w:gridCol w:w="2091"/>
+        <w:gridCol w:w="1898"/>
+        <w:gridCol w:w="2813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...48 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="0097221F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003F774E" w:rsidRPr="00E55BF7" w:rsidRDefault="003F774E" w:rsidP="00DB7022">
-[...117 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Путь лидера»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Сынып сағаты: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ел </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ел таңдауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidRDefault="00CC75C9" w:rsidP="00DB7022">
-[...108 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Егер де мен ел Президенті болсам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> эссэ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аза</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стан – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәуелсіз ел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidRDefault="00CC75C9" w:rsidP="00DB7022">
-[...92 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Свобода и независимость страны»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Отбасында баланы құқықтық-адамгершілікк тәрбиелеу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Жаман әдеттерді алдын алу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.Жаңа жылдық іс-шараларды өткізу және ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәуелсіз Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер сайысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа жылдық рәсімделу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...26 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidRDefault="00CC75C9" w:rsidP="00DB7022">
-[...113 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Брейн-ринг «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қала көшелерінде өзінді қалай ұстау керек?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC75C9" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...207 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Семинар: «ВИЧ – глобальная проблема человечества?» 7-11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шахмат бойынша мектеп біріншілігі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00FA60AF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұмау ауруларынан өзінді қалай қорғау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">викторинасы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Конференция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз – СӨС үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» 5-6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қысқы футбол бойынша біріншілік </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00F47C69">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нашақорлық және ЖИТС сұрақтары бойынша оқушыларды ақпараттау бойынша сауалнама жүргізу. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...585 lines deleted...]
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
+              <w:t xml:space="preserve">1. «ОРВИ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>рипп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ты алдын алу туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...124 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...2 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="2128" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...93 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...122 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="1002"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>Қиын балалармен жұмыс жасау әдістері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidTr="00DE0B44">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="00DB7022">
-[...55 lines deleted...]
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="0087408C" w:rsidP="006637FB">
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10880" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспар бойынша жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10880" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қысқы демалысты өткізу және ұйымдастыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidTr="00B924F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жалпы мектепішілік мерекелер мен </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">іс-шаралар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Ең бірінші Елбасы күні </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Тәуелсіздігінің күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="250"/>
-                <w:tab w:val="num" w:pos="780"/>
+                <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:ind w:left="80"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...323 lines deleted...]
-          <w:p w:rsidR="0087408C" w:rsidRPr="00E55BF7" w:rsidRDefault="00F57753" w:rsidP="006637FB">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C90698" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="250"/>
-                <w:tab w:val="num" w:pos="780"/>
+                <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:ind w:left="80"/>
-[...50 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C90698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>Жаңа жылдық таңертеңгіліктер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00900ABF" w:rsidRPr="00E55BF7" w:rsidRDefault="00900ABF" w:rsidP="00F47C69">
+    <w:p w:rsidR="00046765" w:rsidRPr="00E55BF7" w:rsidRDefault="00046765" w:rsidP="003F774E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00B169DF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қаңтар айы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B169DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+        <w:t xml:space="preserve"> 2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B169DF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Месяц. Декабрь 2016-2017 учебный год</w:t>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A07C94" w:rsidRPr="00E55BF7" w:rsidRDefault="00A07C94" w:rsidP="00F47C69">
+    <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="000F1045">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B169DF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мероприятия по ЗОЖ: </w:t>
+        <w:t>СӨС бойынша іс-шара: СӨС бойынша айлық. Дәстүрлі емес сауықтыру әдістері бойынша айлық.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B169DF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖВИ және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B169DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Грипп айлығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="2128"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2394"/>
+        <w:gridCol w:w="2394"/>
+        <w:gridCol w:w="2395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КТІБ қызметкерлерінің оқушылармен жеке әңгімелесу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Конференция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жасөспірім және Заң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 8-9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан халқына жолдауы бойынша бағдарламаны іске асыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «Религия и политика»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Діни экстремизмді алдын алу бойынша (жоспар бойынша)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Терроризмге «ЖОҚ» деп айт. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық ойындар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Мектептің ПК отырысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.Тамақтануды ұйымдастыру бойынша комиссиясының  отырысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пәтерлерге бару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандықты анықтауға бағытталған тестілеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. «М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енің мамандығым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олашағым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Түлектерді жұмысқа орналастыру нәтижелернің анализі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Пожар глазами детей»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер көрмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрт сөндіру техникалық орталығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР Президентінің халыққа жолдауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конференция. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00120C86">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Сын. сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «СПИД – трагедия личности» 8-9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. «Путешествие в страну здоровья» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ойын бағдарламасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="009B4902">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. ЗОЖик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Мы здоровые ребята» суреттер сайысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. ОРВИ және ГРИПП профилактикасы бойынша қағаздарды дайындау. 1-11 сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. Сынып сағаты: «История возникновения ОРВИ и Гриппа» 1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Шаңғы тебу бойынша мектеп біріншілігі.ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Сын. сағ. «Сауығу үшін дәстүрлі және дәстүрлі емес әдістерді қолдану» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6-11 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Денсаулық күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Зимние забавы» 5-7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="000F1045">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Санбюллетень по профилактике гриппа» семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="0004394E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Здоровая семья – счастливое детство» семинары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Санбюллетень по профилактике гриппа» семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="num" w:pos="780"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Профессиональная направленность учителя».(психолог) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="num" w:pos="780"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9734" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоспар бойынша жұмыс. Бірінші жартыжылдыққа есеп. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тренинг «Үздік ұйымдастырушы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="num" w:pos="780"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектепішілік мерекелер мен іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="num" w:pos="780"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B169DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>Әліппемен қоштасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B169DF" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00046765" w:rsidRPr="00F578B3" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF6600"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1.12 – Всемирный день борьбы со СПИД, Двухмесячник по профилактике респираторных вирусных инфекций и гриппа</w:t>
+        <w:t>Ақпан айы.</w:t>
       </w:r>
-    </w:p>
-[...2276 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+        <w:t xml:space="preserve"> 2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Месяц. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 2016-2017 учебный год</w:t>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0088160C" w:rsidRPr="00E55BF7" w:rsidRDefault="0088160C" w:rsidP="000F1045">
+    <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="009F5D23">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2448 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СӨС бойынша іс-шара: Сауығу әдістерінің айлығы. Ішімдік ауруларын алдын алу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>(03.02.-12.02.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.Ішімдікке қарсы күрес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>(04.02.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>. Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мероприятия по ЗОЖ: </w:t>
+        <w:t>уберкулез</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Месячник пропаганды естественных методов оздоровления. </w:t>
+        <w:t>ды алдын алу айлығы</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...138 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> (24.02.-24.03). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Всемирный</w:t>
-[...174 lines deleted...]
-        <w:t>Месячник по охране репродуктивного здоровья</w:t>
+        <w:t>Денсаулықты сақтау айлығы.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2395"/>
+        <w:gridCol w:w="606"/>
+        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2536"/>
+        <w:gridCol w:w="3669"/>
+        <w:gridCol w:w="2244"/>
+        <w:gridCol w:w="2040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0004394E" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0004394E" w:rsidRPr="00E55BF7" w:rsidRDefault="0004394E" w:rsidP="00DB7022">
-[...48 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407BCA" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00407BCA" w:rsidRPr="00E55BF7" w:rsidRDefault="00407BCA" w:rsidP="00DB7022">
-[...69 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттің ішкі және сыртқы политикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атты конференция </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-11 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Танымдық кеш. «Адамдар. Жағдайлар. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Факт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ілер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8-9 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...47 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.«Зарница» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әскери-спорттық ойын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(7-8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00407BCA" w:rsidRPr="00E55BF7" w:rsidRDefault="00407BCA" w:rsidP="00DB7022">
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. «Афганистан – сердце наполненное болью» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кездесу кеші. АӘД </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6205" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзін-өзі тану декадасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі тану мұғалімдері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақтың ұлттық ойцындары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақтың ұлттық ойцындары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақтың ұлттық ойцындары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="000F7355">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.А завтра будет жизнь… (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзіне қол жұмсауды алдын алу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) (5-9)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.К чему может привести тревожность детей? (1-4) (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Берегите жилище от пожара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармалар конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Эвакуация бойынша жаттығу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОПТ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F07BD7" w:rsidRPr="00E55BF7" w:rsidTr="00781579">
-[...26 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F07BD7" w:rsidRPr="00E55BF7" w:rsidRDefault="00F07BD7" w:rsidP="00DB7022">
-[...21 lines deleted...]
-            <w:tcW w:w="4945" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F07BD7" w:rsidRPr="00E55BF7" w:rsidRDefault="00F07BD7" w:rsidP="00DB7022">
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олледж, лице</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, институт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өкілдерімен кездесу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Семинар «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандық әлемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">семинар. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолда абай бол!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5808" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...125 lines deleted...]
-              <w:t>Казахские национальные игры. ФК</w:t>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Сын. сағ. «Денсаулық және біздің қоршаған орта» 1-11 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.Көп сатылы бойынша мектеп біріншілігі. ДШ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>«ВсемирныйДень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>борьбы с онкологическими</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>заболеваниями»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ладошки с пожеланиями)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="009C6E38">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. «Мұздағы ең шапшаңдар» атты шаңғы тебу біріншілігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00BC1452">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Интервью у доктора»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ойыны. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>сын. үшін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00BC1452">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. «Проводы зимы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> спорттық мереке.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5808" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...994 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="2128" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00DB7022">
-[...54 lines deleted...]
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00DB7022">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00D13468">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Необходимые меры скрининга» семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...2 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="2128" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00DB7022">
-[...96 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Онкология и вредные привычки»  семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidTr="006637FB">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00DB7022">
-[...56 lines deleted...]
-          <w:p w:rsidR="00781579" w:rsidRPr="00E55BF7" w:rsidRDefault="00781579" w:rsidP="00900ABF">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00B65DBC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушылардың жас ерекш. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(психолог)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2395" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidTr="006637FB">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00553F07">
-[...57 lines deleted...]
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00900ABF">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E84A57">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-[...119 lines deleted...]
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00900ABF">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E84A57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Секциялар мен үйірме жұмыстарының әрекеті бойынша анализ жүргізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidTr="006637FB">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="606" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3691" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00407BCA">
-[...57 lines deleted...]
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="00A75BC5" w:rsidP="00900ABF">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E84A57">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>Ауғаныстаннан әскерлері күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E84A57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3669" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="1002"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009D015E" w:rsidRDefault="009D015E" w:rsidP="009F5D23">
+    <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="009F5D23">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наурыз айы. 2016-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+        <w:t xml:space="preserve">017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Месяц. Март 2016-2017 учебный год</w:t>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidRDefault="009F5D23" w:rsidP="009F5D23">
+    <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="009F5D23">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>СӨС бойынша іс-шара: Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мероприятия по ЗОЖ: Месячник по профилактике травматизма (31.03.-30.04.). </w:t>
+        <w:t>равматизм</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ді алдын алу бойынша айлық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.03.-30.04.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дүниежүзілік туберкулезге қарсы күрес күні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(24.03.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00B65DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...123 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidRDefault="009F5D23" w:rsidP="009F5D23">
+    <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="009F5D23">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2395"/>
+        <w:gridCol w:w="622"/>
+        <w:gridCol w:w="1857"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2150"/>
+        <w:gridCol w:w="2500"/>
+        <w:gridCol w:w="2567"/>
+        <w:gridCol w:w="3221"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidRDefault="009F5D23" w:rsidP="00DB7022">
-[...48 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidRDefault="009F5D23" w:rsidP="00DB7022">
-[...107 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз мейрамының тарихы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E55BF7">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салты мен дәстүрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ауылдар сайысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidRDefault="009F5D23" w:rsidP="00DB7022">
-[...76 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тимуршілер жұмысы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009F5D23" w:rsidRPr="00E55BF7" w:rsidRDefault="009F5D23" w:rsidP="00DB7022">
-[...79 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз мейрамының тарихы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-[...118 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="003022C1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суреттер көрмесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тағам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық костюмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суреттер көрмесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Ұлттық ойындар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Ұлттық дәстүрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF7668" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF7668" w:rsidRPr="00E55BF7" w:rsidRDefault="00BF7668" w:rsidP="00DB7022">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Менің атамның суреті» суреттер сайысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00CB5808" w:rsidRPr="00E55BF7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша ата-аналар жиналысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үлкендер мен балалардың эмоционалды жағдайлары. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Эмоциональное состояние взрослого и ребенка. Что стоит за ним?(5-11) (психолог)</w:t>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Что стоит за ним?(5-11) (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пәтерлерге бару, акт жасау. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...77 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Игі істер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акциясы. Аға тәлімгер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эвакуация бойынша жаттығу жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ОПТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2395" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қарттар үйінде қайырымдылық концерті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...76 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қамқорлық акциясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...2 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="1857" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...107 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Туберкулез туралы біз не білеміз?» қабырға газеті бойынша сайыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="0075656A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.1-7 сын. үшін диктант.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="005D72E9">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Признаки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>туберкулеза и его</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>лечение»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...225 lines deleted...]
-              <w:t>2. Первенство школы по футболу. ФК</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="005D72E9">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Внимание туберкулез!» үгітбригаданың шығуы. 1-4 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Денсаулық күні «Наурыз» 5-9 сын. ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Туберкулез сұрақтары бойынша оқушыларды ақпараттандыру бойынша сауалнама алу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Футболдан мектеп біріншілігі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...2 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="2128" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1857" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...98 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Дөңгелек үстел «Как уберечься от болезни» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...2 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...12 lines deleted...]
-            <w:tcW w:w="2128" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1857" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...104 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Болезнь – легче предупредить»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атты туберкулез профилактикасы бойынша дәріс жүргізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00DB7022">
-[...54 lines deleted...]
-            <w:tcW w:w="2709" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып жетекшілерінің шығармашылық шеберліктерін қалыптастыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000474D2" w:rsidRPr="00E55BF7" w:rsidRDefault="000474D2" w:rsidP="00900ABF">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-[...86 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілерінің қиын балалармен жұмыс жасау. (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00553F07">
-[...23 lines deleted...]
-            <w:tcW w:w="10049" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00DB7022">
-[...13 lines deleted...]
-              <w:t>Работа по плану</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспар бойынша жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRDefault="007C7485" w:rsidP="00553F07">
-[...64 lines deleted...]
-            <w:tcW w:w="2709" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00553F07">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бестік апталығы» сайысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00900ABF">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2395" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...17 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3726" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00407BCA">
-[...63 lines deleted...]
-            <w:tcW w:w="2709" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектепішілік мерекелер мен іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"В этот день весенний женщину мы славим"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атты мерекелік концерт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C7485" w:rsidRPr="00E55BF7" w:rsidRDefault="007C7485" w:rsidP="00900ABF">
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="1002"/>
               </w:tabs>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B65DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Наурыз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00B65DBC" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00407BCA" w:rsidRPr="00E55BF7" w:rsidRDefault="00407BCA" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00F2208D" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәуір айы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+        <w:t xml:space="preserve"> 2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Месяц. Апрель 2016-2017 учебный год</w:t>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722002" w:rsidRPr="00722002" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Месячник активизации мер профилактики ИППП и нравственно-половому воспитанию (1-30.04.). Декадник пропаганды вопросов по охране здоровья (28.03-7.04.). Месячник по профилактике дорожно-транспортного травматизма (1-30.04.). Декадник по пропаганде рационального питания (6-16.04.). </w:t>
+        <w:t xml:space="preserve">СӨС бойынша іс-шараАдамгершілік тәрбиесі (1-30.04.). Денсаулық сақтау сұрақтары бойынша насихаттау жұмыстары (28.03-7.04.). Жолдағы көлік травматизмін алдын аду бойынша айлық (1-30.04.). Дұрыс тамақтану (6-16.04.). Дүниежүзілік денсаулық күні </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Всемирный</w:t>
+        <w:t>(07.04.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...94 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Астма ауруын алдын алу (28.04.-07.05.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00407BCA" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Месячник «Военно-патриотического воспитания» 09.04-09.05</w:t>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әскери патриоттық тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айлығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>09.04-09.05</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00407BCA" w:rsidRPr="00E55BF7" w:rsidRDefault="00407BCA" w:rsidP="00722002">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00722002">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2867"/>
+        <w:gridCol w:w="671"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2531"/>
+        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="2380"/>
+        <w:gridCol w:w="3301"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
-[...48 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidRDefault="00722002" w:rsidP="00DB7022">
-[...85 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Если ты нарушил закон…» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-[...84 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Скоро стану я солдатом, буду в армии служить» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АӘД</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.«Я – патриот своей страны»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> линейкасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаты:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«В единстве сила»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidRDefault="00722002" w:rsidP="00DB7022">
-[...54 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Раненая птица» - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тірі табиғат достары туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құстар күні. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тимур</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лер жұмыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Мир глазами детей»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер көрмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidRDefault="00722002" w:rsidP="00DB7022">
-[...107 lines deleted...]
-              <w:t xml:space="preserve"> «В единстве сила»</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын. сағ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Күш бірлікте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidRDefault="00722002" w:rsidP="00DB7022">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="005E36DB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психоактивті заттарды қолдануды алдын алу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Профилактика употребления </w:t>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>(1-4, 5-11) (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша ата-аналар жиналысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. Жыл қорытындысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. 9-11 сыныптар үшін кәсіптік бағдар беру жұмыстары. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. Жазғы кезеңдегі бос уақыттарын қамту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. Құқықбұзушылықты алдын алу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E55BF7">
-[...118 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құстар күні.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұя жасау.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«Мир, Экология, Дети»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>акциясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.Мектеп аумағын аббаттандыру және тазалау. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...27 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00722002" w:rsidRPr="00E55BF7" w:rsidRDefault="00722002" w:rsidP="00DB7022">
-[...172 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оттан абай бол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үгітбригаданың жұмысы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...26 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidRDefault="00587121" w:rsidP="00DB7022">
-[...116 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00107EB1">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖЖТ бойынша тестілеу. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линейка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолда абай бол!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...26 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. Қыздармен дискуссия жүргізу сағаты «Когда я взрослею» 5-7 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. «Денсаулық жолы бойы» суреттер сайысы. 1-4 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.Денсаулық күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Сынып сағаты:  «О роли здорового, правильного и рационального питания» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.«Профилактика БППП» семинары </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8-11 сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Вам жить – вам выбирать» дөңгелек үстел. 9-11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Мектеп біріншілігі бойынша үстел теннисі. ФШ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. «Отанының жас қорғаушысы» әскери-қолданбалы спорт түрі бойынша жарыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001C2256">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.Дұрыс тамақтану бойынша оқушыларға ақпарат беру үшін сауалнама жүргізу  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көктемгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кросс. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="0026367E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«О половом воспитании детей» семинары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Бронхиальная астма – весьма опасна» диспуты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidRDefault="00587121" w:rsidP="00DB7022">
-[...97 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Дарынды балалармен жұмыс жасау ерекшеліктері». </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагоги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық дәріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...352 lines deleted...]
-              <w:t>2. Весенний кросс. ФК</w:t>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10595" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көктем демалысы аясында іс-шаралар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...125 lines deleted...]
-              <w:t>1.Семинар  «О половом воспитании детей»</w:t>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10595" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспар бойынша жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidTr="00A75BC5">
-[...148 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00BD1904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidRDefault="00587121" w:rsidP="00DB7022">
-[...54 lines deleted...]
-            <w:tcW w:w="2394" w:type="dxa"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектепішілік мерекелер мен іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00587121" w:rsidRPr="00E55BF7" w:rsidRDefault="00587121" w:rsidP="006637FB">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...329 lines deleted...]
-              <w:t>День единства народов Казахстана. Концерт «Мой Казахстан». Прием детей в ЕДЮО</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3301" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан халқының бірлігі күні. Концерт «Менің Қазақстаным». </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009149C0" w:rsidRDefault="009149C0" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="008D2754">
       <w:pPr>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Месяц. Май 2016-2017 учебный год</w:t>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>амыр айы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мероприятия по ЗОЖ: </w:t>
+        <w:t xml:space="preserve">СӨС бойынша іс-шара: Шылым шегуді алдын алу бойынша айлық. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Месячник</w:t>
+        <w:t>(01.05.-31.05.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Халықаралық бронхиалды астмамаға қарсы күрес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(07.05.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Халықаралық артериалды гипертонияға қарсы күрес. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>по</w:t>
+        <w:t>(10.05.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>.  Ұлттық ойындар күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (18.05.)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>. Шылым шегуге қарсы күрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>профилактике</w:t>
-[...673 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (31.05.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009425E9" w:rsidRPr="00E55BF7" w:rsidRDefault="009425E9" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Международный</w:t>
+        <w:t>Халықаралық отбасылар күні</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (15.05.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2395"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="1564"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2593"/>
+        <w:gridCol w:w="4647"/>
+        <w:gridCol w:w="1783"/>
+        <w:gridCol w:w="1768"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...46 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
-[...48 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="006103BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DB7022" w:rsidRDefault="00722002" w:rsidP="00DB7022">
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«Родина - Отчизна»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00722002" w:rsidRDefault="00722002" w:rsidP="00722002">
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. «Далекому подвигу верность храня»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеңістің жетпес бағасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» 9-11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жасөспірім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> операциясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
-[...84 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани-адамгершілік тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тимур</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лердің жұмыстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Акция «С добрым утром, ветеран!»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«Мир глазами детей»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер көрмесі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
-[...76 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық ойындар күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00814685" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00814685" w:rsidRPr="00E55BF7" w:rsidRDefault="00814685" w:rsidP="00DB7022">
-[...77 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енің отбасым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">плакаттар сайысы. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мен тұратын отбасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>презентация жасау конкурсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5-8 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00F2208D" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="005E36DB" w:rsidRPr="00E55BF7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Профилактика насилия в семье (1-11) (психолог)</w:t>
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отбасындағы қатыгездікті алдын алу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(1-11) (психолог)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «Школа – зажигает звезды»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ата-аналардың шақырылуымен мерекелік концерт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналардың балаларды тәрбиелеудегі мектеп өміріне қосқан үлесі үшін қошеметтеу. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00814685" w:rsidRPr="00E55BF7">
-[...41 lines deleted...]
-              <w:t>1.Заседание комиссии по организации питания</w:t>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР отырысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тамақтануды ұйымдастыру бойынша комиссия отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidRDefault="00A75BC5" w:rsidP="00DB7022">
-[...105 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.Мектеп аумағын аббаттандыру және тазалау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ОПТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2395" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidRDefault="00A75BC5" w:rsidP="00DB7022">
-[...131 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00B924F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп ауласын аббаттандыру және санитарлық тазалау бойынша айлық.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidRDefault="00A75BC5" w:rsidP="00DB7022">
-[...86 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз және жол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">викторинасы. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidTr="00DB7022">
-[...2 lines deleted...]
-            <w:tcW w:w="675" w:type="dxa"/>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidRDefault="00A75BC5" w:rsidP="00DB7022">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="1564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A75BC5" w:rsidRPr="00E55BF7" w:rsidRDefault="00A75BC5" w:rsidP="00DB7022">
-[...71 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>салауатты өмір салты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. «Активный и пассивный курильщик» семинары. 6-8 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="009425E9">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>«Чертизтабакерки»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  үгітбригаданың жұмысы. 1-4 сын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="009425E9">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>3.Сочинение – обращение к своим сверстникам 9-11 сын.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1. Метептің ЖЖИ отрядының шығуы «Қауіпсіз жол».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2. «Профилактика бронхиальной астмы» үгітбригаданың шығуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.СӨС қалыптастыру сұрақтары бойынша сауалнама </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2.Шашки бойынша мектеп біріншілігі. ДШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Гиппертензия. Возможности риска» семинары.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Дәріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Выступление агитбригады </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Улануды алдын алу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Диспут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Черт</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>ртериал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>гипертензи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я профилактикасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Дәріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Улануды алдын алу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>мектеп алды лагерь қызметшілері үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ жұмыстарына анализ жасау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшінің п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ортфолио</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E55BF7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша қорытынды жүргізу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">  1-4 </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>кл</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үйірме мен секциялардың жұмыстары бойынша жылдық есеп </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>3.Сочинение – обращение к своим сверстникам 9-11кл.</w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есеп апталығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00FF0DFC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>1. Выступление школьного отряда ЮИД «Безопасная дорога».</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00116CC5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектепішілік мерекелер мен іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан халқының бірлігі күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отан қорғау күні </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеңіс күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.«Памяти павших будьте достойны»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> митингі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1783" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="009149C0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...301 lines deleted...]
-                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...674 lines deleted...]
-              <w:t>1.Праздник последнего звонка.</w:t>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соңғы қоңырау мерекесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="004F33A7">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="008D2754">
       <w:pPr>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="008D2754">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Маусым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E55BF7">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Месяц. Июнь</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B56A7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айлары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51605">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">-август </w:t>
+        <w:t xml:space="preserve">2016-2017 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2016-2017 учебный год</w:t>
+        <w:t>оқу жылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="004F33A7">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="004F33A7">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E55BF7">
+      <w:r w:rsidRPr="00C51605">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>Международный</w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> защиты детей</w:t>
+        <w:t xml:space="preserve">Халықаралық отбасылар және балаларды қорғау күні </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidTr="00781579">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>/п</w:t>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Направления работы</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс бағыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">1-6 </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E41B2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="00781579">
-            <w:pPr>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E41B2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">8-14 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">15-22 </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E41B2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F33A7" w:rsidRPr="00E55BF7" w:rsidRDefault="004F33A7" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">22-30 </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E41B2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Воспитание казахстанского патриотизма и гражданственности, правовое воспитание.</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азаматтық және патриоттық тәрбие, құқықтық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...31 lines deleted...]
-              <w:t>Мероприятия по профилактике дорожно-транспортного травматизма</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік рәміздер күніне арналған іс-шаралар. Астана күні. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолдағы транспорттық травматизм бойынша іс-шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Духовно-нравственное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рухани-адамгершілік тәрбие </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...13 lines deleted...]
-              <w:t>Благотворительные акции</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қамқорлық акциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Национальное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Спортивные состязания в пришкольном и профильном лагерях по национальным видам. </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп жанындағы лагерьдегі спорттық жарыстар. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Семейное воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Акция «Дорога в школу». Индивидуальные беседы с родителями. </w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектепке жол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналармен жеке әңгімелесу. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidRDefault="000B56A7" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidRDefault="000B56A7" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Трудовое, экономическое и экологическое воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidRDefault="000B56A7" w:rsidP="00781579">
-[...13 lines deleted...]
-              <w:t>Экскурсии на природу. Экологические акции</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Табиғатқа экскурсияға шығу. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акци</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidRDefault="000B56A7" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidRDefault="000B56A7" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Поликультурное, художественно – эстетическое воспитание</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдениетілікке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эстети</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="000B56A7" w:rsidRPr="00E55BF7" w:rsidRDefault="000B56A7" w:rsidP="00781579">
-[...13 lines deleted...]
-              <w:t>Экскурсии в музеи города Павлодара</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының музеилеріне экскурсия </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...15 lines deleted...]
-              <w:t>Интеллектуальное воспитание, воспитание информационной культуры</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеллектуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдени-ақпараттық тәрбие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="004F33A7">
-[...79 lines deleted...]
-              <w:t>тройство учащихся 9, 11 классов</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Су қоймаларында келеңсіз жағдайларды ескерту. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жолдағы көлік апаттары бойынша шаралар, ЖСОЕО мектеп жанындағы аумақтағы жұмыстары. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. 9, 11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып оқушыларын жұмысқа орналастыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:trPr>
           <w:trHeight w:val="1380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...72 lines deleted...]
-              <w:t>работа с педагогами</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">салауатты өмір салты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогтармен жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...14 lines deleted...]
-              <w:t>Международный день борьбы с наркоманией. Декадник по профилактике ОКИ. Организация работы спортивных площадок.</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00781579">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Халықаралық нашақорлыққа қарсы күрес күні. Улануды алдын алу шаралары. Спорт алаңдарын ұйымдастыру жұмысы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...27 lines deleted...]
-              <w:t>мастерства классных руководителей</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорттық үйірмелер мен секциялардың жұмыстары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00781579">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...7 lines deleted...]
-              <w:t>1. Переводные и выпускные экзамены.</w:t>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Келесі сыныпқа көшіру және аяқтау емтихандары </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidTr="00553F07">
+      <w:tr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidTr="00E1232F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00781579">
-[...17 lines deleted...]
-              <w:t>Общешкольные праздники и мероприятия</w:t>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="001B180A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сыныпта және мектепте өзін-өзі басқару </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00970CF2" w:rsidRPr="00E55BF7" w:rsidRDefault="00970CF2" w:rsidP="00A938FE">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балаларды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00E1232F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚР мемлекеттік рәміздер күні. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00781579">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E55BF7">
-[...6 lines deleted...]
-              <w:t>1.Выпускной вечер.</w:t>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Түлектер кеші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51605">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00DB7022">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00DB7022">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009425E9" w:rsidRPr="00E55BF7" w:rsidRDefault="009425E9" w:rsidP="009425E9">
+    <w:p w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidRDefault="00046765" w:rsidP="00F26E15">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidRDefault="00DB7022" w:rsidP="00F26E15">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00DB7022" w:rsidRPr="00E55BF7" w:rsidSect="00F26E15">
+    <w:sectPr w:rsidR="00046765" w:rsidRPr="00C51605" w:rsidSect="00F26E15">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="426" w:right="1134" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01775534"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3BA6276"/>
     <w:lvl w:ilvl="0" w:tplc="AD807D20">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="028420D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60B434DC"/>
     <w:lvl w:ilvl="0" w:tplc="2CBA2AB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="075F0325"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BEE4AC0E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0E615AE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96941ADE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="12F97CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="754088D4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="15476E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7069370"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="1F0068EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14322F48"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="240918E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9828B644"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="254C1857"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0B85CBC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="25934063"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6756DE24"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="27A069C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F38E2864"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="294C79C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9C89FAA"/>
     <w:lvl w:ilvl="0" w:tplc="AD807D20">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="29A015FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7069370"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="2C9502DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD38ED14"/>
     <w:lvl w:ilvl="0" w:tplc="2A7062C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:i/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="3A157E26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9C89FAA"/>
     <w:lvl w:ilvl="0" w:tplc="AD807D20">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="40DA3701"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BD02C58"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="416E54A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6756DE24"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="41C96C32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0B85CBC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="43777E4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BB08B40"/>
     <w:lvl w:ilvl="0" w:tplc="AD807D20">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="48B20B7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BD02C58"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="4B08474D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0340196"/>
     <w:lvl w:ilvl="0" w:tplc="1380895A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="4B0D6533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1E67462"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="4BFB308E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1646EF12"/>
     <w:lvl w:ilvl="0" w:tplc="E41CB292">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="4E317352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A661216"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="530C3C9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="414095FC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="5BD42650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0340196"/>
     <w:lvl w:ilvl="0" w:tplc="1380895A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="623250F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27A09CEC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="68913FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0340196"/>
     <w:lvl w:ilvl="0" w:tplc="1380895A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:i/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="68E4416B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F9C47A2C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="732519FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A661216"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="74204A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B3BA6276"/>
-    <w:lvl w:ilvl="0" w:tplc="AD807D20">
+    <w:tmpl w:val="179AF890"/>
+    <w:lvl w:ilvl="0" w:tplc="2EB2BFA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Andale Sans UI" w:hint="default"/>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="7AE31C40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EAFECF32"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
@@ -32443,313 +33442,559 @@
   <w:num w:numId="26">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00490DF1"/>
+    <w:rsid w:val="00000965"/>
     <w:rsid w:val="00007110"/>
     <w:rsid w:val="00010E03"/>
+    <w:rsid w:val="00024D86"/>
     <w:rsid w:val="00026C5A"/>
+    <w:rsid w:val="0002797D"/>
+    <w:rsid w:val="00031EDF"/>
     <w:rsid w:val="0003413C"/>
+    <w:rsid w:val="000376B9"/>
+    <w:rsid w:val="000377A3"/>
     <w:rsid w:val="0004394E"/>
+    <w:rsid w:val="00046765"/>
+    <w:rsid w:val="00046EB4"/>
     <w:rsid w:val="000474D2"/>
+    <w:rsid w:val="000508B7"/>
+    <w:rsid w:val="000608E8"/>
+    <w:rsid w:val="00061601"/>
+    <w:rsid w:val="0006386D"/>
     <w:rsid w:val="00067B1F"/>
     <w:rsid w:val="00067BEB"/>
+    <w:rsid w:val="00072869"/>
+    <w:rsid w:val="00075110"/>
     <w:rsid w:val="00086B83"/>
+    <w:rsid w:val="000878E2"/>
+    <w:rsid w:val="00087D9E"/>
     <w:rsid w:val="00093F21"/>
+    <w:rsid w:val="00094E3D"/>
+    <w:rsid w:val="000A0A7C"/>
     <w:rsid w:val="000A5A76"/>
+    <w:rsid w:val="000B367F"/>
     <w:rsid w:val="000B56A7"/>
+    <w:rsid w:val="000B6010"/>
+    <w:rsid w:val="000C6502"/>
+    <w:rsid w:val="000C7102"/>
     <w:rsid w:val="000D1496"/>
     <w:rsid w:val="000D377C"/>
+    <w:rsid w:val="000D5F51"/>
+    <w:rsid w:val="000D6119"/>
+    <w:rsid w:val="000E540E"/>
     <w:rsid w:val="000F1045"/>
     <w:rsid w:val="000F7355"/>
     <w:rsid w:val="0010541D"/>
     <w:rsid w:val="00107EB1"/>
+    <w:rsid w:val="00116CC5"/>
     <w:rsid w:val="00120C86"/>
+    <w:rsid w:val="00122A49"/>
     <w:rsid w:val="00130DA8"/>
+    <w:rsid w:val="0015283A"/>
+    <w:rsid w:val="00156B60"/>
     <w:rsid w:val="001655EE"/>
+    <w:rsid w:val="00174AF6"/>
+    <w:rsid w:val="00176C37"/>
     <w:rsid w:val="0018248D"/>
     <w:rsid w:val="00183335"/>
+    <w:rsid w:val="00194596"/>
+    <w:rsid w:val="001B180A"/>
     <w:rsid w:val="001B24AC"/>
     <w:rsid w:val="001B26F8"/>
     <w:rsid w:val="001C2256"/>
+    <w:rsid w:val="001D041D"/>
     <w:rsid w:val="001D7BE7"/>
-    <w:rsid w:val="001F4E1F"/>
+    <w:rsid w:val="001E6D96"/>
     <w:rsid w:val="001F5771"/>
+    <w:rsid w:val="001F7555"/>
     <w:rsid w:val="0020014E"/>
     <w:rsid w:val="0021735E"/>
+    <w:rsid w:val="00217B46"/>
+    <w:rsid w:val="00221A0B"/>
+    <w:rsid w:val="00226B24"/>
     <w:rsid w:val="00255585"/>
     <w:rsid w:val="0026367E"/>
+    <w:rsid w:val="00267146"/>
+    <w:rsid w:val="00273C91"/>
+    <w:rsid w:val="00281AA7"/>
     <w:rsid w:val="00281BEE"/>
+    <w:rsid w:val="00290E28"/>
     <w:rsid w:val="002A465B"/>
     <w:rsid w:val="002A7DB5"/>
+    <w:rsid w:val="002B253C"/>
+    <w:rsid w:val="002D411E"/>
+    <w:rsid w:val="002E4423"/>
+    <w:rsid w:val="002F172F"/>
     <w:rsid w:val="002F29CF"/>
+    <w:rsid w:val="00301DD7"/>
+    <w:rsid w:val="003022C1"/>
+    <w:rsid w:val="003138EE"/>
+    <w:rsid w:val="00320D6F"/>
+    <w:rsid w:val="0032174E"/>
+    <w:rsid w:val="00345379"/>
+    <w:rsid w:val="00371B07"/>
     <w:rsid w:val="00376A41"/>
+    <w:rsid w:val="003858EB"/>
+    <w:rsid w:val="0039216C"/>
+    <w:rsid w:val="003921E9"/>
+    <w:rsid w:val="0039383B"/>
     <w:rsid w:val="00397855"/>
-    <w:rsid w:val="003A0B19"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003C7E33"/>
+    <w:rsid w:val="003B050C"/>
+    <w:rsid w:val="003B488E"/>
+    <w:rsid w:val="003E2821"/>
+    <w:rsid w:val="003F38B5"/>
     <w:rsid w:val="003F774E"/>
     <w:rsid w:val="00407BCA"/>
+    <w:rsid w:val="00416667"/>
     <w:rsid w:val="004263C2"/>
+    <w:rsid w:val="00435BE8"/>
+    <w:rsid w:val="004524EC"/>
+    <w:rsid w:val="00466681"/>
+    <w:rsid w:val="00471050"/>
+    <w:rsid w:val="004720AE"/>
+    <w:rsid w:val="004738AD"/>
+    <w:rsid w:val="00482EFD"/>
     <w:rsid w:val="00484F11"/>
+    <w:rsid w:val="0048604D"/>
     <w:rsid w:val="00490DF1"/>
     <w:rsid w:val="004A4AD4"/>
-    <w:rsid w:val="004B29FE"/>
+    <w:rsid w:val="004B3B04"/>
+    <w:rsid w:val="004C3955"/>
     <w:rsid w:val="004C5FA0"/>
     <w:rsid w:val="004D26BE"/>
+    <w:rsid w:val="004D39E6"/>
     <w:rsid w:val="004F33A7"/>
+    <w:rsid w:val="004F6B50"/>
+    <w:rsid w:val="00500485"/>
+    <w:rsid w:val="0050484A"/>
     <w:rsid w:val="00513D67"/>
     <w:rsid w:val="0051560B"/>
     <w:rsid w:val="0051726F"/>
+    <w:rsid w:val="0052005D"/>
+    <w:rsid w:val="00543511"/>
     <w:rsid w:val="00553F07"/>
     <w:rsid w:val="00561F9B"/>
     <w:rsid w:val="00562840"/>
+    <w:rsid w:val="00562D4B"/>
     <w:rsid w:val="00563D40"/>
     <w:rsid w:val="0056519A"/>
-    <w:rsid w:val="00587121"/>
+    <w:rsid w:val="00571A27"/>
+    <w:rsid w:val="005746F7"/>
+    <w:rsid w:val="00580FCA"/>
+    <w:rsid w:val="00583B35"/>
+    <w:rsid w:val="005931A2"/>
+    <w:rsid w:val="005A0825"/>
+    <w:rsid w:val="005A3ABE"/>
     <w:rsid w:val="005A7D3A"/>
+    <w:rsid w:val="005B748E"/>
+    <w:rsid w:val="005C6354"/>
     <w:rsid w:val="005C7553"/>
     <w:rsid w:val="005C7E76"/>
     <w:rsid w:val="005D72E9"/>
     <w:rsid w:val="005E36DB"/>
+    <w:rsid w:val="005E3BD0"/>
+    <w:rsid w:val="005E4FEC"/>
     <w:rsid w:val="00606207"/>
+    <w:rsid w:val="006103BA"/>
     <w:rsid w:val="00642956"/>
+    <w:rsid w:val="0064413B"/>
+    <w:rsid w:val="00657825"/>
     <w:rsid w:val="006637FB"/>
+    <w:rsid w:val="00670B2D"/>
     <w:rsid w:val="00681563"/>
+    <w:rsid w:val="00682162"/>
     <w:rsid w:val="006922AF"/>
     <w:rsid w:val="006A10B6"/>
+    <w:rsid w:val="006A50A6"/>
+    <w:rsid w:val="006C0BA2"/>
     <w:rsid w:val="006D2D02"/>
     <w:rsid w:val="006D5306"/>
     <w:rsid w:val="006D7546"/>
     <w:rsid w:val="006E3159"/>
     <w:rsid w:val="006E4BFF"/>
     <w:rsid w:val="006F6FAC"/>
+    <w:rsid w:val="007012BE"/>
+    <w:rsid w:val="0070377E"/>
+    <w:rsid w:val="007048F6"/>
+    <w:rsid w:val="007070BA"/>
     <w:rsid w:val="00722002"/>
     <w:rsid w:val="00735ADC"/>
+    <w:rsid w:val="00735F24"/>
     <w:rsid w:val="00740CFF"/>
+    <w:rsid w:val="00745F26"/>
+    <w:rsid w:val="00746482"/>
     <w:rsid w:val="00753FC1"/>
     <w:rsid w:val="0075656A"/>
     <w:rsid w:val="00771E3E"/>
     <w:rsid w:val="00775BA8"/>
+    <w:rsid w:val="00776099"/>
+    <w:rsid w:val="00776DDD"/>
     <w:rsid w:val="00781579"/>
     <w:rsid w:val="00787603"/>
     <w:rsid w:val="007909F9"/>
+    <w:rsid w:val="00792675"/>
+    <w:rsid w:val="007B1235"/>
+    <w:rsid w:val="007B5D83"/>
+    <w:rsid w:val="007B64E3"/>
+    <w:rsid w:val="007C12B9"/>
+    <w:rsid w:val="007C3CFB"/>
+    <w:rsid w:val="007C4F94"/>
     <w:rsid w:val="007C7485"/>
+    <w:rsid w:val="007F24D6"/>
+    <w:rsid w:val="007F6D21"/>
     <w:rsid w:val="00814685"/>
+    <w:rsid w:val="0081510F"/>
+    <w:rsid w:val="008204EA"/>
     <w:rsid w:val="008218CF"/>
     <w:rsid w:val="00831E7E"/>
+    <w:rsid w:val="0084510E"/>
+    <w:rsid w:val="0085028E"/>
     <w:rsid w:val="00850341"/>
     <w:rsid w:val="00855CA3"/>
     <w:rsid w:val="0085783E"/>
-    <w:rsid w:val="0087408C"/>
+    <w:rsid w:val="008744AF"/>
+    <w:rsid w:val="008745C5"/>
     <w:rsid w:val="008754CB"/>
     <w:rsid w:val="00877AEE"/>
     <w:rsid w:val="0088160C"/>
+    <w:rsid w:val="00882890"/>
+    <w:rsid w:val="008877C6"/>
     <w:rsid w:val="00890154"/>
+    <w:rsid w:val="0089362F"/>
     <w:rsid w:val="008A2D5E"/>
+    <w:rsid w:val="008A3910"/>
     <w:rsid w:val="008B2C0D"/>
+    <w:rsid w:val="008B6445"/>
+    <w:rsid w:val="008D2754"/>
     <w:rsid w:val="008E76B5"/>
+    <w:rsid w:val="008F0553"/>
+    <w:rsid w:val="008F6D0F"/>
     <w:rsid w:val="00900ABF"/>
     <w:rsid w:val="00904CB1"/>
+    <w:rsid w:val="009054DA"/>
     <w:rsid w:val="009149C0"/>
+    <w:rsid w:val="00916A52"/>
+    <w:rsid w:val="00917112"/>
     <w:rsid w:val="009234E9"/>
     <w:rsid w:val="00924C0E"/>
+    <w:rsid w:val="009304F5"/>
+    <w:rsid w:val="00932AF1"/>
     <w:rsid w:val="009425E9"/>
+    <w:rsid w:val="009467F3"/>
     <w:rsid w:val="009609D6"/>
+    <w:rsid w:val="00964CBB"/>
     <w:rsid w:val="00970CF2"/>
+    <w:rsid w:val="0097221F"/>
+    <w:rsid w:val="009755BA"/>
     <w:rsid w:val="0097583C"/>
     <w:rsid w:val="0097642D"/>
-    <w:rsid w:val="009800F3"/>
+    <w:rsid w:val="00991281"/>
+    <w:rsid w:val="00993958"/>
+    <w:rsid w:val="009A7B31"/>
+    <w:rsid w:val="009B4562"/>
     <w:rsid w:val="009B4902"/>
+    <w:rsid w:val="009C4BC7"/>
     <w:rsid w:val="009C6E38"/>
     <w:rsid w:val="009D015E"/>
+    <w:rsid w:val="009D2BF5"/>
+    <w:rsid w:val="009D73E2"/>
+    <w:rsid w:val="009D7532"/>
+    <w:rsid w:val="009E6C34"/>
+    <w:rsid w:val="009E7BB1"/>
+    <w:rsid w:val="009F0726"/>
+    <w:rsid w:val="009F36CF"/>
+    <w:rsid w:val="009F3988"/>
     <w:rsid w:val="009F5D23"/>
     <w:rsid w:val="00A07C94"/>
+    <w:rsid w:val="00A1129E"/>
+    <w:rsid w:val="00A20461"/>
     <w:rsid w:val="00A35A38"/>
+    <w:rsid w:val="00A46EC6"/>
+    <w:rsid w:val="00A50649"/>
+    <w:rsid w:val="00A73201"/>
     <w:rsid w:val="00A75BC5"/>
+    <w:rsid w:val="00A8415B"/>
     <w:rsid w:val="00A938FE"/>
     <w:rsid w:val="00A95FF5"/>
+    <w:rsid w:val="00A973B2"/>
     <w:rsid w:val="00AA0E3F"/>
+    <w:rsid w:val="00AA5B82"/>
     <w:rsid w:val="00AC07BA"/>
+    <w:rsid w:val="00AC0EDE"/>
+    <w:rsid w:val="00AC27D0"/>
+    <w:rsid w:val="00AC4553"/>
+    <w:rsid w:val="00AD7C39"/>
     <w:rsid w:val="00AE004F"/>
+    <w:rsid w:val="00AF5010"/>
+    <w:rsid w:val="00AF7C9B"/>
+    <w:rsid w:val="00B01BA4"/>
+    <w:rsid w:val="00B020AD"/>
     <w:rsid w:val="00B044C4"/>
+    <w:rsid w:val="00B04C1B"/>
+    <w:rsid w:val="00B169DF"/>
+    <w:rsid w:val="00B23DEB"/>
     <w:rsid w:val="00B248D4"/>
     <w:rsid w:val="00B34E66"/>
+    <w:rsid w:val="00B443E2"/>
+    <w:rsid w:val="00B65DBC"/>
     <w:rsid w:val="00B73F8D"/>
     <w:rsid w:val="00B75F88"/>
+    <w:rsid w:val="00B76922"/>
+    <w:rsid w:val="00B82E10"/>
+    <w:rsid w:val="00B924F0"/>
     <w:rsid w:val="00B938EA"/>
+    <w:rsid w:val="00B96FF3"/>
     <w:rsid w:val="00B9750C"/>
+    <w:rsid w:val="00BA2DFB"/>
     <w:rsid w:val="00BA4D06"/>
+    <w:rsid w:val="00BB5978"/>
     <w:rsid w:val="00BC1452"/>
     <w:rsid w:val="00BC319B"/>
+    <w:rsid w:val="00BC6D01"/>
+    <w:rsid w:val="00BD1904"/>
+    <w:rsid w:val="00BD67A3"/>
+    <w:rsid w:val="00BE1092"/>
+    <w:rsid w:val="00BE6393"/>
+    <w:rsid w:val="00BF0C96"/>
     <w:rsid w:val="00BF7668"/>
     <w:rsid w:val="00C00DA7"/>
     <w:rsid w:val="00C020FD"/>
     <w:rsid w:val="00C22069"/>
+    <w:rsid w:val="00C279AC"/>
+    <w:rsid w:val="00C40BE9"/>
+    <w:rsid w:val="00C42CF4"/>
+    <w:rsid w:val="00C51605"/>
+    <w:rsid w:val="00C639A8"/>
+    <w:rsid w:val="00C64DE9"/>
     <w:rsid w:val="00C650D2"/>
-    <w:rsid w:val="00CA39B8"/>
+    <w:rsid w:val="00C745D0"/>
+    <w:rsid w:val="00C84413"/>
+    <w:rsid w:val="00C90416"/>
+    <w:rsid w:val="00C90698"/>
+    <w:rsid w:val="00C948E4"/>
     <w:rsid w:val="00CB5808"/>
-    <w:rsid w:val="00CC75C9"/>
+    <w:rsid w:val="00CC67EF"/>
+    <w:rsid w:val="00CD4A57"/>
+    <w:rsid w:val="00CE22AC"/>
     <w:rsid w:val="00D01791"/>
+    <w:rsid w:val="00D0598C"/>
     <w:rsid w:val="00D13468"/>
+    <w:rsid w:val="00D14E6B"/>
     <w:rsid w:val="00D214B7"/>
+    <w:rsid w:val="00D26993"/>
+    <w:rsid w:val="00D321A5"/>
+    <w:rsid w:val="00D41EB3"/>
+    <w:rsid w:val="00D44288"/>
     <w:rsid w:val="00D44961"/>
+    <w:rsid w:val="00D46120"/>
+    <w:rsid w:val="00D52722"/>
+    <w:rsid w:val="00D60F51"/>
+    <w:rsid w:val="00D63831"/>
     <w:rsid w:val="00D64AFB"/>
+    <w:rsid w:val="00D75806"/>
     <w:rsid w:val="00D84071"/>
     <w:rsid w:val="00D91B63"/>
     <w:rsid w:val="00D91E2E"/>
+    <w:rsid w:val="00D929E1"/>
     <w:rsid w:val="00DA702D"/>
-    <w:rsid w:val="00DB11E0"/>
     <w:rsid w:val="00DB7022"/>
-    <w:rsid w:val="00DD6519"/>
+    <w:rsid w:val="00DC6605"/>
+    <w:rsid w:val="00DD26FF"/>
     <w:rsid w:val="00DE0B44"/>
     <w:rsid w:val="00DE3EB0"/>
     <w:rsid w:val="00DF05F0"/>
+    <w:rsid w:val="00E0228D"/>
+    <w:rsid w:val="00E04E02"/>
+    <w:rsid w:val="00E05045"/>
+    <w:rsid w:val="00E054B5"/>
+    <w:rsid w:val="00E0798F"/>
+    <w:rsid w:val="00E1232F"/>
+    <w:rsid w:val="00E14244"/>
+    <w:rsid w:val="00E22092"/>
     <w:rsid w:val="00E30630"/>
     <w:rsid w:val="00E33D86"/>
     <w:rsid w:val="00E3701F"/>
+    <w:rsid w:val="00E37A08"/>
+    <w:rsid w:val="00E37DB5"/>
+    <w:rsid w:val="00E41B2A"/>
+    <w:rsid w:val="00E442C1"/>
+    <w:rsid w:val="00E528E1"/>
     <w:rsid w:val="00E55BF7"/>
+    <w:rsid w:val="00E611C9"/>
+    <w:rsid w:val="00E61C43"/>
     <w:rsid w:val="00E751BB"/>
-    <w:rsid w:val="00E77C2A"/>
+    <w:rsid w:val="00E8086D"/>
+    <w:rsid w:val="00E8280D"/>
+    <w:rsid w:val="00E84A57"/>
+    <w:rsid w:val="00E9079E"/>
+    <w:rsid w:val="00EA0251"/>
+    <w:rsid w:val="00EA3FEA"/>
+    <w:rsid w:val="00EA5C50"/>
+    <w:rsid w:val="00EA6A7A"/>
+    <w:rsid w:val="00EC1CA6"/>
     <w:rsid w:val="00ED6D6A"/>
     <w:rsid w:val="00EE3589"/>
+    <w:rsid w:val="00EE71B6"/>
     <w:rsid w:val="00EE785F"/>
+    <w:rsid w:val="00EF4C08"/>
+    <w:rsid w:val="00F01AC5"/>
+    <w:rsid w:val="00F04A5E"/>
     <w:rsid w:val="00F07BD7"/>
     <w:rsid w:val="00F129B8"/>
+    <w:rsid w:val="00F15E0C"/>
     <w:rsid w:val="00F174DA"/>
-    <w:rsid w:val="00F22446"/>
+    <w:rsid w:val="00F2208D"/>
     <w:rsid w:val="00F26E15"/>
     <w:rsid w:val="00F3390D"/>
+    <w:rsid w:val="00F360A2"/>
+    <w:rsid w:val="00F401C8"/>
     <w:rsid w:val="00F4346C"/>
+    <w:rsid w:val="00F4504D"/>
+    <w:rsid w:val="00F45F0E"/>
     <w:rsid w:val="00F47C69"/>
-    <w:rsid w:val="00F57753"/>
-    <w:rsid w:val="00F71470"/>
+    <w:rsid w:val="00F55A42"/>
+    <w:rsid w:val="00F578B3"/>
+    <w:rsid w:val="00F70067"/>
+    <w:rsid w:val="00F7067F"/>
+    <w:rsid w:val="00F77D2B"/>
+    <w:rsid w:val="00F86D60"/>
+    <w:rsid w:val="00FA1F7E"/>
+    <w:rsid w:val="00FA60AF"/>
+    <w:rsid w:val="00FC31AA"/>
     <w:rsid w:val="00FC6139"/>
+    <w:rsid w:val="00FD51F0"/>
+    <w:rsid w:val="00FE67FA"/>
     <w:rsid w:val="00FF0DFC"/>
-    <w:rsid w:val="00FF4207"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:uiCompat97To2003/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -32818,671 +34063,374 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000A5A76"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00F26E15"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F26E15"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006E3159"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
-[...1 lines deleted...]
-    <w:next w:val="a2"/>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...8 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00850341"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-[...2 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00850341"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="a9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rsid w:val="00DB7022"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Andale Sans UI" w:hAnsi="Arial" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
-[...2 lines deleted...]
-    <w:link w:val="a8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="00DB7022"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Andale Sans UI" w:hAnsi="Arial" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00C22069"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...169 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...21 lines deleted...]
-    <w:rsid w:val="00F26E15"/>
+    <w:rsid w:val="008D2754"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-[...55 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-[...2 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00850341"/>
+    <w:locked/>
+    <w:rsid w:val="00FC31AA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...52 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="2"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -33610,91 +34558,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal_Wordconv.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Pages>18</Pages>
+  <Words>3435</Words>
+  <Characters>19583</Characters>
+  <Application>Microsoft Office Outlook</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>178</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25172</CharactersWithSpaces>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>