--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -1,10510 +1,8845 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0069226E" w:rsidRPr="004D5580" w:rsidRDefault="0069226E" w:rsidP="00964969">
+    <w:p w:rsidR="00A14F14" w:rsidRPr="00964969" w:rsidRDefault="00647004" w:rsidP="00964969">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келісілді</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00964969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Бекітемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00964969" w:rsidRPr="00E4277A" w:rsidRDefault="00647004" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4277A" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СӨ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E4277A" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E4277A" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E4277A" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директоры</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖОМ</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ММ директоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00964969" w:rsidRPr="00E4277A" w:rsidRDefault="00647004" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Т.Б.</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баймаханов</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">_________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C947BF" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С.М.</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Камиева </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0D17" w:rsidRPr="00E4277A" w:rsidRDefault="009E5603" w:rsidP="004D7A06">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. «__» ____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж. «</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7A06" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   _____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0D17" w:rsidRPr="00E4277A" w:rsidRDefault="003D0D17" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E4277A" w:rsidRPr="00E4277A" w:rsidRDefault="00E4277A" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2011 жылғы 29 қаңтардағы «Саламатты Қазақстан» 2011-2015 жж. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік бағдарламасын </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E4277A" w:rsidRPr="00E4277A" w:rsidRDefault="00E4277A" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүзеге асыру аясында 2013-2014 оқу жылына арналған </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E4277A" w:rsidRPr="00E4277A" w:rsidRDefault="00E4277A" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қ.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОСӨСҚО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және «№13 ЖОМ» ММ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C947BF" w:rsidRPr="00E4277A" w:rsidRDefault="00E4277A" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СӨС қалыптастыру бойынша тәрбиелік шаралар бойынша бірлескен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00964969" w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0D17" w:rsidRPr="00C947BF" w:rsidRDefault="00964969" w:rsidP="00964969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7393"/>
-        <w:gridCol w:w="7393"/>
+        <w:gridCol w:w="1829"/>
+        <w:gridCol w:w="6366"/>
+        <w:gridCol w:w="2690"/>
+        <w:gridCol w:w="1699"/>
+        <w:gridCol w:w="2202"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B12BC" w:rsidRPr="004D5580" w:rsidTr="00A35D40">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00964969" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00964969" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00647004" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004D5580">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00647004" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004D5580">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="004D5580">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00647004" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="004D5580">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00C947BF" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004D5580">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-              <w:jc w:val="right"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өткізілу орны</w:t>
+            </w:r>
+            <w:r w:rsidR="00964969" w:rsidRPr="00C947BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...73 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...718 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00964969" w:rsidRPr="00647004" w:rsidTr="003A2BE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00647004" w:rsidRDefault="00647004" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00964969">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C947BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұқпалы аурулардың алдын алу, жүрек-тамыр аурулардың алдын алу, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRDefault="00647004" w:rsidP="00A05A65">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жол-көліктік жарақаттанушылықтың алдын алу бойынша айлықтар. Денсаулық ф</w:t>
+            </w:r>
+            <w:r w:rsidR="00964969" w:rsidRPr="00647004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>естивал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="00964969" w:rsidRPr="00647004">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A05A65" w:rsidRPr="003D0D17" w:rsidRDefault="00A05A65" w:rsidP="00A05A65">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...1313 lines deleted...]
-          <w:p w:rsidR="00964969" w:rsidRPr="004D5580" w:rsidRDefault="00886BEF" w:rsidP="00886BEF">
+      <w:tr w:rsidR="00964969" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00647004" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00886BEF" w:rsidRDefault="00647004" w:rsidP="00886BEF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="20" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00886BEF" w:rsidRPr="004D5580" w:rsidRDefault="00886BEF" w:rsidP="00886BEF">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«СӨС» үйірме құрамына оқушылар тағайындау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="00886BEF" w:rsidRDefault="00647004" w:rsidP="00886BEF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="20" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00886BEF" w:rsidRPr="004D5580" w:rsidRDefault="005468D7" w:rsidP="00886BEF">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Денсаулық ф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00886BEF" w:rsidRPr="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>естивал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="00886BEF" w:rsidRDefault="004D7A06" w:rsidP="00886BEF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="20" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00886BEF" w:rsidRPr="004D5580" w:rsidRDefault="00E212BA" w:rsidP="00886BEF">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ирус</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гепатит</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша дәріс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="00886BEF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
               </w:tabs>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00D36DFE" w:rsidRDefault="00E212BA" w:rsidP="00E212BA">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="004D7A06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Балалар арасындағы жол-көліктік жарақаттанушылық» тақырыбына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>инспектор</w:t>
+            </w:r>
+            <w:r w:rsidR="004D7A06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен сұхбаттасу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="004D7A06">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
               </w:tabs>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...78 lines deleted...]
-                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:r w:rsidR="004D7A06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалық денсаулық фестиваліне қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="009E5603" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="004D7A06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="004D7A06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Карагаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRDefault="004D7A06" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004D5580">
-[...5 lines deleted...]
-              <w:t>Танкова</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С.Т.</w:t>
+            </w:r>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004D5580">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="004D7A06" w:rsidRDefault="004D7A06" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="004D7A06" w:rsidRDefault="004D7A06" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп </w:t>
+            </w:r>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>инспектор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C947BF" w:rsidRDefault="00C947BF" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="00886BEF" w:rsidRDefault="004D7A06" w:rsidP="004D7A06">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Д.Н.</w:t>
+            </w:r>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Чифин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00886BEF" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E5603" w:rsidRDefault="009E5603" w:rsidP="004D7A06">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="004D7A06">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="004D7A06" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>абинет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRDefault="00886BEF" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00886BEF" w:rsidRPr="004D7A06" w:rsidRDefault="004D7A06" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00964969" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00647004" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдермен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00886BEF" w:rsidP="00A05A65">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A05A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A05A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00A05A65" w:rsidP="00A05A65">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С.Т.</w:t>
+            </w:r>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Аубакирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00886BEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00964969" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00886BEF" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00964969" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00647004" w:rsidRDefault="00647004" w:rsidP="00964969">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00886BEF" w:rsidP="00A05A65">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A05A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша ата-аналар жиналыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRPr="00A05A65" w:rsidRDefault="00A05A65" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00886BEF" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1-11 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00964969" w:rsidRDefault="00886BEF" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00886BEF" w:rsidTr="00853225">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00886BEF" w:rsidRDefault="00A05A65" w:rsidP="00717F66">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазан</w:t>
+            </w:r>
+            <w:r w:rsidR="00717F66">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зиянды заттардың алдын алу бойынша онкүндік</w:t>
+            </w:r>
+            <w:r w:rsidR="00717F66">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D5580">
-[...36 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="003D0D17" w:rsidRDefault="003D0D17" w:rsidP="00717F66">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA4E87" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="00647004" w:rsidRDefault="00BA4E87" w:rsidP="002A5838">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00717F66">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«</w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Маскүнемнің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психикасы қалай өзгереді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00717F66">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зиянды заттарды пайдаланудың алдын алу мәселелері туралы оқушылардың білім деңгейін анықтау бойынша социологиялық зерттеулер (саулнама жүргізу)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="001E0EF9" w:rsidRDefault="00BA4E87" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Зиянды </w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдеттер</w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы диалог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  атты викторина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="0031685E" w:rsidRDefault="0031685E" w:rsidP="001E0EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="0031685E" w:rsidP="00A4218A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аманова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00A4218A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00A4218A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="0031685E" w:rsidP="00A4218A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>С.Ж.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бексеитова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="001E0EF9" w:rsidRDefault="009E5603" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сабирова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="001E0EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="001E0EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="001E0EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8,9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="001E0EF9" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="001E0EF9" w:rsidRDefault="0031685E" w:rsidP="0031685E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Мәжіліс </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA4E87" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="00647004" w:rsidRDefault="00BA4E87" w:rsidP="002A5838">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мұғалімдермен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00E05D01">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер с</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004D5580">
-[...5 lines deleted...]
-              <w:t>Чифин</w:t>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екция</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004D5580">
-[...172 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="0031685E" w:rsidP="00E05D01">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С.Т.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Аубакирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00E05D01">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00E05D01">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00E05D01">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D5580" w:rsidRPr="004D5580" w:rsidTr="003156DC">
-[...69 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00BA4E87" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="00647004" w:rsidRDefault="00BA4E87" w:rsidP="002A5838">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="001E0EF9" w:rsidRDefault="00BA4E87" w:rsidP="00A4218A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidR="0031685E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Балалардың адамгершілік қасиеттерін қалыптастыруда ата-аналардың маскүнемдігі</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қандай әсер тигізеді» ата-аналарға арналған қабырға стендін рәсімдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRPr="001E0EF9" w:rsidRDefault="0031685E" w:rsidP="0031685E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Н.В.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Веселова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="0031685E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA4E87" w:rsidRDefault="00BA4E87" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B00E97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B00E97" w:rsidTr="00F14FA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B00E97" w:rsidRDefault="00A4218A" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00E97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C947BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рационалды тамақтану бойынша онкүндік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="00B00E97" w:rsidRDefault="003D0D17" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A4218A" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00647004" w:rsidRDefault="00A4218A" w:rsidP="002A5838">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алеологи</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я сабақтары «Тұмаумен күрестегі дәрумендердің алатын орны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Санбюллетень «</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығын жеуге болады</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="00A4218A" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып сағаттары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Таңертенгі ас – күн сайынғы басты тағам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00766FD6" w:rsidRPr="004D5580" w:rsidRDefault="00766FD6" w:rsidP="00766FD6">
-[...75 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="009E5603" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Ж.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бексеитова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="009E5603" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.А.Сабирова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="009E5603" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Н.В.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Веселова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E5603" w:rsidRDefault="009E5603" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="009E5603" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E5603" w:rsidRDefault="009E5603" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="00A4218A" w:rsidP="009E5603">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E5603" w:rsidRDefault="009E5603" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="00A4218A" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кабинет </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D5580" w:rsidRPr="004D5580" w:rsidTr="003156DC">
-[...57 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00A4218A" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00647004" w:rsidRDefault="00A4218A" w:rsidP="002A5838">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдермен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="003A1321" w:rsidP="003A1321">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АИТВ</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5603">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ ЖИТС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша үйретуші т</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ренинг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="003A1321" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRDefault="00A4218A" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A4218A" w:rsidRPr="00B00E97" w:rsidRDefault="003A1321" w:rsidP="003A1321">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер с</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4218A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>екция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B00E97" w:rsidRPr="003A1321" w:rsidTr="008B0E38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="003A1321" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Желтоқсан. ЖИТС, ОРВИ алдын алу шаралар мен оларды насихаттауын күшейту бойынша айлық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="00B00E97" w:rsidRDefault="003D0D17" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00853415" w:rsidRPr="00B04F9B" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="003A1321" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып сағаттары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
-            <w:r w:rsidR="00DF70F8" w:rsidRPr="004D5580">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АИТВ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адамзаттың ғалами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проблема</w:t>
+            </w:r>
+            <w:r w:rsidR="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы ма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АИТВ / ЖИТС алдын алу бойынша қабырға газетін шығару</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖИТС пен нашақорлық </w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E" w:rsidRPr="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы оқушылардың бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007F4B0E" w:rsidRPr="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007F4B0E" w:rsidRPr="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ім деңгейін анықтау бойынша </w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сауалнама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АИТВ / ЖИТС алдын алу бойынша апталыұта шаралар ұйымдастыру </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кітапханада </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«ЖИТС туралы материал» атты көрме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRPr="007F4B0E" w:rsidRDefault="00853415" w:rsidP="007F4B0E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6. «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>із ЖИТС туралы не білмейміз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+            <w:r w:rsidR="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбында ЖИТС-орталығы қызметкерімен кездесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F4B0E" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>СӨС</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F4B0E" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00853415">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аманова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F4B0E" w:rsidRDefault="007F4B0E" w:rsidP="007F4B0E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапханашы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F4B0E" w:rsidRDefault="007F4B0E" w:rsidP="007F4B0E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="007F4B0E" w:rsidP="007F4B0E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F4B0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00853415" w:rsidRDefault="00853415" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="007F4B0E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәжіліс </w:t>
+            </w:r>
+            <w:r w:rsidR="00853415">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A848AE" w:rsidRDefault="00A848AE" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A848AE" w:rsidRDefault="00A848AE" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00A848AE" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кітапхана </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00853415" w:rsidRPr="00853415" w:rsidRDefault="00A848AE" w:rsidP="00A848AE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәжіліс </w:t>
+            </w:r>
+            <w:r w:rsidR="00853415">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00853415" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="003A1321" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>атқарылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00853415" w:rsidRDefault="00853415" w:rsidP="00A848AE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE" w:rsidRPr="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АИТВ</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE" w:rsidRPr="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖИТС т</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уралы оқушылардың білім деңгейлері </w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">бойынша ата-аналарға арналған қабырға стендін рәсімдеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00853415" w:rsidRDefault="00A848AE" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фойе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00853415" w:rsidRPr="00A848AE" w:rsidTr="00390275">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00A848AE" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Қаңтар. Сауықтырудың дәстүрлі емес тәсілдерін насихаттау бойынша айлық</w:t>
+            </w:r>
+            <w:r w:rsidR="00853415">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="00853415" w:rsidRDefault="003D0D17" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00853415" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00A848AE" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оқушыларды сауықтырудың дәстүрлі емес тәсілдер жүйелерімен таныстыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>газеа шығару</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурс пен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторин</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алар өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Демалыс кезінде балалардың белсенді демалуын ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-с</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>порттың қысқы түрлері бойынша жарыстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұз айдынында ойнау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRPr="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.Конференция «</w:t>
+            </w:r>
+            <w:r w:rsidR="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сауықтырудың дәстүрлі және дәстүрлі емес тәсілдері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00553317" w:rsidRDefault="00553317" w:rsidP="00553317">
-[...69 lines deleted...]
-                <w:szCs w:val="28"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00A848AE" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д.Н.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Чифин </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.П.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мартынов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRPr="00C81183" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.А.Сабирова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRPr="00C81183" w:rsidRDefault="00C81183" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кабинет </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C81183" w:rsidRPr="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00853415" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="003A1321" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A1321">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00C81183" w:rsidRDefault="00C81183" w:rsidP="00A848AE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A848AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұмаудың алдын алу боынша с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>анбюллетень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00C81183" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үйірме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRDefault="00853415" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00853415" w:rsidRPr="00C81183" w:rsidRDefault="00C81183" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фойе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C81183" w:rsidTr="00B530FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Онкологиялық аурулардың алдын алу бойынша онкүндік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="00C81183" w:rsidRDefault="003D0D17" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.«Қоршаған орта мен біздің денсаулық» дөңгелек үстел</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Оқушылардың дәрігермен сухбаты (онкодиспансер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Н.Карагаева </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н.В.Веселова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кабинет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдермен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. «Онкология және зиянды әдеттер» тақырыбы бойынша сынып сағаттар мен тренингтер өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00152D2E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4. «Скринингтің қажетті шаралары» сынып сағаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3B9B" w:rsidRPr="002C71EA" w:rsidTr="004F06C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB3B9B" w:rsidRDefault="00152D2E" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наурыз. </w:t>
+            </w:r>
+            <w:r w:rsidR="002C71EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Туберкулездың алдын алу насихаттау бойынша айлық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="008712A1" w:rsidRDefault="003D0D17" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008712A1" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRPr="00886BEF" w:rsidRDefault="00152D2E" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>атқарылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фтизиатр дәрігерімен кездесу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.«Туберкулез – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік ауру ма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырып бойынша дебат өткізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. «Туберкулез»</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаттары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4. «</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Туберкулездың алдын алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санбюллетень шығару</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5. «Т</w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уберкулез</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы не білеміз</w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбында қабырға газеттер конкурсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRPr="008712A1" w:rsidRDefault="008712A1" w:rsidP="00B04F9B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КТС</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Денсаулық мекені</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Н.В.</w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Веселова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Н.Карагаева </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B04F9B" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Н.В.</w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Веселова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Ж.</w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бексеитова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRPr="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B04F9B" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRPr="008712A1" w:rsidRDefault="008712A1" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәжіліс </w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B04F9B" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="008712A1" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фойе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008712A1" w:rsidRPr="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00B04F9B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәжіліс </w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008712A1" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRDefault="00B04F9B" w:rsidP="00916BFC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRPr="00561AB0" w:rsidRDefault="00561AB0" w:rsidP="00B04F9B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сұхбат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00B04F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аурудан қалай сақталу керек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRPr="00561AB0" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRPr="00561AB0" w:rsidRDefault="00B04F9B" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008712A1" w:rsidRPr="00561AB0" w:rsidRDefault="00B04F9B" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008712A1" w:rsidTr="008903A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D0D17" w:rsidRDefault="00B04F9B" w:rsidP="00FB35CD">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="008712A1" w:rsidRPr="008712A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖЖЖА алдын алу шаралар насихаттауын күшейту бойынша айлық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB35CD" w:rsidRPr="00561AB0" w:rsidRDefault="00FB35CD" w:rsidP="00FB35CD">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB35CD" w:rsidRDefault="00152D2E" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD" w:rsidRPr="00FB35CD">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD" w:rsidRPr="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖЖЖА алдын алу </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша сынып сағаттары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. «</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD" w:rsidRPr="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖЖЖА алдын алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпараттық парақ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. «</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біздің отбасымыз болады</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбында ұлдармен өткізілетін дискуссия сағаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00904EF9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4. «</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өсімпаздық денсаулықты сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбында дөңгелек үстел</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00561AB0" w:rsidRDefault="00152D2E" w:rsidP="00FB35CD">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СӨС апталығы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 02.04 бастап 14.04.2014ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...95 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.А.Сабирова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00165F97" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00165F97" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00165F97" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00165F97" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00165F97" w:rsidRDefault="00165F97" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D5580" w:rsidRPr="004D5580" w:rsidTr="00D36DFE">
-[...2 lines deleted...]
-            <w:tcW w:w="15212" w:type="dxa"/>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдермен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00FB35CD">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖЖЖА бойынша т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ренинг</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кабинет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r w:rsidR="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналарңа арналған б</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB35CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алалардың жыныстық тәрбиелеуі туралы  </w:t>
+            </w:r>
+            <w:r w:rsidR="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жаднама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Н.Карагаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75841" w:rsidRPr="00165F97" w:rsidTr="00425F5B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14786" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A21C7D" w:rsidRPr="004D5580" w:rsidRDefault="00A21C7D" w:rsidP="00A21C7D">
-[...114 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B75841" w:rsidRDefault="00165F97" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамыр</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75841">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.  «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрлігі  ескертеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00B75841">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>!!!»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D0D17" w:rsidRPr="00B75841" w:rsidRDefault="003D0D17" w:rsidP="00C947BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D5580" w:rsidRPr="004D5580" w:rsidTr="003156DC">
-[...41 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00165F97" w:rsidRDefault="00165F97" w:rsidP="00B75841">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00E212BA" w:rsidRPr="004D5580">
-[...191 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Денсаулық сақтау министрлігі  ескертеді!!!»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпараттық парақ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Темекі тартуға қарсылық білдіретін акциясына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Ж.</w:t>
+            </w:r>
+            <w:r w:rsidR="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бексеитова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Н.Карагаева </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Т.</w:t>
+            </w:r>
+            <w:r w:rsidR="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аубакирова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдермен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Темекі тартудың зияндылығы туралы т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ренинг</w:t>
+            </w:r>
+            <w:r w:rsidR="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Т.</w:t>
+            </w:r>
+            <w:r w:rsidR="00152D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аубакирова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152D2E" w:rsidTr="00BA4E87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00647004" w:rsidRDefault="00152D2E" w:rsidP="00CA3AB2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналармен атқарылатын жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00165F97">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4. «</w:t>
+            </w:r>
+            <w:r w:rsidR="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалықты сақтаңдар!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...6925 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00165F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып  ағаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00165F97" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRPr="00B75841" w:rsidRDefault="00152D2E" w:rsidP="00E357D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152D2E" w:rsidRDefault="00152D2E" w:rsidP="00886BEF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00964969" w:rsidRPr="004D5580" w:rsidRDefault="00964969" w:rsidP="00964969">
+    <w:p w:rsidR="009E5603" w:rsidRDefault="009E5603" w:rsidP="00E357D5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00964969" w:rsidRPr="004D5580" w:rsidSect="00562705">
+    <w:sectPr w:rsidR="009E5603" w:rsidSect="00964969">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="426" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002AFF" w:usb1="C0000002" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB4AA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC5AA27C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -10564,314 +8899,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="10FA67FA"/>
-[...262 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="324C54AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA2029A6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -10916,140 +8987,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="3D814D54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07E405E0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11094,229 +9076,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...177 lines deleted...]
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="4E317352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A661216"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11361,563 +9165,113 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-[...362 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...39 lines deleted...]
-    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB078A"/>
-    <w:rsid w:val="00007AD5"/>
-[...7 lines deleted...]
-    <w:rsid w:val="001C6821"/>
+    <w:rsid w:val="00152D2E"/>
+    <w:rsid w:val="00165F97"/>
     <w:rsid w:val="001E0EF9"/>
-    <w:rsid w:val="001F1916"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003C5567"/>
+    <w:rsid w:val="002C71EA"/>
+    <w:rsid w:val="0031685E"/>
+    <w:rsid w:val="003A1321"/>
     <w:rsid w:val="003D0D17"/>
-    <w:rsid w:val="003F16BF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="004D5580"/>
     <w:rsid w:val="004D580E"/>
-    <w:rsid w:val="004E0897"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00553317"/>
+    <w:rsid w:val="004D7A06"/>
     <w:rsid w:val="00561AB0"/>
-    <w:rsid w:val="00562705"/>
-[...10 lines deleted...]
-    <w:rsid w:val="007149D1"/>
+    <w:rsid w:val="005A48CA"/>
+    <w:rsid w:val="00647004"/>
     <w:rsid w:val="00717F66"/>
-    <w:rsid w:val="00766FD6"/>
-    <w:rsid w:val="007B2417"/>
+    <w:rsid w:val="007F4B0E"/>
     <w:rsid w:val="00853415"/>
     <w:rsid w:val="008712A1"/>
-    <w:rsid w:val="00880A88"/>
     <w:rsid w:val="00886BEF"/>
-    <w:rsid w:val="00897F29"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00942124"/>
     <w:rsid w:val="00964969"/>
-    <w:rsid w:val="00992127"/>
+    <w:rsid w:val="009E5603"/>
+    <w:rsid w:val="00A05A65"/>
     <w:rsid w:val="00A14F14"/>
-    <w:rsid w:val="00A21C7D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A85B5A"/>
+    <w:rsid w:val="00A4218A"/>
+    <w:rsid w:val="00A848AE"/>
     <w:rsid w:val="00B00E97"/>
+    <w:rsid w:val="00B04F9B"/>
     <w:rsid w:val="00B75841"/>
-    <w:rsid w:val="00B97630"/>
+    <w:rsid w:val="00BA4E87"/>
     <w:rsid w:val="00BB078A"/>
     <w:rsid w:val="00BB3B9B"/>
-    <w:rsid w:val="00BE74EF"/>
     <w:rsid w:val="00C81183"/>
     <w:rsid w:val="00C947BF"/>
-    <w:rsid w:val="00CA4B77"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FA2044"/>
+    <w:rsid w:val="00E357D5"/>
+    <w:rsid w:val="00E4277A"/>
+    <w:rsid w:val="00FB35CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11944,51 +9298,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -12100,244 +9454,120 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00964969"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00964969"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...122 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -12449,196 +9679,72 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00964969"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00964969"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...122 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -12901,70 +10007,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1794</Words>
-  <Characters>10230</Characters>
+  <Words>933</Words>
+  <Characters>5321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12001</CharactersWithSpaces>
+  <CharactersWithSpaces>6242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>