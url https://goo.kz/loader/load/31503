--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,12015 +1,12904 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="0088687F" w:rsidRDefault="002A3F73" w:rsidP="00007642">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00322A23">
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТІРЛІГІ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="00007642">
+        <w:t>МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="00007642">
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00322A23" w:rsidRDefault="002A3F73" w:rsidP="00007642">
+      <w:r w:rsidRPr="00322A23">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «СРЕДНЯЯ ОБЩЕОБРА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗОВАТЕЛЬНАЯ ШКОЛА № 41 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00322A23">
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«ПАВЛОДАР қ. № 14 ЖАЛПЫ ОРТА БІЛІМ БЕРУ МЕКТЕБІ» ММ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00322A23" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        <w:t>Г. ПАВЛОДАРА»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00322A23" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="009B0E98" w:rsidRDefault="002A3F73" w:rsidP="00007642">
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="00251062" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  О ШКОЛЕ ОЛИМПИЙСКОГО РЕЗЕРВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00506042" w:rsidRPr="009B0E98" w:rsidRDefault="009B0E98" w:rsidP="0031548B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚАУЛЫ </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0E98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эрудит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00506042" w:rsidRPr="009B0E98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> »</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRPr="00322A23" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="0031548B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031548B" w:rsidRDefault="0031548B" w:rsidP="0031548B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F54CE" w:rsidRDefault="002F54CE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F54CE" w:rsidRDefault="002F54CE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E5AD4" w:rsidRDefault="00251062" w:rsidP="006E5AD4">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...35 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E5AD4" w:rsidRPr="006E5AD4" w:rsidRDefault="006E5AD4" w:rsidP="006E5AD4">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа олимпийского резерва – добровольное объединение учащихся, стремящихся  совершенствовать  свои знания в определённой области науки, учебного предмета, развивать свой интеллект, приобретать умения и навыки инт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еллектуально-исследовательской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работы.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E5AD4" w:rsidRPr="006E5AD4" w:rsidRDefault="006E5AD4" w:rsidP="006E5AD4">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа олимпийского резерва функционирует при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>СОШ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Олимпиадалық қоры бар мектеп</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A625F5">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 г. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Имеет своё назв</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00A36FAF" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+        <w:t xml:space="preserve">ание, эмблему, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B59D7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>девиз.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B59D7" w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5AD4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Школы олимпийского резерва  осуществляется на основе данного Положения под руководством учителей.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRPr="00EB4FBC" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00A36FAF" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="00A37283" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36FAF">
-[...20 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="007A308E">
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цель школы олимпийского резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF5290" w:rsidRPr="007A308E" w:rsidRDefault="007A308E" w:rsidP="007A308E">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A308E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>выявлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A308E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и развити</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оқушылардың зияткерлік қабілеттерін анықтау және дамыту, олардың зияткерлік іс-әрекетпен шұғылдану ниетін тәрбиелеу, зерттеу жұмыстарымен тиімді жұмыс жасау қабілетін қалыптастыру.  </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00A36FAF" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A308E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интеллектуальных  способностей учащихся, воспитания у них желания заниматься интеллектуальной деятельностью, формирование навыков продуктивного  исследовательского труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="00A37283" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36FAF">
-[...22 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.Задачи школы олимпийского резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB4FBC" w:rsidRPr="00EB4FBC" w:rsidRDefault="00EB4FBC" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>-</w:t>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результативност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь выступлений учащихся школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городских. Областных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">республиканских </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметных олимпиадах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB4FBC" w:rsidRPr="00EB4FBC" w:rsidRDefault="00EB4FBC" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азвит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>систем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выявления и подготовки олимпийской команды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="002A181F">
+    <w:p w:rsidR="00EB4FBC" w:rsidRPr="002A181F" w:rsidRDefault="00EB4FBC" w:rsidP="002A181F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        </w:tabs>
+        </w:rPr>
+        <w:t>-С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>озда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услови</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для повышения уровня теоретически</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х знаний и практических умений учащихся школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="00A37283" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.Содержание и формы работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A181F" w:rsidRDefault="002A181F" w:rsidP="002A181F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007126CB" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание банка психолого-педагогических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологий выявления</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развития способностей учащихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A181F" w:rsidRDefault="002A181F" w:rsidP="002A181F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Удовлетворение персонального спроса учащихся – членов школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олимпийского резерва </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изучение интересующих их вопросов, тем, проблем </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в конкретной предметной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A181F" w:rsidRDefault="002A181F" w:rsidP="002A181F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовка учащихся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы к предметным олимпиадам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="002A181F" w:rsidP="002A181F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обмен опытом специалистов по работе с одарёнными детьми. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A181F" w:rsidRDefault="00A37283" w:rsidP="002A181F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A181F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными формами работы являются следующие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A181F" w:rsidRDefault="002A181F" w:rsidP="002A181F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальная работа с учащимися предусматривающая деятельность в двух аспектах: отдельные задания; систематические занятия в соответствии с утвержденным расписанием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="002A181F" w:rsidRDefault="002A181F" w:rsidP="002A181F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работа с учащимися по отдельной программе (консультации, по</w:t>
+      </w:r>
+      <w:r w:rsidR="00312651">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дготовка к олимпиадам</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312651" w:rsidRDefault="00312651" w:rsidP="00312651">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">групповая форма работы;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00312651" w:rsidRDefault="00312651" w:rsidP="00312651">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>массовые формы работы: лекции, подготовка к предметным неделям и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312651" w:rsidRDefault="00A37283" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.Организция работы школы олимпийского резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="00A37283" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В состав школы </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олимпийско</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го резерва </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>входят</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1F67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33BE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 11 классов </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Состав членов может меняться в течение года. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0F40">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Руководителем школы олимпийского резерва назначается опытный педагог. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Преподавательский состав педагогов определяется из числа </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителей школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Программа олимпийской подготовки учащихся по предмету разрабатывается учителем и согласовывается на научно – методическом совете </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Занятия проводятся по расписанию в течение учебного года. Место проведения занятий определяется учителем из числа учебных кабинетов </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по согласованию с администрацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="008B13FE" w:rsidRDefault="00A37283" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В конце учебного года руководитель школы </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олимпийско</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3717">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го </w:t>
+      </w:r>
+      <w:r w:rsidR="008B13FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">резерва </w:t>
+      </w:r>
+      <w:r w:rsidR="008B13FE" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отчитывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на педагогическом совете о результатах работы</w:t>
+      </w:r>
+      <w:r w:rsidR="008B13FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="008B13FE" w:rsidRDefault="00A37283" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B13FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B13FE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Права и обязанности членов </w:t>
+      </w:r>
+      <w:r w:rsidR="008B13FE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы Олимпийского резерва </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="00A37283" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены </w:t>
+      </w:r>
+      <w:r w:rsidR="008B13FE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы Олимпийского резерва </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имеют право:            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выбирать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интересующую его область науки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получать методическую, информационную, научную, организационную помощь от учителей, администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пользоваться оборудованием учебных кабинетов, библиотекой, компьютерными классами, иными образовательными ресурсами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="00A37283" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены Олимпийской школы могут:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>твовать в предметных олимпиадах</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">самостоятельно и под руководством учителей расширять и углублять знания по избранной области науки (учебному предмету); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A37283" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37283" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проявлять высокую познавательную активность.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D1997" w:rsidRPr="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1997" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Финансирование и материальная база</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D1997" w:rsidRPr="00EB4FBC" w:rsidRDefault="005D1997" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Источниками финансирования и материально-технического обеспечения </w:t>
+      </w:r>
+      <w:r w:rsidR="008B13FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы Олимпийского резерва </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D1997" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1997" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Добровольные взносы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D1997" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1997" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внебюджетные средства </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1997" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D1997" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="008B13FE">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1997" w:rsidRPr="00EB4FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Другие разрешенные законом источники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1200 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRDefault="008B13FE" w:rsidP="009B0E98">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+    <w:p w:rsidR="009B0E98" w:rsidRPr="009B0E98" w:rsidRDefault="009B0E98" w:rsidP="009B0E98">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B13FE" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRPr="007E6DA2" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRPr="00EB4FBC" w:rsidRDefault="008B13FE" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>План работы школы Олимпийского резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-106" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="3968"/>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2337"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="003E5E79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00007642">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:t>Негізгі бағыттар</w:t>
+              </w:rPr>
+              <w:t>Основные направления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Мерзімі </w:t>
+              </w:rPr>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="00EB4FBC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Организационная работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
-[...9 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5E79">
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">тің жұмыс жоспарын құру </w:t>
+              <w:t xml:space="preserve">Составление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">плана работы </w:t>
+            </w:r>
+            <w:r>
+              <w:t>школы олимпийского резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">Сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t>Рахметова Г.О.</w:t>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="009B0E98" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахметова Г.О</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB2193" w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5E79">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> қатысушыларының мәліметтер базасын қалыптастыру </w:t>
+              <w:t>Формирование базы данных участников школы олимпийского резерва</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Қазан </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="00546986" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рахметова Г</w:t>
             </w:r>
-            <w:r w:rsidRPr="00007642">
-              <w:rPr>
+            <w:r w:rsidR="00BB2193" w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9345" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="00EB4FBC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00007642">
+            <w:r w:rsidRPr="008B13FE">
               <w:rPr>
                 <w:b/>
+              </w:rPr>
+              <w:t>Диагностическая работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5E79">
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...107 lines deleted...]
-              <w:t>).</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Подготовка диагностических материалов (анкеты для родителей, тесты для учащихся, карты наблюдений и др.).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t>Қазан - қараша</w:t>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB6944" w:rsidRDefault="00724FB3" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...30 lines deleted...]
-              <w:t>тары</w:t>
+          <w:p w:rsidR="00BB2193" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пихологи школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5E79">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...32 lines deleted...]
-              <w:t>.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Изучение интересов и склонностей, обучающихся: уточнение критериев всех видов одаренности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00A6424E" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Қазан </w:t>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB6944" w:rsidRDefault="00BB6944" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ряснова Ю.В.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00BB2193" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сансызбаева М.Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5E79">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Диагностика родителей и индивидуальные беседы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00A6424E" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRDefault="00BB6944" w:rsidP="003E5E79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Қазан </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">Сынып жетекшілер </w:t>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ряснова Ю.В. Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00111BD4">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5E79">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRPr="008B13FE" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Выявление и отбо</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>Дарынды, қабілетті балаларды анықтау мен іріктеу</w:t>
+              <w:t>р одаренных, талантливых детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00A6424E" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t>Қыркүйек - қазан</w:t>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB6944" w:rsidRDefault="00BB6944" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сентябрь-октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00BB2193" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="003E5E79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Пән-мұғалімдер </w:t>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="003E5E79" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9345" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00A6424E" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="00EB4FBC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Интеллектуальное развитие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E5E79" w:rsidTr="003E5E79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00EB4FBC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRDefault="003E5E79" w:rsidP="003E5E79">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Зияткерлік даму </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Подготовка материалов для проведения школьного тура олимпиад</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB6944" w:rsidRDefault="00BB6944" w:rsidP="00EB4FBC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2337" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E5E79" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="00EB4FBC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="00885AFE" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...23 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...76 lines deleted...]
-                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006C4259" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00885AFE" w:rsidRPr="008B13FE" w:rsidRDefault="00885AFE" w:rsidP="00885AFE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...4 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">Участие в </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>Олимпиаданың мектептік, қалалық кезеңіне қатысу</w:t>
+              <w:t xml:space="preserve">школьном, </w:t>
+            </w:r>
+            <w:r w:rsidR="009C3F9B" w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">городском </w:t>
+            </w:r>
+            <w:r w:rsidR="009C3F9B">
+              <w:t>туре</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> олимпиад</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t>Қазан-желтоқсан</w:t>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="00BB6944" w:rsidRDefault="00724FB3" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00BB2193" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="00885AFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Пән-мұғалімдер</w:t>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="00885AFE" w:rsidTr="003E5E79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="009C3F9B">
+          <w:p w:rsidR="00885AFE" w:rsidRDefault="009C3F9B" w:rsidP="009C3F9B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00007642">
-[...6 lines deleted...]
-              <w:t>Олимпиадалық қоры бар мектеп</w:t>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Мониторинг результативности работы</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> школы Олимпийского резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t>Жыл ағымында</w:t>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="00BB6944" w:rsidRDefault="005E1F67" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00724FB3" w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> те</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="00BB2193" w:rsidRDefault="00BB2193" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2193">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="00C55864" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9345" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006C4259" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00C55864" w:rsidRDefault="00C55864" w:rsidP="00885AFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
               <w:rPr>
                 <w:b/>
+              </w:rPr>
+              <w:t>Методическое сопровождение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134AFF" w:rsidTr="000A350B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00134AFF" w:rsidRPr="008B13FE" w:rsidRDefault="00134AFF" w:rsidP="00134AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Сбор и подг</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...44 lines deleted...]
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+              <w:t>отовка аналитической информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="008B13FE" w:rsidRDefault="00134AFF" w:rsidP="00134AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...10 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>формирование и своев</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...59 lines deleted...]
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006D734A" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+              <w:t xml:space="preserve">ременное пополнение базы данных, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">отчет по реализации индивидуальных </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="008B13FE" w:rsidRDefault="00134AFF" w:rsidP="00134AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> оқушыларының жұмысы бойынша әдістемелік материалдарды жинау және жүйелендіру</w:t>
+              <w:t xml:space="preserve"> анализ результатов олимпиад)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006D734A" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          </w:tcPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="00BB6944" w:rsidRDefault="00134AFF" w:rsidP="00134AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Жыл ағымында</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="00BB6944" w:rsidRDefault="005E1F67" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006D734A" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="006C4F5D" w:rsidRDefault="006C4F5D" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4F5D">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006D734A" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="00134AFF" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...12 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00134AFF" w:rsidRPr="008B13FE" w:rsidRDefault="00134AFF" w:rsidP="00134AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">» жұмысының қорытындысы </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">Сбор и систематизация методических материалов </w:t>
+            </w:r>
+            <w:r w:rsidR="004602AB">
+              <w:t>по работе с учащимися школы олимпийского резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00134AFF" w:rsidRPr="00BB6944" w:rsidRDefault="005E1F67" w:rsidP="00134AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Мамыр </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="006C4F5D" w:rsidRDefault="006C4F5D" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4F5D">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="006C4F5D" w:rsidRPr="006C4F5D" w:rsidRDefault="006C4F5D" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4F5D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тезекпаева С.М.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73" w:rsidRPr="00007642">
+      <w:tr w:rsidR="00134AFF" w:rsidTr="000A350B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="008B13FE" w:rsidRDefault="00134AFF" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve">Итоги работы «Школы олимпийского </w:t>
+            </w:r>
+            <w:r w:rsidR="004602AB" w:rsidRPr="008B13FE">
+              <w:t>резерва» в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004602AB">
+              <w:t>учебном году</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="00BB6944" w:rsidRDefault="005E1F67" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2337" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00134AFF" w:rsidRPr="006C4F5D" w:rsidRDefault="006C4F5D" w:rsidP="00134AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4F5D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахметова Г.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00885AFE" w:rsidTr="003E5E79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="004602AB" w:rsidRDefault="004602AB" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004602AB">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00111BD4" w:rsidRDefault="002A3F73" w:rsidP="004602AB">
+          <w:p w:rsidR="00885AFE" w:rsidRDefault="004602AB" w:rsidP="004602AB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B13FE">
+              <w:t>Плани</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>Келесі жылға жұмысты жоспарлау</w:t>
+              <w:t>рование работы на следующий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Мамыр </w:t>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="00BB6944" w:rsidRDefault="005E1F67" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6944">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00885AFE" w:rsidRPr="006C4F5D" w:rsidRDefault="006C4F5D" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4F5D">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметова Г.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00007642" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...14 lines deleted...]
-              <w:t>Мектеп әкімшілігі</w:t>
+          <w:p w:rsidR="006C4F5D" w:rsidRPr="006C4F5D" w:rsidRDefault="006C4F5D" w:rsidP="00885AFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C4F5D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00EB4FBC" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+    <w:p w:rsidR="00251062" w:rsidRPr="00EB4FBC" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="009B0E98" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A3F73" w:rsidRPr="00EB4FBC" w:rsidRDefault="002A3F73" w:rsidP="00EB4FBC">
+    <w:p w:rsidR="009B0E98" w:rsidRDefault="009B0E98" w:rsidP="00EB4FBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B0E98" w:rsidRPr="009B0E98" w:rsidRDefault="009B0E98" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRPr="00EB4FBC" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F21AF3" w:rsidRPr="00F21AF3" w:rsidRDefault="00F21AF3" w:rsidP="00F21AF3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21AF3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...62 lines deleted...]
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="00F21AF3">
+        <w:lastRenderedPageBreak/>
+        <w:t>Таблица 1- Банк данных детей школы Олимпийского резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F21AF3" w:rsidRDefault="00F21AF3" w:rsidP="00F21AF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-106" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="4271"/>
         <w:gridCol w:w="1864"/>
         <w:gridCol w:w="2685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00C2387E" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00C2387E" w:rsidRPr="0048168F" w:rsidRDefault="00C2387E" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048168F">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="0072238B" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00C2387E" w:rsidRPr="0048168F" w:rsidRDefault="00C2387E" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048168F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ф.И.О. учащегося</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C2387E" w:rsidRPr="0048168F" w:rsidRDefault="00C2387E" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048168F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C2387E" w:rsidRPr="0048168F" w:rsidRDefault="00C2387E" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...19 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...54 lines deleted...]
-              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Беликова София</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Смагулова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алиша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Сероватова Вероника</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сероватова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Вероника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="0072238B" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ковалева Милана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="0072238B" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Белая </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ариана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Ботнарчук Софья</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ботнарчук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Софья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Гиниятов Рафаэль</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гиниятов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рафаэль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Козлова Яна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="0072238B" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әлем тану</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Рыбалёв Денис</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рыбалёв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Сидорук Егор</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сидорук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Егор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Солоненко Степан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Качапкина Карина</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Качапкина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Карина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Зеленская София</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="0072238B" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әлем тану</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Светачева Анна</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Светачева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Анна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Абдрахманова Алина</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Абдрахманова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Девятко Любовь</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Девятко</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Любовь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Биянова Азалия</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Биянова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Азалия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Кошкар</w:t>
             </w:r>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>в Даниель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Байдельдинов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Даурен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="00A33BE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иманбаева </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Арайлым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мұханов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ерали</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="0072238B" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әлем тану</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мұхаметжан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ахмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сатыбалдинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Анель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="00A33BE3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="00A33BE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Горбунов Кирилл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Ергазинова Сабина</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ергазинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сабина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бакалу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Аурика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="00E77540" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Познание мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="00A33BE3">
+            <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әлем тану</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ляхова София</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Русинов Артем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сумина Милана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Назаренко Ульяна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Никифорова Ульяна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Мухамедиева Амина</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мухамедиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Амина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Федосеева Елизавета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әбі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ілияс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Карабаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Аяулым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мухамеджанова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Самира</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A33BE3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Төлеген Аида</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дүниетану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Тускенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Адия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4Ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00A33BE3" w:rsidRDefault="00A33BE3" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дүниетану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Аблеева Карина</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Аблеева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Карина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Аубакирова Алина</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Аубакирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Губина Ангелина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33BE3" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ермола Кристина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="000A350B" w:rsidRDefault="00A33BE3" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00A33BE3" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақстан тарихы</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мустафина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Айдана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Галкина Мария</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Галкина М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бочпаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дильназ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Банникова Анастасия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақстан тарихы</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Увличенко Даниил</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Увличенко</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Даниил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Терликпаева Диана</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Терликпаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Диана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ешова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Карима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6Д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="00D56602">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Кулешова Дарья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73">
-[...7 lines deleted...]
-              <w:t>Орыс тілі</w:t>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Лопатько Виктория</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Лопатько</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Виктория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Сарасекина Дарья</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сарасекина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дарья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Исмагулова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Аружан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақ тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>Лодня Елизавета</w:t>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Лодня</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Елизавета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Хоминич Алина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ағылшын тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ратников Иван</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Берг Ольга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақ тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ковылева Алина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Шушпанова Дарья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ағылшын тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Афлетунова Кристина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Шнайдер Данила</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курмашова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Камила</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Увалиева Алия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ағылшын тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Бакитбек Алмас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Бахтин Роман</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Головенко Сергей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақстан тарихы</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ролледер Палли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="636" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақ тілі</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="005E1F67">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Байгазинова Диана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A3F73">
+      <w:tr w:rsidR="00B8434B" w:rsidTr="00B8434B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="00A33BE3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="00A33BE3">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="005E1F67">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006967D9">
-              <w:rPr>
+            <w:r w:rsidRPr="000A350B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Довгун Кристина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="000A350B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A350B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A3F73" w:rsidRPr="006967D9" w:rsidRDefault="002A3F73" w:rsidP="006967D9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="006967D9">
+          <w:p w:rsidR="00B8434B" w:rsidRPr="00B8434B" w:rsidRDefault="00B8434B" w:rsidP="000A350B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8434B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A3F73" w:rsidRDefault="002A3F73" w:rsidP="00E77540">
+    <w:p w:rsidR="00F21AF3" w:rsidRPr="009F25F3" w:rsidRDefault="00F21AF3" w:rsidP="00F21AF3">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRPr="00EB4FBC" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00BB6944">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="002A3F73" w:rsidSect="00E13F77">
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00BB6944">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622632" w:rsidRPr="00EB4FBC" w:rsidRDefault="00622632" w:rsidP="00EB4FBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251062" w:rsidRDefault="00251062" w:rsidP="0031548B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A350B" w:rsidRDefault="000A350B" w:rsidP="0031548B"/>
+    <w:sectPr w:rsidR="000A350B" w:rsidSect="00E13F77">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0FA6186C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5EF69FF2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="28626A10"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C8C4B7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1661"/>
         </w:tabs>
         <w:ind w:left="1661" w:hanging="810"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -12125,1025 +13014,983 @@
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="2DCF0B52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E96CB74"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="35356277"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="517EBDD2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="46561881"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61C4FA24"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="498D6972"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBA48B4E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="52E2709F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF665C6A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="53036F8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DC804CC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
-  <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A5631C"/>
-    <w:rsid w:val="00007642"/>
     <w:rsid w:val="00040074"/>
-    <w:rsid w:val="000679E9"/>
     <w:rsid w:val="000A350B"/>
-    <w:rsid w:val="000B497D"/>
     <w:rsid w:val="000B59D7"/>
-    <w:rsid w:val="00111BD4"/>
     <w:rsid w:val="00134AFF"/>
-    <w:rsid w:val="00183952"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002248BE"/>
     <w:rsid w:val="00251062"/>
-    <w:rsid w:val="00282173"/>
     <w:rsid w:val="002A181F"/>
-    <w:rsid w:val="002A3F73"/>
     <w:rsid w:val="002F54CE"/>
     <w:rsid w:val="00312651"/>
     <w:rsid w:val="0031548B"/>
-    <w:rsid w:val="00322A23"/>
-    <w:rsid w:val="00332F38"/>
     <w:rsid w:val="003E5E79"/>
-    <w:rsid w:val="00421520"/>
     <w:rsid w:val="004602AB"/>
-    <w:rsid w:val="00467A0F"/>
     <w:rsid w:val="0047312C"/>
     <w:rsid w:val="00506042"/>
     <w:rsid w:val="00526B01"/>
     <w:rsid w:val="00546986"/>
     <w:rsid w:val="00562158"/>
     <w:rsid w:val="005D1997"/>
     <w:rsid w:val="005E1F67"/>
     <w:rsid w:val="00615B4D"/>
     <w:rsid w:val="00622632"/>
-    <w:rsid w:val="006967D9"/>
     <w:rsid w:val="006A0F40"/>
-    <w:rsid w:val="006C4259"/>
     <w:rsid w:val="006C4F5D"/>
-    <w:rsid w:val="006D734A"/>
     <w:rsid w:val="006E5AD4"/>
-    <w:rsid w:val="007126CB"/>
-    <w:rsid w:val="0072238B"/>
     <w:rsid w:val="00724FB3"/>
     <w:rsid w:val="00732F3D"/>
     <w:rsid w:val="00781BC4"/>
     <w:rsid w:val="007A308E"/>
-    <w:rsid w:val="007E6DA2"/>
-    <w:rsid w:val="00847941"/>
     <w:rsid w:val="00885AFE"/>
-    <w:rsid w:val="0088687F"/>
     <w:rsid w:val="008B13FE"/>
     <w:rsid w:val="009B0E98"/>
     <w:rsid w:val="009C3F9B"/>
     <w:rsid w:val="009D3717"/>
-    <w:rsid w:val="009F25F3"/>
     <w:rsid w:val="00A108D2"/>
     <w:rsid w:val="00A33BE3"/>
-    <w:rsid w:val="00A36FAF"/>
     <w:rsid w:val="00A37283"/>
-    <w:rsid w:val="00A41391"/>
     <w:rsid w:val="00A5631C"/>
-    <w:rsid w:val="00A625F5"/>
-    <w:rsid w:val="00A6424E"/>
     <w:rsid w:val="00B8434B"/>
     <w:rsid w:val="00BB2193"/>
     <w:rsid w:val="00BB6944"/>
     <w:rsid w:val="00C2387E"/>
     <w:rsid w:val="00C547F1"/>
     <w:rsid w:val="00C55864"/>
-    <w:rsid w:val="00CE46A4"/>
     <w:rsid w:val="00CF5290"/>
-    <w:rsid w:val="00D202FB"/>
     <w:rsid w:val="00D25F29"/>
     <w:rsid w:val="00D64DD0"/>
     <w:rsid w:val="00DF0FAF"/>
     <w:rsid w:val="00E13F77"/>
-    <w:rsid w:val="00E237D9"/>
-    <w:rsid w:val="00E77540"/>
     <w:rsid w:val="00EB4FBC"/>
-    <w:rsid w:val="00ED19FC"/>
     <w:rsid w:val="00F21AF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...26 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -13212,616 +14059,969 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0031548B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:rsid w:val="0031548B"/>
     <w:pPr>
       <w:ind w:firstLine="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
-[...4 lines deleted...]
-    <w:locked/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:rsid w:val="0031548B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+  <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
     <w:rsid w:val="005D1997"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:color w:val="0B417B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
-[...4 lines deleted...]
-    <w:locked/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
     <w:rsid w:val="005D1997"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:color w:val="0B417B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008B13FE"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="003E5E79"/>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="006E5AD4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009B0E98"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="009B0E98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031548B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="0031548B"/>
+    <w:pPr>
+      <w:ind w:firstLine="360"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="0031548B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:rsid w:val="005D1997"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="0B417B"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:rsid w:val="005D1997"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="0B417B"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008B13FE"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003E5E79"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E5AD4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009B0E98"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009B0E98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1769958116">
+    <w:div w:id="243347230">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1769958117">
+    <w:div w:id="300964007">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1769958118">
+    <w:div w:id="527911050">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1769958119">
+    <w:div w:id="769617168">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1769958120">
+    <w:div w:id="1187868834">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal_Wordconv</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1161</Words>
-[...1 lines deleted...]
-  <Application>Microsoft Office Outlook</Application>
+  <Words>1179</Words>
+  <Characters>6722</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>0</Lines>
-  <Paragraphs>0</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>School_41</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <CharactersWithSpaces>7886</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айгуль Утилова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>