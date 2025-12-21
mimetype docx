--- v0 (2025-12-19)
+++ v1 (2025-12-21)
@@ -7,3117 +7,3327 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3530"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3342"/>
+        <w:gridCol w:w="3287"/>
+        <w:gridCol w:w="3560"/>
+        <w:gridCol w:w="3292"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00DE73FA" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3624" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Құпталған»</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+              <w:t>«Согласовано»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар қ. әкімдігі</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+              <w:t>Руководитель отдела образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру бөлімінің басшысы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+              <w:t>акимата</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>г. Павлодара</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>___________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Г.Ш.Қадырбаева</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Кадырбаева Г.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3625" w:type="dxa"/>
+            <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1295400" cy="1295400"/>
+                  <wp:extent cx="1352550" cy="1352550"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="3" name="Рисунок 1" descr="11"/>
+                  <wp:docPr id="2" name="Рисунок 2" descr="11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1" descr="11"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="11"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1295400" cy="1295400"/>
+                            <a:ext cx="1352550" cy="1352550"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3625" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Бекітемін»</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+              <w:t>«Утверждаю»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ұйымдастыру комитетінің</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+              <w:t>Председатель оргкомитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00947F90">
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>төрайымы</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+            <w:r w:rsidR="00695545">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>______Л.М.Мағзамова</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Магзамова Л.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1984" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-        <w:t>VI</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XVI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детского изобразительного творчества «Ақ бота»</w:t>
+      </w:r>
+      <w:r w:rsidR="005057CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="002C1147" w:rsidRDefault="00BD1984" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="001A7566">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="005057CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>посвященного 25-летию Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>езависимос</w:t>
+      </w:r>
+      <w:r w:rsidR="005057CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ти Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЦЕЛЬ ПРОВЕДЕНИЯ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...13 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>развитие и пропаганда детского творчества, обмен опытом работы среди учреждений эстетического направления, выявлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ие и поощрение одаренных детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитание  чувства любви </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к своей семье,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Родине, интернациональных и межэтнических отношений, основанных на дружбе и согласии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирование </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00E74E0A">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у детей понимания высшей ценности семьи и семейных отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТЕМА:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Мы живем в семье счастливой...».Данная тема может иметь содержание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F21A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Біз бақытты отбасында тұрамыз...».</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:t xml:space="preserve">«Дружный народ Казахстана», </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бұл тақырыптың осындай мазмұны болуы мүмкін:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:t xml:space="preserve">2.«Я и моя семья» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>3. «Мой класс»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Қазақстанның достық елі», </w:t>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>4. «Мои друзья»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.«Мен және менің отбасым» </w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t>5. «Мои соседи» и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗАДАЧИ: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Показать в работе </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>внимание к семье, как одной из главных ценностей современного мира. Можно изобразить более широкое понимание темы: семья, как общность народов, населяющих Республику Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00F21A40" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТРЕБОВАНИЯ К РАБОТАМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работы могут быть выполнены в любой технике (живопись, графика, смешанная техника). Копии, перерисовки, учебные работы, работы, выполненные в другом учебном заведении, с помощью взрослых, на низком художественном уровне</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4. «Менің достарым»</w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> и не соответствующие теме конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – не принимаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>От каждой школы принимается не более 5 работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Формат:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для средних школ - А-3, А-4, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>для ДХШ и изостудии - А-3, А-2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФОРМЛЕНИЕ РАБОТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работы должны быть оформлены в паспарту</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5. «Менің көршілерім» және т.б.</w:t>
-[...229 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> из белой плотной бумаги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размером 5-5-5-7 см. (смотреть образец). Дополнительно изостудии и ДХШ оформляют под стекло.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К каждой работе должна прилагаться этикетка размером 5 х 12 см, с надписью на 2-х языках, следующего образца:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="3543"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:trHeight w:val="1333"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-            <w:pPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:r w:rsidRPr="00947F90">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-            <w:r>
+              <w:t>Менің отбасым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00947F90">
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:r w:rsidRPr="00947F90">
+              <w:t>Иванов Андрей,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:r w:rsidRPr="00947F90">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Менің отбасым</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00947F90">
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00947F90">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00947F90">
+              <w:t>жаста</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947F90">
+              <w:t xml:space="preserve">12 орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00947F90">
+              <w:t>мектеб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00947F90">
-              <w:t>жаста</w:t>
+              <w:t>жетекш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00947F90">
+              <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00947F90">
               <w:t>Касымова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve"> Н.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751"/>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:r w:rsidRPr="00947F90">
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Моя семья</w:t>
             </w:r>
             <w:r w:rsidRPr="00947F90">
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:r w:rsidRPr="00947F90">
               <w:t>Иванов Андрей,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:r w:rsidRPr="00947F90">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve"> лет</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:r w:rsidRPr="00947F90">
               <w:t>СШ № 12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00947F90">
-[...1 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00947F90">
-              <w:t>Касымова</w:t>
+              <w:t>рук</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00947F90">
+              <w:t>.К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00947F90">
+              <w:t>асымова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve"> Н.Р.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
-[...39 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">К работам прилагается список в 2-х экземлярах (образец прилагается). В списке указывать полное имя и отчество руководителя. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работы, не отвечающие изложенным требованиям, приниматься не будут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОРГАНИЗАЦИЯ И ПРОВЕДЕНИЕ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> – </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием работ – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с 24.10-01.1.2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Время приема – с 09.00 до 12.00 и с 15.00 до 18.00 (кроме субботы, воскресенья)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оформление выставки – </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>04.11. 2016 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:t>Қазылар</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа жюри – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>07.11.2016 г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Байқау жеңімпаздарын марапаттау рәсімі</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Церемония награждения победителей конкурса состоится </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...32 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 11.11.2016 г. В 11ч. 00 мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Приглашаются руководители и участники конкурса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экспозиция будет работать в Детской художественной школе №1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>до 11.12.2016 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Экспозиция №1 Балалар көркемсурет мектебінде </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возврат работ - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12.12.2016 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>После указанной даты школа за сохранность работ ответственности не несет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Для успешного проведения конкурса создается организационный комитет. В его работу входит:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...73 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организация конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием работ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Составление экспозиции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подготовка церемонии награждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Проведение открытия выставки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подведение итогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работа с прессой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Для конкурса специально разрабатывается эмблема, дипломы, благодарственные письма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПООЩРЕНИЕ УЧАСТНИКОВ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Для поощрения участников конкурса определяются гран-при</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1984">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  три первых места</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1984">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в каждой возрастной категории. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обедители будут награждены дипломами и ценными подарками. Руководители победителей будут отмечены благодарственными письмами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КРИТЕРИИ ОЦЕНКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работы оцениваются по следующим параметрам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Раскрытие темы, через идею, содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техническое исполнение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Изобразительная грамота</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Уровень эмоционального воздей</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1984">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>твия работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...11 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>өткізу</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:t>Индивидуальный почерк автора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЛАССИФИКАЦИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Участники классифицируются в 3 возрастные категории:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...237 lines deleted...]
-      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...14 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>От 7 до 9 лет (включительно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00BC471F" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...14 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:t>От 10 до 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00D629E6" w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лет (включительно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00BC471F" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...8 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>От 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00D629E6" w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 16 лет (включительно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работы учащихся средних школ  и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работы учащихся внешкольных учреждений рассматриваются отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖЮРИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В состав жюри конкурса входят художники, педагоги и искусствоведы г.Павлодара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>МЕСТО ПРОВЕДЕНИЯ КОНКУРСА:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Детская художественная школа №1 г.Палодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>По адресу: ул.Ак Бектурова, 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="002C1147" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вки по тел: 55-64-43,  55-64-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00947F90">
-[...4 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ОБРАЗЕЦ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Список  работ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>чащихся С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ш № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>представленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на выставку-конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ақ Бота»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...212 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...41 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947F90">
+        <w:rPr>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10387" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1972"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="1310"/>
+        <w:gridCol w:w="1310"/>
+        <w:gridCol w:w="1594"/>
+        <w:gridCol w:w="1314"/>
+        <w:gridCol w:w="2023"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1445" w:type="dxa"/>
+            <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқушының аты-жөні</w:t>
+              </w:rPr>
+              <w:t>Ф.И. уч-ся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t>туған күні</w:t>
+              </w:rPr>
+              <w:t>Возраст</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жұмыстың атауы</w:t>
+              </w:rPr>
+              <w:t>Название</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="1314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Техникасы</w:t>
+              <w:t>Техника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="2023" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t>(толық)</w:t>
+              </w:rPr>
+              <w:t>(ФИО полностью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947F90">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Примечание (домашний адрес, телефон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> учащегося</w:t>
+            </w:r>
             <w:r w:rsidRPr="00947F90">
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қосымша мәлімет (мекен-жайы, телефоны)</w:t>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1445" w:type="dxa"/>
+            <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:tcW w:w="1314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcW w:w="2023" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
-[...32 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00947F90">
+        <w:t>Образец оформления (пасп</w:t>
+      </w:r>
+      <w:r>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidRPr="00947F90">
         <w:t>рту)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00947F90">
-[...6 lines deleted...]
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
-        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="3058"/>
         <w:gridCol w:w="485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...24 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve">      5СМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="485" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve">       7СМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="485" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
-[...20 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="31"/>
-        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2126"/>
         <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...54 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve">     5СМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidTr="00785751">
+      <w:tr w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidTr="009F50CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00947F90">
               <w:t xml:space="preserve">     7СМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00785751">
+          <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="009F50CC">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE73FA" w:rsidRPr="00947F90" w:rsidRDefault="00DE73FA" w:rsidP="00DE73FA">
-[...126 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D629E6" w:rsidRPr="00947F90" w:rsidRDefault="00D629E6" w:rsidP="00D629E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0030373B" w:rsidRDefault="0030373B"/>
-    <w:sectPr w:rsidR="0030373B" w:rsidSect="002C1147">
+    <w:p w:rsidR="00D629E6" w:rsidRDefault="00D629E6" w:rsidP="005920A4">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D629E6" w:rsidSect="002C1147">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -3160,69 +3370,158 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="419E076F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B688ED66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1335"/>
         </w:tabs>
         <w:ind w:left="1335" w:hanging="510"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="61A83700"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2164D2A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="739F7A6C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A44A4EF4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="74246CB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA30666C"/>
     <w:lvl w:ilvl="0" w:tplc="20825EBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3291,97 +3590,223 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="7E8D3EAA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B7F83B1E"/>
+    <w:lvl w:ilvl="0" w:tplc="02386F70">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="85"/>
+  <w:zoom w:percent="82"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00DE73FA"/>
+    <w:rsidRoot w:val="00D629E6"/>
     <w:rsid w:val="0030373B"/>
+    <w:rsid w:val="005057CD"/>
+    <w:rsid w:val="005920A4"/>
+    <w:rsid w:val="00695545"/>
+    <w:rsid w:val="00707E6C"/>
     <w:rsid w:val="00821963"/>
     <w:rsid w:val="0098018A"/>
-    <w:rsid w:val="009A54FE"/>
     <w:rsid w:val="00B71A5E"/>
+    <w:rsid w:val="00B77050"/>
+    <w:rsid w:val="00BC471F"/>
+    <w:rsid w:val="00BD1984"/>
+    <w:rsid w:val="00C2294B"/>
+    <w:rsid w:val="00D12756"/>
     <w:rsid w:val="00D60AD8"/>
-    <w:rsid w:val="00DE73FA"/>
+    <w:rsid w:val="00D629E6"/>
+    <w:rsid w:val="00E6785D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3506,130 +3931,130 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE73FA"/>
+    <w:rsid w:val="00D629E6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE73FA"/>
+    <w:rsid w:val="00D629E6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE73FA"/>
+    <w:rsid w:val="00D629E6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE73FA"/>
+    <w:rsid w:val="00D629E6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DE73FA"/>
+    <w:rsid w:val="00D629E6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -3894,54 +4319,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>632</Words>
-  <Characters>3607</Characters>
+  <Words>638</Words>
+  <Characters>3638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4231</CharactersWithSpaces>
+  <CharactersWithSpaces>4268</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Завуч</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>