--- v0 (2025-12-12)
+++ v1 (2025-12-14)
@@ -1,5088 +1,4969 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DF6FC9" w:rsidRPr="00DF6FC9" w:rsidRDefault="00DF6FC9" w:rsidP="00DF6FC9">
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="00D01BC3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор ГУ «СОШ № 34 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновационного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>типа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айгожин Б.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00762314" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___»____________2016г</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00D01BC3" w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D01BC3" w:rsidRPr="00D01BC3" w:rsidRDefault="00D01BC3" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC343F" w:rsidRPr="00D01BC3" w:rsidRDefault="003B4FDC" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРАВИЛА ВНУТРЕННЕГО РАСПОРЯДКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRDefault="00FC343F" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательная школа №34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029F0" w:rsidRDefault="006029F0" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006029F0" w:rsidRPr="00D01BC3" w:rsidRDefault="006029F0" w:rsidP="00D01BC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="00D01BC3" w:rsidRDefault="00CA0F7F" w:rsidP="00CA0F7F">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="00D01BC3" w:rsidRDefault="00F07DAF" w:rsidP="006029F0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Режим о</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72BE5" w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>рганизаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72BE5" w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебного процесса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01BC3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="00D01BC3" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="006029F0" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Уроки в школе проводятся в соответствии с расписанием, утвержденным директором школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="006029F0" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Продолжительность урока 45 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Продолжительность перемен определяется приказом директора школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72BE5" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с санитарными нормами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="006029F0" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По звонку на урок учащиеся заходят в класс и готовятся к уроку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="006029F0" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Утренняя зарядка начинается в 7 часов 55 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0F7F" w:rsidRPr="006029F0" w:rsidRDefault="00CA0F7F" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Занятия в школе начинаются в 8 часов 00 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Расписание звонков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="006029F0">
+      <w:pPr>
+        <w:ind w:firstLine="75"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00FC343F" w:rsidP="006029F0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...292 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Требования к посещению занятий в школе и внешнему виду</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC343F" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="006029F0">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащийся по дороге в школу должен правильно оценивать окружающую обстановку и выбирать безопасный маршрут, не </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC343F" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>нарушая правил дорожного движения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>В общественном транспорте учащийся обязан соблюдать правила поведения и необходимые меры безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащийся должен приходить в школу за 15-20 минут до начала занятий, опрятно и чисто одетый.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Верхнюю одежду учащийся оставляет в гардеробе.                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Не рекомендуется оставлять в карманах верхней одежды деньги, ключи, проездные билеты, иные ценности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Не разрешается нахождение в помещениях школы учащихся в верхней одежде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащийся в школе должен быть аккуратно и не вызывающе причесан, иметь чистый носовой платок, расческу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащийся должен </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC343F" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соблюдать </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0F7F" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личную </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC343F" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>гигиену</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>. Внешний вид учащихся оценивает при выходе из раздевалки дежурный учитель или администратор и предъявляет к учащимся требования в соответствии с настоящими правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Опоздавшие учащиеся регистрируются дежурным администратором или учителем, получают запись об опоздании в дневник. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>К занятиям опоздавшие учащиеся допускаются только с разрешения дежурного администратора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Учащиеся, систематически опаздывающие на уроки, вызываются для объяснения в администрацию школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Снятие учащихся с урока возможно только с согласия учителя по распоряжению директора школы или дежурного администратора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Выход учащихся из школы в течение учебного дня разрешается только по письменному разрешению классного руководителя или дежурного администратора школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Нахождение в школе посторонних лиц возможно только с разрешения дежурного администратора или охраны школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся должны покинуть школу через 20 минут после окончания занятий, кроме случаев, предусмотренных планом внеурочных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>В случае пропуска занятий учащиеся должны предъявить классному руководителю оправдательные документы: медицинскую справку либо заявление родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ученик, пропустивший более 3-х уроков в течение недели и не предъявивший оправдательных документов, может быть допущен к занятиям только после письменного объяснения </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0F7F" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>на имя директора школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Ученик несет ответственность за то, что он самостоятельно в течение недели изучит весь пропущенный материал, если только нет другой договоренности с учителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Пропуск уроков не освобождает ученика от сдачи учителю зачета по материалу пропущенного урока и выполнения домашнего задания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Освобождение от учебных занятий возможно на определенный срок на основании заявления одного из родителей ученика, которое заблаговременно (не позднее, чем за </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0F7F" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3 дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>) подается на имя директора школы. В этом случае пропущенные учебные занятия должны быть компенсированы либо самостоятельной работой учащегося, либо его дополнительными занятиями с учителями до или после пропущенного периода. О работе за пропущенное время ученик отчитывается, выполняя соответствующие контрольные работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="006029F0">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="006029F0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Поведение учащихся на уроке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="006029F0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся приходят на урок с обязательно выполненным домашним заданием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>При входе учителя в кабинет учащиеся встают, приветствуя учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>При вызове для ответа учащийся выходит к доске, дневник он обязан передать учителю для выставления оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Порядок ответа с места определяется учителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>При ответе учащийся должен говорить громко, внятно, не торопиться, стараться чётко формулировать свои мысли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Подсказки и списывание на уроках категорически запрещены, так как мешают нормальному ходу урока и качественному усвоению учебного материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся, желающие ответить или задать вопрос, обязаны поднять руку. Каким-либо иным способом пытаться обратить на себя внимание нельзя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся обязаны внимательно слушать объяснения учителя и ответы товарищей, не шуметь, не разговаривать, не отвлекаться, не заниматься посторонними делами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Действия, нарушающие нормальный ход урока, недопустимы и считаются грубым дисциплинарным нарушением. Виновные в этом привлекаются администрацией школы к дисциплинарной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся, срывающие своими действиями учебный процесс, активно мешающие проведению урока, направляются учителем к дежурному администратору для проведения соответствующей работы. Непосещение такими учащимся администрации школы недопустимо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся должны своевременно и адекватно реагировать на замечания учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Самовольно покидать урок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...70 lines deleted...]
-        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>запрещено.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> Выход из класса по необходимости разрешает только учитель по прошествии 20 минут после начала урока, но не позднее, чем за пять минут до звонка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся обязаны знать и соблюдать Правила охраны труда на занятиях  в соответствующих учебных кабинетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся обязаны полностью и разборчиво записывать все домашние задания в свой дневник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся, сидя за партой, обязаны постоянно следить за своей осанкой, наклоном головы в целях сохранения собственного здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Жевательная резинка во рту – признак дурного тона, на уроке она запрещена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Звонок об окончании урока даётся для учителя. Только учитель объявляет об окончании урока и разрешает покинуть класс. Перед уходом из класса учащиеся приводят в порядок учебные места.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="006029F0">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...541 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...469 lines deleted...]
-        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Поведение учащихся на переменах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00F07DAF">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>На переменах учащиеся должны находиться в коридорах, давая возможность проветрить кабинеты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся обязаны подчиняться требованиям дежурных учителей, работников школы и дежурных по школе, исполняющих свои обязанности по поддержанию дисциплины и порядка в школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Запрещается совершать действия которые могу привести к травмам и порче имущества, а также мешать отдыхать другим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Во время перемен учащийся обязан навести чистоту и порядок на своем рабочем месте, выйти из класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Дежурные по классу помогают учителю подготовить кабинет к следующему уроку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Во время перемен учащимся запрещается бегать по лестницам и этажам; сидеть на полу и на подоконниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00F07DAF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00F07DAF">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="006029F0">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...250 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...164 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учебные документы учащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="00E72BE5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Каждый учащийся должен иметь с собой все школьные принадлежности согласно расписания занятий и оформленный в соответствии с инструкцией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...120 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>дневник учащегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> установленного образца и предъявлять его учителю по первому требованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащийся обязан еженедельно отдавать дневник на подпись родителям по итогам учебной недели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3.11.4.Дежурный должен предоставить учителю список отсутствующих в начале урока.</w:t>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:t>Итоговые отметки и замечания, записанные в дневнике, должны представляться на подпись родителям в тот же день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Исправлять или стирать оценки или замечания в дневнике, а также вырывать из него листы категорически запрещено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00E72BE5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="006029F0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="990"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...94 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Отметки, выставляемые учащимся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00F07DAF">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Отметки выставляются учителем за учебные виды работ, предусмотренные программой прохождения материала, и доводятся до ученика в тот же день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Критерии оценки знаний учащихся определяются программой для данного предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Работы, не выполненные или не сданные на проверку в установленный срок по причине систематической неподготовленности ученика к урокам, могут быть оценены оценкой «неудовлетворительно».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Итоговые отметки выставляются на основании не менее 3-х текущих оценок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07DAF" w:rsidRPr="006029F0" w:rsidRDefault="00F07DAF" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...1 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...77 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="006029F0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="990"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...94 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...75 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащимся запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="006029F0">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приносить, передавать и использовать спиртные напитки, табачные изделия, наркотические и токсические вещества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Использовать любые вещества, ведущие к взрывам и возгораниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Применять физическую силу для выяснения отношений или вымогательства, а также толкать друг друга, бросаться предметами, употреблять непристойные жесты и шуметь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совершать любые действия, влекущие за собой опасность для окружающих, для собственной жизни и здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Употреблять грубые выражения и нецензурные слова по отношению к другим учащимся и ко всем работникам школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приносить в школу вещи, не имеющие отношения к занятиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приносить в школу семечки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приносить в школу спички, зажигалки, колющие и режущие предметы,  газовые баллончики, оружие (в т.ч. газовое, пневматическое или имитационное), игральные карты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совершать действия, опасные для жизни и здоровья самого себя и окружающих, а также действия, которые могут привести порче школьного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Писать на стенах и мебели; неправильно использовать, царапать, ломать школьную мебель, оборудование кабинетов и другое школьное имущество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Делать надписи на книгах и пособиях, принадлежащих школе, вырывать страницы из книг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Мусорить в помещении и на территории школы, мусор следует выбрасывать только в специальные ёмкости для мусора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Пользоваться мобильными телефонами, плеерами, электронными играми и т. п. во время уроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Находиться в коридорах школы во время учебных занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Бегать по лестницам, вблизи оконных проемов и в других местах, не приспособленных для игр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">6.3. Во время урока нельзя шуметь, самовольно вставать с места, отвлекаться самому и отвлекать товарищей от занятий посторонними разговорами, играми и </w:t>
-[...246 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Устраивать заторы в местах массовых передвижений учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Самовольно покидать школу или занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Брать ключи от кабинетов без разрешения учителя, закрываться в классах, самовольно открывать окна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...1 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="006029F0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Общие</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72BE5" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требования к поведению учащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся школы должны проявлять уважение к старшим, обращаться к педагогам на "вы" и с полным именем и отчеством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Школьники должны уступать дорогу взрослым, старшие школьники - младшим, мальчики - девочкам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Вне школы учащиеся должны вести себя везде и всюду так, чтобы не уронить свою честь и достоинство, не запятнать доброе имя школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся школы обязаны следить за культурой речи, беречь чистоту родного языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.      Учащиеся должны беречь имущество школы, аккуратно относиться как к     своему, так и к чужому имуществу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся должны аккуратно пользоваться дверьми, не баловаться и не хлопать ими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся обязаны строго соблюдать Правила противопожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся должны  правильно реагировать на замечания дежурных по школе или работников школы, по первому требованию дежурного по школе или учителя сообщать свою фамилию, имя и класс, в котором они учатся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>При разговоре со старшими недопустимо развязное поведение, нельзя держать руки в карманах и вести себя вызывающе, пререкаться и грубить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учащиеся несут ответственность (в том числе и материальную – через родителей) за порчу школьного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72BE5" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="006029F0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...715 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Дисциплинарные нарушения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="003B4FDC">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF6FC9" w:rsidRPr="00DF6FC9" w:rsidRDefault="00DF6FC9" w:rsidP="00DF6FC9">
-[...236 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дисциплинарными нарушениями считаются действия, нарушающие Правила поведения учащихся в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72BE5" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>коле.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B008DE" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Грубыми нарушениями дисциплины признаются такие, которые повлекли или реально могли повлечь за собой тяжёлые последствия в виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B008DE" w:rsidRDefault="00E72BE5" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4FDC" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>причинения ущерба жизни и здоровью учащихся, сотрудников или посетителей школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B008DE" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72BE5" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>причинения ущерба имуществу школы, имуществу учащихся, сотрудников или посетителей школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="00E72BE5" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4FDC" w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>дезорганизации работы школы как образовательного учреждения, срыв учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidRDefault="003B4FDC" w:rsidP="00B008DE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006029F0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1414" w:rsidRDefault="00DA1414"/>
-    <w:sectPr w:rsidR="00DA1414">
+    <w:sectPr w:rsidR="003B4FDC" w:rsidRPr="006029F0" w:rsidSect="00D01BC3">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Wingdings">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="060234EB"/>
-[...11 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:nsid w:val="1D5A4464"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17B02C2E"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="06FF0A1C"/>
-[...11 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:nsid w:val="1F007021"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8A6E248"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...125 lines deleted...]
-      </w:rPr>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="12CF3B63"/>
-[...11 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:nsid w:val="22583427"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="507AADA8"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="38C10322"/>
-[...11 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:nsid w:val="234D054F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC4ABD6E"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="77B661D4"/>
-[...11 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:nsid w:val="28D23EF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81DE8BDE"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="7A9465C2"/>
-[...10 lines deleted...]
-        </w:tabs>
+    <w:nsid w:val="3AF64243"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFA62482"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="3BFC6C7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="089481E8"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="4C977BDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D34A4154"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="4F292C3F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B90A228"/>
+    <w:lvl w:ilvl="0" w:tplc="CA164E5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705" w:hanging="630"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="58E87F80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A86CEA98"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...8 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="5C277EB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFB03E06"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="70DA2347"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D7A6D74"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="724B6F37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4AB0CABE"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="630"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="73357F31"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91FCD6F0"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...8 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="7395668F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B888BDC0"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7669D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="630"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="7E210387"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7EE14E8"/>
+    <w:lvl w:ilvl="0" w:tplc="CA164E5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705" w:hanging="630"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...29 lines deleted...]
-      </w:rPr>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1155" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1875" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2595" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3315" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4035" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4755" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5475" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6195" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DF6FC9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DF6FC9"/>
+    <w:rsidRoot w:val="003B4FDC"/>
+    <w:rsid w:val="003B4FDC"/>
+    <w:rsid w:val="006029F0"/>
+    <w:rsid w:val="0068208E"/>
+    <w:rsid w:val="00762314"/>
+    <w:rsid w:val="007E2720"/>
+    <w:rsid w:val="009C70E8"/>
+    <w:rsid w:val="00B008DE"/>
+    <w:rsid w:val="00CA0F7F"/>
+    <w:rsid w:val="00D01BC3"/>
+    <w:rsid w:val="00E72BE5"/>
+    <w:rsid w:val="00F07DAF"/>
+    <w:rsid w:val="00FC343F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5225,77 +5106,98 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0068208E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006029F0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -5415,99 +5317,135 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0068208E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006029F0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="269751158">
+    <w:div w:id="923759889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1593589409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="360"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="11" w:color="000000"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5761,51 +5699,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12784</Characters>
+  <Pages>1</Pages>
+  <Words>1621</Words>
+  <Characters>9242</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14997</CharactersWithSpaces>
+  <CharactersWithSpaces>10842</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>34</dc:creator>
+  <dc:creator>Савченко</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>