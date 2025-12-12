--- v0 (2025-12-12)
+++ v1 (2025-12-12)
@@ -1,7072 +1,26663 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002C4E98" w:rsidRDefault="00541B3A">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕСПУБЛИКАЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ІРЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҢҒ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АЙ  «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ұ</w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» БАЛАЛАР МЕН ЖАС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СПІ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІМДЕР </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ұ</w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЙЫМЫНЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МЫСЫ ТУРАЛЫ ЕРЕЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1.«Біры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ай «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» балалар мен жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымы» Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірлестігі(б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рі – «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан») Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Назарбаевты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастамасы бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан Республикасы балалар мен жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спірімдерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скеле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты жо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ары рухани-адамгершілік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар, гуманистік, толеранттылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен демократиялы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>станымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а негізделген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>станды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотизм рухында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алыптастыратын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметін шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армашылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, спортты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кіметтік емес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдармен ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не мемлекеттік мекемелермен бірлесе ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ұ</w:t>
       </w:r>
-      <w:r>
-[...50 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан Республикасыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституциясы, за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>намасы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а да нормативтік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актілерін, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан Республикасында ратификациялан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан халы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актілерді басшылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. МА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>САТЫ  МЕН  МІНДЕТТЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ұ</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»  ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скеле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойында патриотты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, білім мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зі жетілдіруге деген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>штарлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, беріктік, Отан тарихына, Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уелсіз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>станны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гіні мен болаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ына деге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н жауапкершілікті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»  міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан хал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілін, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дениетін, тарихын білу негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скеле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойында рухани-адамгершілік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леуетті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар мен жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белсенділігі мен сана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ын арттыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыстарды ынталандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар мен жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зияткерлік, шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армашылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леуметтік  дамуы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олайлы жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дай жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілік пен е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ікті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а, к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шбасшылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдастырушылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абілеттерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыттал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан баланы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асиеттерін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЫЗМЕТТЕРІ МЕН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ИДАЛАРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.1. «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» келесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметтерді ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рбиелік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- танымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- коммуникативтік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леуметтік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паратты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армашылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ида</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- азаматты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сана-сезі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не жалпы адами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басымдылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- еріктілік ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетімділік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар саба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы мен «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рлерін са</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізгі ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саты мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індетін ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зеге асыруда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы ересектер  мен балаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, толерантты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, рухани-адамгершілік ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ШЕЛІ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АБЫЛДАНУ Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>НЕ ШЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>У Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РТІБІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымында м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ше болуды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екіде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гейлі ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і бар.  «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» жо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ары буынына  5-10 сынып, ал «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыран» т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>менгі буынына –  1-4 сынып о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ушылары, сонымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атар «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шесі болу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а ерікті т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде ниет білдірген  балалар мен жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.2.М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шелерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абылдауды «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан»  бастауыш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ргізеді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пшілікті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абылдау жылына 3 рет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткізіледі (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атаулы к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ндері де болады): 1 мамыр – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан хал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірлігі к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ні, 6 шілде – «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ні, 16 желто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сан – Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уелс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іздік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланнан» ерікті т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шін «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан»  бастауыш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетекші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іне жазбаша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» Ережесін б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шелеріне келесідей шаралар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олданылады: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы жиналысында тал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылау, ескертулер жасау, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гіс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">жариялау, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымнан шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару туралы ескерту жасау. Е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шара – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымнан шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымнан шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ару </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>селесі бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы жиналысында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралады. Шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару туралы шешім Мектеп комитеті м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кемінде 2/3-і дауыс берген жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дайда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылданады ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е бекітілгеннен кейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.1.  «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметіне белсенді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару органыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рамына сайлану ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не сайлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мысыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арламаларын ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зеге асыру барысында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы табыстары ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не ерекше жеке жетістіктері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шін ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таулар мен мада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таулар алу (грамоталар, дипломдар, жаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не сауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тыру лагерлеріне жолдама, «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» Алтын</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ітабына ену»);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» органына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тініш, арыз, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастамалар мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныстар беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гейінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парат алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан Республикасыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міздерін сыйлау (Ту, Елта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ба, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ран), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з еліні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриоты болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» Ережес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не  бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару органдарыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімін орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зге м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелері мен оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рметтеу, мойындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыстарда, е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бекте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лгілі болу; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лікті са</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тау, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дениетті болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- салауатты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салтын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стану, оны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дастары арасында насихаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лкенге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рмет, кішіге ізет к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МІЗДЕРІ МЕН ЕРЕКШЕ БЕЛГІЛЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.1.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан»  балалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міздері: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ран, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ран, ту, галстук, т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сбелгі, эмблема болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.2.Ту – б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л балалар мен жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдер бірлігін бейнелейді. Ол республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымда ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лімшелерінде (мектептік, ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, облысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) болуы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ту - тік т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ртб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рышты 200×100 см </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лшемдегі а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і ортасында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым белгісі бейнеленген к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ездеме. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым белгісі ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не атауы кестелік тігіспен, бояумен немесе матамен аппликациялау ар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылы жазады. А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аш сабына бек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тiлген т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ста — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лтты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оюлармен кестеленген тiк жола</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рнектелген. Кездемені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойы алтын т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стес шаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тармен жиектелген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аш сабына с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гі ар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылы бекітіледі. С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лтты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рнек на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ышында жасалынады. Туды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аш сабыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы металл (пластмасса) с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оса 2 м 20 см биікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>райды. О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан алтын т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стес шаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты бау байланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ту салтанатты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сімдерде, шерулерде, мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерекелерде шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арылады. Ол </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аш тіреуде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аптаулы т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде са</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талады немесе б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лмені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отрасында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салтты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йнекте т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ерекше жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайларда ту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ртебелі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арауыл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ойылады, ол ту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стаушы мен екі ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осшыдан т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арауыл кезегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-15 минут сайын ауысады. Алыс </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а туды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аптал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йде иы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а салып апарады. Ту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стаушыларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> киімі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ерекше белгілеріне с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йкес келеді. Міндетті т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рдегі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міздер: ленталар (аксельбанты), бас киім, а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ап болып табылады. Лента мен бас киімні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і бірдей – к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гілдір.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.3.Галстук – б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л балалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ерекше белгісі. Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сі – аспан т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стес к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гілдір. Галстук </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лшемі 40×130 см. Галстукты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рышында «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» логотипі орналас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ан.  «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» логотипіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаметрі 4 см ше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бер т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде жасал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ран – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ерекше белгісі. Ол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, бірлестікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізгі ойын, идеясын білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ерекше белгілері болып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> идеясын ай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ын жеткізетін т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сбелгілер, барабан, айырмашылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгілері (шеврондар) сия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты белгілі заттар мен белгіле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.1.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан»  негізі  «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бастауыш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымы  болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7.2.Бастауыш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым мектепті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гейінде еріктілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.3.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бастауыш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йымы «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» мектеп комитеті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.4.«Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдары (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – Мектеп комитеті) «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» мектеп комитетіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы жиналысыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылады. Мектеп Комитетіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы жиналыс шешімі, егер </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шбасшылары, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыттарыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетекшілері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абылданды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп  есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.5. «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан»  к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шбасшысы – барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гейде «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан басшысы» деп аталады, ол 9-10 сынып о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ушылары арасынан жалпы жиналыста ашы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дауыс беру жолымен бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у жылына сайланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.6. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы орган – Мектеп комитетін ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы хатшы бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арады, о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ны (педагог, т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лімгер,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йымдастырушы - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">діскер мектеп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стаздары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атарынан)  Мектеп комитетіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы жиналысында «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан»  ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есі ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не мектеп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кімшілігіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісуі бойынша бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.7. Ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы хатшыны ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен Ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армасы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не Облысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ест</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісімі бойынша бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.8.Облысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы хатшыны облысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен облысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армасы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ест</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісімі бойынша бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.9. Ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рамына Мектеп комитеттеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы хатшылары ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан Басшылары» кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.10. Облысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рамына Ауданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы хатшылары ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан Басшылары» кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. БАС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АРУШЫ  ОРГАНДАР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 8.1. Жо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ары ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есуші органы - «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рылтайы болып табылады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайкемінде жылына бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайды ша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыру, к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ртібін, регламент, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілеттілік нормасы мен делегаттарды сайлау т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ртібін Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес аны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тап, жариялайды. Оны т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тенше </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не кезект</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ырылымдарды есептемегенде, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткізілу к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нінен екі ай мерзімге дейін уа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ытта хабарлауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.1.2. Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тенше ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтай Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асы немесе Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1/3-іні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастамасымен Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес шешімі негізінде ша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2. Бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару органы - Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2.1. Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес отырысы жылына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ш рет, соны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ішінде к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нтізбелік жыл со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ында Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есеп беруі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткізіледі. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з бастамасымен немесе Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1/3-іні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастамасымен кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес отырысын ша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыра алады. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес шешімі оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пшілік даусымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абылданады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткізу т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ртібі мен дауыс беру т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелері алдын ала ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басында белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2.2.Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіретіне келесілер кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» ережесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>юджеті мен жылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аржылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есептерін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым Жар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ысына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>згертулер мен толы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тырулар енгізу бастамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дарламасы мен негізгі ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыттарын аны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тау ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не оларды «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рылтайына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ртібін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нше ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рылтайды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ткізу туралы шешім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асын 2 жыл мерзіміне сайлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рметті м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шелерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імшелерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ру ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арту туралы шешім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абылдау, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лімшелері туралы Ережені бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметіне байланысты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а да м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>селелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2.3. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рамы делегаттар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атарынан аны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талып, сайланады (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> облыстан, Алматы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не Астана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алаларыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы хатшылары мен «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан басшыларын» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анда 2 адамнан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2.4. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілеттілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к мерз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметіне Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыжетекшілік етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3.1. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кілеттігі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йкес шешімі бол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайда мерзімнен б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рын то</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>татылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8.3.2. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асы келесідей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметтерді ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайда есеп береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тенше ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес отырысын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткізу бастамасын айтады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йлесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес отырыстарына басшылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімді жоспарлау барысын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йлесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- мемлекеттік ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ада мекемелер мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">армен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атынаста «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ланны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ресми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметін бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару, штатты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кесте ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не лауазымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аулы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарды ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы директорды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынуымен бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йым атынан сенімхатсыз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рекет етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3.3. Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбасарлары болады. Орынбасарларды «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ұ</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есі сайлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы орган – Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы директорат. Оны Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы директор бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.1. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы директорды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынымы негізінде Республикалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.2. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арушы директор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметін оперативті бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аруды ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зеге асырады, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а, Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еске, Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асына есеп береді, оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімін орындайды. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арушы директор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йым алдында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тижесі мен за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы бойынша жауапты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.3. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арушы дирек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіретіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лкі аясында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажетті материалды-техникалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жабды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тармен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- жар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметті ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зеге асыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осымша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аржы к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здері мен материалды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ралдарды тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес пен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезекті ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отырыстарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- бекітілген бюджетке с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йкес м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лік пен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аражат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а иелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- кадрлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">селелерді шешу, орынбасарлары мен аппарат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылымыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетекшілерін Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісімімен та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметкерлерін ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдау, оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауысуы мен ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыстан шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у туралы б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арады, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арушы директорат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіреті ше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берінде барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметкерлерге орындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а міндетті талаптар жасайды, сонымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атар келісім шарт негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметкерлерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йесін аны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тайды, сыйа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы беру, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тау шараларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арастырады ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гіс жариялайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йым атынан келісім-шарт жасайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  - Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылтайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...67 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зіретіне кірмейтін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а да </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілеттікті ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.4. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арушы директор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кілдігін немесе бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лігін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбаса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рларына беруге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.5. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арушы директор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметін ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зеге асыра алма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анда, оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а директорды сайла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а дейін орынбасарына ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.6. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арушы директор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметінен Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йкес шешімі бол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайда мерз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імнен б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рын босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   9. ХАЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АРАЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МЫСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   9.1. «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лан»  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметі Бала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тары туралы Конвенция ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">намасына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айшы келмейтін халы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кіметтік емес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йымдармен жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рбиелеу саласында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зара </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рекеттеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012EE1" w:rsidRPr="00012EE1" w:rsidRDefault="00012EE1" w:rsidP="00012EE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  9.2. «Жас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан» жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдер мен балаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зияткерлік, шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армашылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леуметтік дамуына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олайлы жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайлар жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а, азаматты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белсенділігін арттыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыттал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан халы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кіметтік емес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жобаларына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атысады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...6031 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002C4E98">
+    <w:p w:rsidR="009F49EB" w:rsidRDefault="009F49EB"/>
+    <w:sectPr w:rsidR="009F49EB" w:rsidSect="00012C1A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0B685213"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BAFAB188"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0D634661"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62060EC8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="14D31776"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8EA27AAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="28DB02DC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C1F2EFC6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="2EA524AC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="29F86252"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="32203920"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5F36F024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="469A4407"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27C2B1BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="58C42502"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D5E409E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0071425E"/>
-[...79 lines deleted...]
-    <w:rsid w:val="00FF1CE0"/>
+    <w:rsidRoot w:val="00012EE1"/>
+    <w:rsid w:val="00012C1A"/>
+    <w:rsid w:val="00012EE1"/>
+    <w:rsid w:val="00060FC0"/>
+    <w:rsid w:val="00065F25"/>
+    <w:rsid w:val="00084CE2"/>
+    <w:rsid w:val="00090F9A"/>
+    <w:rsid w:val="000A11E3"/>
+    <w:rsid w:val="000A4629"/>
+    <w:rsid w:val="000B2E78"/>
+    <w:rsid w:val="000C3A00"/>
+    <w:rsid w:val="000C7DF5"/>
+    <w:rsid w:val="000E47FE"/>
+    <w:rsid w:val="001005F2"/>
+    <w:rsid w:val="00103D4A"/>
+    <w:rsid w:val="001112DA"/>
+    <w:rsid w:val="0011253B"/>
+    <w:rsid w:val="0011291B"/>
+    <w:rsid w:val="00151AE8"/>
+    <w:rsid w:val="00161873"/>
+    <w:rsid w:val="0016299E"/>
+    <w:rsid w:val="001663CD"/>
+    <w:rsid w:val="00167FFD"/>
+    <w:rsid w:val="001A4FDB"/>
+    <w:rsid w:val="001C0E06"/>
+    <w:rsid w:val="001D1433"/>
+    <w:rsid w:val="001F1A71"/>
+    <w:rsid w:val="001F6F3A"/>
+    <w:rsid w:val="0020315F"/>
+    <w:rsid w:val="00220EF2"/>
+    <w:rsid w:val="00235DBD"/>
+    <w:rsid w:val="00240639"/>
+    <w:rsid w:val="002413DC"/>
+    <w:rsid w:val="00243011"/>
+    <w:rsid w:val="00247089"/>
+    <w:rsid w:val="0026724A"/>
+    <w:rsid w:val="002741AD"/>
+    <w:rsid w:val="00274489"/>
+    <w:rsid w:val="00275282"/>
+    <w:rsid w:val="00282CA2"/>
+    <w:rsid w:val="002877A2"/>
+    <w:rsid w:val="002953E6"/>
+    <w:rsid w:val="002957DF"/>
+    <w:rsid w:val="002A2479"/>
+    <w:rsid w:val="002A68D4"/>
+    <w:rsid w:val="002C6015"/>
+    <w:rsid w:val="002E27D2"/>
+    <w:rsid w:val="002E5283"/>
+    <w:rsid w:val="002F0C26"/>
+    <w:rsid w:val="003246B8"/>
+    <w:rsid w:val="00324E31"/>
+    <w:rsid w:val="00330278"/>
+    <w:rsid w:val="00333166"/>
+    <w:rsid w:val="0034708D"/>
+    <w:rsid w:val="003537AB"/>
+    <w:rsid w:val="003631FE"/>
+    <w:rsid w:val="00372116"/>
+    <w:rsid w:val="003A3D9C"/>
+    <w:rsid w:val="003A48BB"/>
+    <w:rsid w:val="00404A99"/>
+    <w:rsid w:val="00411C54"/>
+    <w:rsid w:val="004138E9"/>
+    <w:rsid w:val="00435008"/>
+    <w:rsid w:val="00435B18"/>
+    <w:rsid w:val="00436227"/>
+    <w:rsid w:val="0044795B"/>
+    <w:rsid w:val="00461338"/>
+    <w:rsid w:val="00461730"/>
+    <w:rsid w:val="0048401A"/>
+    <w:rsid w:val="0049221E"/>
+    <w:rsid w:val="004B3A00"/>
+    <w:rsid w:val="004B641C"/>
+    <w:rsid w:val="004B654D"/>
+    <w:rsid w:val="004C504E"/>
+    <w:rsid w:val="004D1C1B"/>
+    <w:rsid w:val="005047C1"/>
+    <w:rsid w:val="00522C46"/>
+    <w:rsid w:val="00524A8E"/>
+    <w:rsid w:val="00535C94"/>
+    <w:rsid w:val="00542035"/>
+    <w:rsid w:val="0055032A"/>
+    <w:rsid w:val="00587964"/>
+    <w:rsid w:val="005A210B"/>
+    <w:rsid w:val="005A619A"/>
+    <w:rsid w:val="005B4EA5"/>
+    <w:rsid w:val="005B538A"/>
+    <w:rsid w:val="005D3C66"/>
+    <w:rsid w:val="005E20C9"/>
+    <w:rsid w:val="005F5507"/>
+    <w:rsid w:val="00622148"/>
+    <w:rsid w:val="00646ED0"/>
+    <w:rsid w:val="00661EC6"/>
+    <w:rsid w:val="006673C9"/>
+    <w:rsid w:val="00672F4D"/>
+    <w:rsid w:val="00681A19"/>
+    <w:rsid w:val="00691734"/>
+    <w:rsid w:val="006A5FC2"/>
+    <w:rsid w:val="006B6904"/>
+    <w:rsid w:val="006C22B4"/>
+    <w:rsid w:val="006F6FD0"/>
+    <w:rsid w:val="00706198"/>
+    <w:rsid w:val="00726FEA"/>
+    <w:rsid w:val="007317BE"/>
+    <w:rsid w:val="0073181D"/>
+    <w:rsid w:val="007420D3"/>
+    <w:rsid w:val="0075067B"/>
+    <w:rsid w:val="007526B3"/>
+    <w:rsid w:val="00776149"/>
+    <w:rsid w:val="00783D30"/>
+    <w:rsid w:val="007A68AF"/>
+    <w:rsid w:val="007B21D4"/>
+    <w:rsid w:val="007B57C9"/>
+    <w:rsid w:val="007B615C"/>
+    <w:rsid w:val="007B73CA"/>
+    <w:rsid w:val="007C1E11"/>
+    <w:rsid w:val="007D3DA8"/>
+    <w:rsid w:val="007D4D82"/>
+    <w:rsid w:val="007E399E"/>
+    <w:rsid w:val="007E40D8"/>
+    <w:rsid w:val="007F44C5"/>
+    <w:rsid w:val="00805009"/>
+    <w:rsid w:val="0081514C"/>
+    <w:rsid w:val="00823359"/>
+    <w:rsid w:val="008249EC"/>
+    <w:rsid w:val="008260B8"/>
+    <w:rsid w:val="0084160D"/>
+    <w:rsid w:val="00843BC2"/>
+    <w:rsid w:val="00861863"/>
+    <w:rsid w:val="00875BEA"/>
+    <w:rsid w:val="008775F8"/>
+    <w:rsid w:val="0088426F"/>
+    <w:rsid w:val="00890422"/>
+    <w:rsid w:val="008A61B3"/>
+    <w:rsid w:val="008A79DE"/>
+    <w:rsid w:val="008B2F9E"/>
+    <w:rsid w:val="008B455B"/>
+    <w:rsid w:val="008D4332"/>
+    <w:rsid w:val="008E714B"/>
+    <w:rsid w:val="00911D36"/>
+    <w:rsid w:val="009152AF"/>
+    <w:rsid w:val="009152B3"/>
+    <w:rsid w:val="00915CC2"/>
+    <w:rsid w:val="00933A4E"/>
+    <w:rsid w:val="00935D82"/>
+    <w:rsid w:val="00936461"/>
+    <w:rsid w:val="00952E3D"/>
+    <w:rsid w:val="00960777"/>
+    <w:rsid w:val="00967A0D"/>
+    <w:rsid w:val="00970184"/>
+    <w:rsid w:val="00974EC6"/>
+    <w:rsid w:val="0097798F"/>
+    <w:rsid w:val="00982D4A"/>
+    <w:rsid w:val="00987C00"/>
+    <w:rsid w:val="009B4BF2"/>
+    <w:rsid w:val="009C1865"/>
+    <w:rsid w:val="009C268A"/>
+    <w:rsid w:val="009C4207"/>
+    <w:rsid w:val="009D5283"/>
+    <w:rsid w:val="009F220A"/>
+    <w:rsid w:val="009F417F"/>
+    <w:rsid w:val="009F49EB"/>
+    <w:rsid w:val="00A02F35"/>
+    <w:rsid w:val="00A13A4A"/>
+    <w:rsid w:val="00A14E4A"/>
+    <w:rsid w:val="00A2306A"/>
+    <w:rsid w:val="00A4076A"/>
+    <w:rsid w:val="00A427FA"/>
+    <w:rsid w:val="00A75312"/>
+    <w:rsid w:val="00A83050"/>
+    <w:rsid w:val="00A9023C"/>
+    <w:rsid w:val="00A94072"/>
+    <w:rsid w:val="00AC4A4C"/>
+    <w:rsid w:val="00AC52C1"/>
+    <w:rsid w:val="00AE634F"/>
+    <w:rsid w:val="00AF4FF1"/>
+    <w:rsid w:val="00B00E78"/>
+    <w:rsid w:val="00B10133"/>
+    <w:rsid w:val="00B177F3"/>
+    <w:rsid w:val="00B62E9C"/>
+    <w:rsid w:val="00B76396"/>
+    <w:rsid w:val="00B87F27"/>
+    <w:rsid w:val="00B95E60"/>
+    <w:rsid w:val="00BA3200"/>
+    <w:rsid w:val="00BA4A5D"/>
+    <w:rsid w:val="00BF4205"/>
+    <w:rsid w:val="00BF72A1"/>
+    <w:rsid w:val="00C03BBA"/>
+    <w:rsid w:val="00C1334D"/>
+    <w:rsid w:val="00C15B82"/>
+    <w:rsid w:val="00C23D42"/>
+    <w:rsid w:val="00C47DCE"/>
+    <w:rsid w:val="00C62BAA"/>
+    <w:rsid w:val="00C655C3"/>
+    <w:rsid w:val="00C72E0E"/>
+    <w:rsid w:val="00C80332"/>
+    <w:rsid w:val="00CD00F6"/>
+    <w:rsid w:val="00CD0E1A"/>
+    <w:rsid w:val="00CD1B2E"/>
+    <w:rsid w:val="00CD6719"/>
+    <w:rsid w:val="00CF025D"/>
+    <w:rsid w:val="00CF1704"/>
+    <w:rsid w:val="00CF4FCF"/>
+    <w:rsid w:val="00CF58AE"/>
+    <w:rsid w:val="00D11085"/>
+    <w:rsid w:val="00D124F2"/>
+    <w:rsid w:val="00D27D6F"/>
+    <w:rsid w:val="00D448A1"/>
+    <w:rsid w:val="00D44A77"/>
+    <w:rsid w:val="00D65C82"/>
+    <w:rsid w:val="00D72350"/>
+    <w:rsid w:val="00D90504"/>
+    <w:rsid w:val="00D94ADC"/>
+    <w:rsid w:val="00DA1A1A"/>
+    <w:rsid w:val="00DB1156"/>
+    <w:rsid w:val="00DB180C"/>
+    <w:rsid w:val="00DB4F83"/>
+    <w:rsid w:val="00DB6539"/>
+    <w:rsid w:val="00DC28AE"/>
+    <w:rsid w:val="00DC4117"/>
+    <w:rsid w:val="00DE05D5"/>
+    <w:rsid w:val="00DE7435"/>
+    <w:rsid w:val="00DF2EAB"/>
+    <w:rsid w:val="00E022DB"/>
+    <w:rsid w:val="00E12808"/>
+    <w:rsid w:val="00E27334"/>
+    <w:rsid w:val="00E30A57"/>
+    <w:rsid w:val="00E330AD"/>
+    <w:rsid w:val="00E41681"/>
+    <w:rsid w:val="00E469AB"/>
+    <w:rsid w:val="00E5044B"/>
+    <w:rsid w:val="00E52171"/>
+    <w:rsid w:val="00E535BA"/>
+    <w:rsid w:val="00E53920"/>
+    <w:rsid w:val="00E6044E"/>
+    <w:rsid w:val="00E76066"/>
+    <w:rsid w:val="00E81922"/>
+    <w:rsid w:val="00EA0705"/>
+    <w:rsid w:val="00EA1AA8"/>
+    <w:rsid w:val="00EB076C"/>
+    <w:rsid w:val="00EC365D"/>
+    <w:rsid w:val="00ED61AA"/>
+    <w:rsid w:val="00ED651D"/>
+    <w:rsid w:val="00EE4583"/>
+    <w:rsid w:val="00EE69CC"/>
+    <w:rsid w:val="00EF568D"/>
+    <w:rsid w:val="00F1038B"/>
+    <w:rsid w:val="00F12C9F"/>
+    <w:rsid w:val="00F25C77"/>
+    <w:rsid w:val="00F26F98"/>
+    <w:rsid w:val="00F3566A"/>
+    <w:rsid w:val="00F36200"/>
+    <w:rsid w:val="00F41C98"/>
+    <w:rsid w:val="00F74BB2"/>
+    <w:rsid w:val="00F900E1"/>
+    <w:rsid w:val="00F96F05"/>
+    <w:rsid w:val="00FA7E86"/>
+    <w:rsid w:val="00FC16AC"/>
+    <w:rsid w:val="00FC3000"/>
+    <w:rsid w:val="00FE4F54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -7180,281 +26771,203 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00012C1A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-</w:styles>
-[...169 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00012EE1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00012EE1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="443616182">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1634603183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="139809323">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1915311517">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1306357157">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1025331371">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="5" w:color="A2A9B1"/>
+                        <w:left w:val="single" w:sz="6" w:space="5" w:color="A2A9B1"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="5" w:color="A2A9B1"/>
+                        <w:right w:val="single" w:sz="6" w:space="5" w:color="A2A9B1"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7702,55 +27215,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11873</Characters>
+  <Pages>8</Pages>
+  <Words>1890</Words>
+  <Characters>10776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13928</CharactersWithSpaces>
+  <CharactersWithSpaces>12641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>dina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>