--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,6585 +1,6670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00430C4A" w:rsidRDefault="00A30901"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="48"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Положение «О выборах «</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:t>«Ұлан басы сайлау» туралы ереже»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ұлан</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы Ереже Қазақстан Республикасының мектептерінде "Ұлан басы" сайлауын дайындау және өткізу кезінде туындайтын қатынастарды реттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Ұлан басы" - "Жас Ұлан" көшбасшысы, мектептің оқушылардың өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі басқару басшысы, мектеп оқушыларының қоғамдық қызметіне басшылық етеді, мектеп әкімшілігімен өзара қарым-қатынаста оның мүдделерін білдіреді, өз атынан және оқушылардың атынан мектеп қызметін жақсарту бойынша ұсыныстар енгізеді, оқушылар мен педагогтар арасындағы даулы жағдайларды шешуге қатысады, әртүрлі әлеуметтік жобаларды, іс-шараларды бастамашылық етеді және ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Ұлан басы" сайлауы мектептерде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға бірдей, тең және төте сайлау құқығы негізінде жасырын дауыс беру арқылы өткізіледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тарау </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сайлау органдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Избирательными органами, организующими подготовку и проведение выборов </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5978" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Ұланбасы "мектеп сайлау комиссиялары болып табылады, олар тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA5978" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA5978" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і мектептерде" Ұланбасы " сайлауын ұйымдастыру мен өткізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Мектеп сайлау комиссияларының өкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к мерз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імі: сайлау өткізу уақытында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Мектеп сайлау комиссияларын 5 мүшеден тұратын "Жас Ұлан" мектеп Комитеті қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Мектеп сайлау комиссиясының мүшелері мектеп өкілдері, "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елсенділері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Сайлау комиссиясының мүшесі бола алмайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) "Ұланбасы" үміткері»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "Ұланбасы" үміткерлердің сенімді тұлғалары»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) "Ұланбасы" кандидаттарының жақын туыстары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сайлау учаскелері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дауыс беруді өткізу және дауыс санау үшін "Жас Ұлан" мектеп комитеті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу орындарының әкімшілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісім бойынша мектеп сайлау учаскесін құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сайлау күні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тағайындау, кандидаттар ұсыну</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Қазақстанның барлық мектептері бойынша "Ұланбасы" сайлауы мектеп үдерісін қозғамай қыркүйектің үшінші аптасынан кешікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Сайлау күні туралы хабарлама оқушылардың назарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. "Ұланбасы" 8 және 10 сынып оқушылары бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Кандидатты тіркеу мынадай құжаттар болған кезде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) мектеп сайлау округі бойынша кандидат болып </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа салу ниеті туралы өтініш;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) кандидат туралы өмірбаяндық деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) мұғалімнен, сынып жетекшісінен, достарынан мінездеме (жалпы саны 3-тен кем емес));</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Тіркеуге "Ұланбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>андидаттарының кез келген саны ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сайлау алдындағы үгіт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Сайлау алдындағы үгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* сайлау алдындағы көпшілік іс-шараларды (сайлау алдындағы жиналыстар, сайлау алдындағы көпшілік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ікірталастар мен пікірталастар) өткізу жолымен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* баспа және өзге де ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іт материалдарын шығару және тарату жолымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Үміткерлер өздерінің болашақ қызметінің сайлау алдындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарламасымен сөз сөйлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Сайлау күні кез келген сайлау алдындағы үгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үргізуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Кандидаттардың сайлау науқанын өткізуге көмектесетін, сайлау алдындағы үгіт жүргізетін, кандидаттардың мүдделерін білдіретін сенім білдірген адамдары (саны шектелмеген) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5978" w:rsidRPr="00DD6651" w:rsidRDefault="00CA5978" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дауыс беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Дауыс беру сайлау күні кандидаттың сайлау алдындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғдарламасынан кейін өткізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>• Әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайлаушы өзі дауыс береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* 1-11 сынып оқушылары сайлаушылармен қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дауыс беру қорытындыларын анықтау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.Дауыстарды санауды сайлау комиссиясының мүшелері дауыс беру қорытындылары анықталғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейін үзіліссіз жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Дауыстарды санау әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидат бойынша жеке жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.Жәшіктерді ашқаннан кейін сайлау комиссиясы бюллетеньдер саны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) дауыс беруге қатысқан сайлаушылардың жалпы саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидат үшін берілген дауыстар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) жарамсыз </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> танылған бюллетеньдердің саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Дауыстарды санау нәтижелерін сайлау комиссиясы қарайды және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хаттамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға енгізіледі, оған сайлау комиссиясының төрағасы мен мүшелері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Сайлау қорытындылары мектеп стендінде орналастырылады және мектеп баспасөзінде жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. "Ұланбасы" ең кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дауыс жинаған кандидат болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> басы»</w:t>
-[...1315 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="48"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ПОЛОЖЕНИЕ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...296 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"ЖАС ҰЛАН" РЕСПУБЛИКАЛЫҚ БІРЫҢҒАЙ БАЛАЛАР-ЖАСӨСПІ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...151 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ІМДЕР ҰЙЫМЫНЫҢ ҚЫЗМЕТІ ТУРАЛЫ ЕРЕЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7072" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЖАЛПЫ Е</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00CA7072" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. "Жас Ұлан "бірыңғай балалар мен жасөспірімдер ұйымы" республикалық қоғамдық бірлестігі (әрі қарай мәтін бойынша – "Жас Ұлан" деп аталады) - Мемлекет басшысы Н. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Назарбаевтың бастамасымен құрылған Қазақстан Республикасының балалар мен жасөспірімдерд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ің Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай қоғамдық ұйымы. Назар аударыңыз!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. "Жас Ұлан" -өскелең ұрпақты қазақстандық патриотизм рухында жоғары рухани-адамгершілік құндылықтар, гуманизм, төзімділік және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демократизм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары негізінде қалыптастыратын ұйым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.3. "Жас Ұлан" өз қызметін шығармашылық, спорттық, қоғамдық, үкіметтік емес ұйымдармен және мемлекеттік мекемелермен бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.4. "Жас Ұлан" өз қызметінде Қазақстан Республикасының Конституциясын, заңнамаларды және басқа да нормативті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық актілерді және Қазақстан Республикасы бекіткен халықаралық актілерді басшылыққа алады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7072" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МАҚСАТЫ, МІНДЕТТЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1. "Жас Ұлан" Мақсаты»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* өскелең ұрпақтың бойында патриоттық сезімді, білім мен өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі жетілдіруге ұмтылысты, іске жауапкершілікпен қарауды, ел тарихына, Тәуелсіз Қазақстанның бүгіні мен болашағына қатыстылықты қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2. Міндеттері "Жас Ұлан"»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* Қазақстан халқының тарихын, мәдениетін, тілін білу негізінде өскелең ұрпақтың рухани-адамгершілік әлеуетін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7072" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* балалар мен жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдердің азаматтық белсенділігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00CA7072" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* танымдық қызметті ынталандыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24FEE" w:rsidRPr="00DD6651" w:rsidRDefault="00B24FEE" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* балалар мен жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдердің зияткерлік, шығармашылық және әлеуметтік дамуына жағымды жағдай жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24FEE" w:rsidRPr="00DD6651" w:rsidRDefault="00B24FEE" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* баланың жауапкершілігі мен еңбексүйгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігін қалыптастыруға, көшбасшылық әлеуетін және ұйымдастырушылық қабілеттерін ашуға бағытталған жеке тұлғалық қасиеттерін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24FEE" w:rsidRPr="00DD6651" w:rsidRDefault="00B24FEE" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3. Функции и принципы</w:t>
-[...272 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24FEE" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Функциялары мен принциптері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1. "Жас Ұлан" келесі функцияларды орындайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* тәрбие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...49 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* танымдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* коммуникативтік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* әлеуметтік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• ақпараттық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* шығармашылық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.2. "Жас Ұлан" қызметінің қағидалары»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• жалпыадамзаттық құндылықтар мен азаматтық сана-сезімнің басымдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* еріктілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен қолжетімділік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* ұрпақтар сабақтастығы, "Жас Ұлан" дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үрін сақтау»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* ұйымның негізгі мақсаттары мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індеттерін іске асыруда ересектер мен балалардың бірлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007051F3" w:rsidRPr="00DD6651" w:rsidRDefault="007051F3" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* патриотизм, төзімділік және і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекеттің рухани-адамгершілік бағыты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4. Членство, условия и порядок приобретения (утраты) членства</w:t>
-[...472 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00221829" w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5. Права и обязанности членов «</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:t>Мүшелік, мүшелікке ие болу (жоғалту) шарттары мен тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.1. "Жас ұланда" екі деңгейлі жүйе жұмыс істейді. "Жас Ұлан" жоғарғы буын мүшелері 5-10 сынып оқушылары, "Жас Қыран" кіші буын мүшелері болып табылады, "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амуына өз үлесін қосқысы келетін 1-4 сынып оқушылары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.2. Қабылдау "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">астауыш ұйымының жалпы жиналысының шешімімен жүзеге асырылады. Жаппай қабылдау жылына 3 рет өткізіледі (сонымен қатар, өз аймағының айтулы күндері болады): 1 мамыр – Қазақстан халқының бірлігі күні, 6 шілде – "Жас Ұлан" құрылған күні, 16 желтоқсан – Тәуелсіздік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.3. "Жас Ұланнан" ерікті түрде шығу үшін ұйым мүшесі "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астауыш ұйымы басшысының атына жазбаша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.4. "Жас Ұлан" Ережесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзған ұйым мүшелеріне мынадай жазалау шаралары қолданылады: ұйымның жалпы жиналысында талқылау, ескерту, сөгіс шығару, алып тастау туралы ескерту. Соңғы шар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымнан шығару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. Ұйымнан шығару </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әселесі шешіледі жалпы жиналыста бастауыш ұйым. Шығару туралы шешім, егер оған мектеп комитетінің кемінде 2/3 мүшесі дауыс берсе, қабылданды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есептеледі және бекітілгеннен кейін күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00221829" w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...477 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Жас Ұлан" мүшелерінің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.1. "Жас Ұлан" мүшелерінің құқығы бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* "Жас Ұлан" қызметіне белсенді қатысу»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* "Жас Ұлан" басқару органдарының құрамына сайлау және сайлану»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• "Жас Ұлан" бағдарламасын іске асырудағы жетістіктері мен жетістіктері үшін және ерекше жеке жетістіктері үшін (грамоталар, дипломдар, сауықтыру, жазғы лагерьлерге жолдама, "Жас Ұлан "Алтын кітабы және т. б.) көтермелеу, марапаттар алу.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• "Жас Ұлан" органдарына өтініш, өтініш, сұрақтар, ұсыныстар, бастамалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* ұйымның барлық деңгейіндегі қызметі туралы ақпаратқа қол жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. "Жас Ұлан" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшелерінің міндеттері»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• Қазақстан Республикасының Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әміздерін құрметтеу (Ту, Елтаңба, Әнұран), өз елінің патриоты болу;</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выполнять основные Положения и решения руководящих органов «Жас Ұлан»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* "Жас Ұлан" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшелерінің құқықтары мен мүдделерін тану және құрметтеу»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* оқуда, қоғамдық істерде, еңбекте үлгі болу; қоғамдық меншікті сақтау, мәдени міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлықтың үлгісі болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221829" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* салауатты өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салтын ұстану және оны өз құрдастары арасында насихаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00221829" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* ағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> буынды құрметтеу және кішілерге қамқорлық жасау</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B4F" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6. СИМВОЛЫ И АТРИБУТЫ</w:t>
-[...283 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00221829" w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7. Структура</w:t>
-[...432 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:t>СИМВОЛДАР МЕН АТРИБУТТАР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1. Символдарға: ұран, салтанатты ән (әнұран), ту, галстук, белгі, эмблема, вымпел жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.2. Ту балалар мен жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдердің бірігуін бейнелейді. Ту республикалық ұйымда және оның барлық филиалдарында (мектеп, аудандық/қалалық, облыстық) болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тудың ортасында ұйым эмблемасы бейнеленген, көлемі 200 х 100 см ақ тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і тік бұрышты мата. Эмблема кестемен, бояулармен немесе маталы аппликациямен жағылады. Ағаштың жанынд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық ою-өрнегі бар тік жолақ. Ту матаның жиегіне алтын түсті шашақпен - жиекпен тігіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ту сүректе тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік (төлке) арқылы бекітіледі және оның әшекейі болып табылады. Оның ұлттық ою </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стил</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде жасалған найза түрі бар. Металл (пластмасса) тығыны бар ту сүрегінің биіктігі (алтын</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үсі) 2 м 20 см құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>7.8. Исполнительный секретарь областного Совета утверждается решением областного Совета по согласованию с областным управлением образования и республиканским Советом.</w:t>
-[...132 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+        <w:t xml:space="preserve">Ту салтанатты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсімдерде, шерулерде, мемлекеттік мерекелерде шығарылады. Ол бөлме қабырғасының ортасында ұйымның салт-дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үрлік қабырғасының тұсында қапталған күйінде немесе мөлдір жабынмен арнайы тағанда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ерекше жағдайларда тудың жанында ту ұстаушы мен екі ассистенттен құрметті қарауыл орнатылуы мүмкін. Қарауылды ауыстыру әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-15 минут сайын жүргізіледі. Алыс өткелдерде жалау иықта жабылған күйінде тасымалданады. Ту ұстаушы топтың нысаны ұйым нысанының элементтеріне сәйкес келеді. Міндетті атрибуттар – таспалар (аксельбанттар), пилоткалар, ақ қолғаптар. Лентаның, пилотканың түсі - бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсті (көгілдір).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.3. Галстук-бұл балалар ұйымына тиесілі нышан. Түс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көгілдір. Галстук өлшемі 40 х 130 см. галстуктың оң жақ шетінде "Жас Ұлан" логотипі орналасқан. "Жас Ұлан" логотипі диаметрі 4 см шеңбер тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде орындалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.4. Ұра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымның символы. Ол ұйымның ең басты идеясын білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.5. "Жас Ұлан" атрибуттары болып ұйымның идеяларын жарқын және айқын түрде білдіретін белгілі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заттар мен белгілер саналады: кеуде белгілері, барабан, айырым белгілері, кеуде айырым белгілері (шеврондар).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8. РУКОВОДЯЩИЕ ОРГАНЫ</w:t>
-[...262 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="000230AA" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құрылымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РУССКИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.1. Основой «Жас Ұлан» является первичная организация «Жас Ұлан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.2. Первичные объединения создаются по принципу добровольности в структуре школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.3. Первичной организацией «Жас Ұлан» является Школьный комитет «Жас Ұлан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.4. Первичные организации «Жас Ұлан» (далее - Школьный комитет) создаются и действуют по решению Общего собрания Школьного комитета. Решение Общего собрания Школьного комитета считается действительным, если на нем присутствуют лидеры каждого класса, руководители всех направлений деятельности организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.5. Лидер «Жас Ұлан» на всех уровнях называется – «Ұлан басшысы», который избирается из числа школьников 9-10 классов на Общем собрании путем открытого голосования сроком на один учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.6. Исполнительный орган – Школьный комитет возглавляет исполнительный секретарь (из числа педагогов, вожатых, методистов-организаторов), которого утверждает Общее собрание Школьного комитета по согласованию с администрацией школы и районного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.7. Исполнительный секретарь районного/городского Совета утверждается решением районного/городского Совета по согласованию с районным/городским управлением образования и областным Советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1167 / 10000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КАЗАХСКИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.1. "Жас Ұланның" негізі "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астауыш ұйымы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.2. Бастауыш бірлестіктер мектеп құрылымында еріктілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принципі бойынша құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.3. "Жас Ұлан" бастауыш ұйымы "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ектеп комитеті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.4. "Жас Ұлан" бастауыш ұйымдары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і - Мектеп комитеті) мектеп Комитетінің жалпы жиналысының шешімі бойынша құрылады және әрекет етеді. Мектеп Комитетінің жалпы жиналысының шешімі, егер оған әрбір сыныптың көшбасшылары, ұйым қызметінің барлық бағыттарының басшылары қатысса, жарамды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.5. "Жас Ұлан" көшбасшысы барлық деңгейде "Ұлан басшысы" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аталады, ол 9-10 сынып оқушылары арасынан жалпы жиналыста бір оқу жылына ашық дауыс беру арқылы сайланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.6. Атқарушы орган-Мектеп комитетін мектеп әкімшілігі мен аудандық Кеңестің келісімі бойынша мектеп Комитетінің жалпы жиналысын бекітетін атқарушы хатшы (педагогтар, тәлімгерлер, ұйымдастыруш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдіскерлер қатарынан) басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.7. Аудандық / қалалық кеңестің Атқарушы хатшысы аудандық/қалалық бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім басқармасының және облыстық Кеңестің келісімі бойынша аудандық/қалалық Кеңестің шешімімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Установите Яндекс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ереводчик на мобильный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.8. Облыстық кеңестің Атқарушы хатшысы облыстық білім басқармасының және Республикалық Кеңестің келісімі бойынша облыстық Кеңестің шешімімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7.9. Аудандық/қалалық Кеңестің құрамына Мектеп комитеттерінің атқарушы директорлары мен "Ұлан басшысы" кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.10. Облыстық Кеңестің құрамына Аудандық / Қалалық Кеңестердің атқарушы хатшылары және "Ұлан басшысы" кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="000230AA" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БАСШЫ ОРГАНДАР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.1. Жоғары кеңесші орган "Жас Ұлан" Республикалық Құрылтайы болып табылады, ол жылына бір рет өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.1.1. Курылтайдың шақыруын, күн тәртібін, регламентін, өкілдік нормаларын және делегаттарын сайлау тәртібін Республикалық Кеңес оны өткізуге дейін кемінде екі ай бұрын белгілейді және жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.1.2. Төтенше және кезектен тыс Құрылтай Кеңес Төрағасының немесе Кеңес мүшелерінің жалпы санының кемінде үштен бірінің бастамасы бойынша Кеңестің шешімі бойынша шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...69 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2. Басқарушы орган-Республикалық Кеңес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...69 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2.1. Республикалық кеңес жылына кемінде үш рет шақырылады, оның ішінде күнтізбелік жылдың соңында Кеңестің есепті отырысы өткізіледі. Кеңес төрағасы өз бастамасы бойынша немесе Кеңес мүшелерінің кемінде 1/3 бастамасы бойынша Кеңестің кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырысын шақыра алады. Кеңестің шешімі оның мүшелерінің жалпы санының көпшілігімен қабылданады. Кеңесті өткізу тәртібі мен дауыс беру нормасын кеңес мүшелері оның жұмысының басында </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...49 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2.2. Кеңестің құзыретіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* "Жас Ұлан" Кеңесі туралы ережені бекіту»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...49 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* бюджетті және жылдық қаржылық есептерді бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* ұйым Жарғысына өзгерістер мен толықтырулар енгізу бастамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00730B4F">
-[...139 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* ұйым қызметінің негізгі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыттары мен бағдарламаларын анықтау және оларды "Жас Ұлан" ұйымына ұсыну»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* "Жас Ұлан" құрылтайы отырысының күн тәртібін бекіту»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Төтенше және кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құрылтайды өткізу туралы шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* Кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрағасын 2 жыл мерзімге сайлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* "Жас Ұлан" құрметті мүшелігіне қабылдау»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірлестік филиалдарын құру және тарату туралы шешім қабылдау, бірлестік филиалдары туралы Ережелерді бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• "Жас Ұлан"қызметімен байланысты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа да мәселелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2.3. Кеңестің құрамы делегаттар арасынан анықталады және сайланады </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.2.4. Кеңестің өкілеттік мерзім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3. Кеңес қызметіне жалпы басшылықты Кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрағасы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3.1. Кеңес төрағасының өкілеттігі тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і шешім қабылданған жағдайда мерзімінен бұрын тоқтатылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3.2. Кеңес төрағасы мынадай функцияларды орындайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* Құрылтайда есеп береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* төтенше немесе кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңес өткізу туралы бастамамен сөйлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* кеңестің отырыстарын басқарады және қызметін үйлесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* "Жас Ұлан" қызметін ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зақ мерз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імді жоспарлау процесін басқарады»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• мемлекеттік және басқа да органдармен және ұйымдармен қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынаста "Жас Ұлан" өкілетті өкілі болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• ұйымның қызметін басқару құрылымын, штат кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне атқарушы директордың ұсынысы бойынша лауазымдық міндеттерін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірлестік атынан сенімхатсыз әрекет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.3.3. Кеңес төрағасының орынбасарлары болады. Орынбасарларын "Жас Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңесі сайлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.4. Атқарушы орган Атқарушы директорат болып табылады. Атқарушы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>директор ат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарушы директор басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.1. Атқарушы директорды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрағаның ұсынуы бойынша Республикалық Кеңес сайлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.4.2. Атқарушы директор ұйымның қызметін жедел басқаруды жүзеге асырады, Құрылтайға, Кеңеске, Кеңес төрағасына есеп береді, олардың шешімдерінің орындалуын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ұйымдастырады. Атқарушы директор ұйымның алдында қызметтің нәтижелері мен заңдылығы үшін жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.3. Атқарушы директордың құзыретіне кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* ұйымның өз қаражаты шегінде оның қызметін материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* жарғылық қызметті жүзеге асыру үшін қосымша қаржы және материалдық қаражат көздерін тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* кеңестің және Құрылтайдың кезекті және кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырыстарын өткізуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* бекітілген бюджетке сәйкес мүлік пен ақша қаражатына билі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00730B4F" w:rsidRPr="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
-[...795 lines deleted...]
-      <w:r w:rsidRPr="00730B4F">
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* кадрлық мәселелерді шешу, бұл ретте орынбасарлары мен аппарат құрылымдарының басшыларын тағайындау Кеңес төрағасымен келісіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* бірлестік қызметкерлеріне қатысты оларды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға тағайындау туралы, оларды ауыстыру және жұмыстан босату туралы бұйрықтар шығарады; атқарушы директораттың барлық қызметкерлерінің өз құзыретіне жататын мәселелер бойынша орындауы міндетті нұсқаулар шығарады; сондай-ақ қызметкерлерді шарт негізінде жалдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* еңбекақы төлеу жүйесін анықтайды, сыйақы беру </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әселелерін шешеді, көтермелеу шараларын қабылдайды және тәртіптік жаза қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірлестік атынан шарттар жасасады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* делегаттар құрылтайы мен кеңестің айрықша құзыретіне </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызылмаған өзге де өкілеттіктерді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* сенімхатсыз ұйымның атынан әрекет етеді және оның </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдделерін білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.4. Атқарушы директор өз өкілеттігін не олардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлігін өзінің орынбасарына беруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.4.5. Атқарушы директордың өз міндеттерін орындауы мүмкін болмаған жағдайда оның функцияларын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа директор сайланғанға дейін уақытша орынбасарына ауысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.4.6. Кеңестің тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і шешімі қабылданған жағдайда атқарушы директордың өкілеттігі мерзімінен бұрын тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...124 lines deleted...]
-    <w:p w:rsidR="00730B4F" w:rsidRDefault="00730B4F" w:rsidP="00A30901">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="000230AA" w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ХАЛЫҚАРАЛЫҚ ҚЫЗМЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000230AA" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.1. "Жас Ұлан" қызметі Бала құқықтары туралы конвенцияға және Қазақстан Республикасының заңнамасына қайшы келмейтін халықаралық үкіметтік емес ұйымдармен өзара іс-қимыл жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="000230AA" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.2. "Жас Ұлан" азаматтық белсенділікті арттыруға бағытталған халықаралық үкіметтік емес ұйымдардың жобаларына қатысады; балалар мен жасөспірімдердің зияткерлік, шығармашылық және әлеуметтік дамуына оң жағдай жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A30901" w:rsidRPr="00DD6651" w:rsidRDefault="00A30901" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A30901" w:rsidRPr="00DD6651" w:rsidRDefault="00A30901" w:rsidP="00DD6651">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00A30901" w:rsidRDefault="00A30901" w:rsidP="00A30901">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A30901" w:rsidRPr="00DD6651" w:rsidRDefault="00A30901" w:rsidP="00DD6651">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidRDefault="00730B4F" w:rsidP="00DD6651">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...36 lines deleted...]
-    <w:sectPr w:rsidR="00730B4F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00730B4F" w:rsidRPr="00DD6651" w:rsidSect="00DD6651">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="011647C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="046A9F8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -8835,64 +8920,69 @@
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E10912"/>
+    <w:rsid w:val="000230AA"/>
     <w:rsid w:val="001E4314"/>
+    <w:rsid w:val="00221829"/>
+    <w:rsid w:val="007051F3"/>
     <w:rsid w:val="00730B4F"/>
     <w:rsid w:val="00A30901"/>
+    <w:rsid w:val="00B24FEE"/>
+    <w:rsid w:val="00CA169B"/>
+    <w:rsid w:val="00CA5978"/>
+    <w:rsid w:val="00CA7072"/>
+    <w:rsid w:val="00DD6651"/>
     <w:rsid w:val="00E10912"/>
     <w:rsid w:val="00E94995"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -9037,50 +9127,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00CA169B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -9946,55 +10037,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>14837</Characters>
+  <Pages>6</Pages>
+  <Words>2675</Words>
+  <Characters>15248</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>123</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>127</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17405</CharactersWithSpaces>
+  <CharactersWithSpaces>17888</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>777</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>