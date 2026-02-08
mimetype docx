--- v0 (2026-01-15)
+++ v1 (2026-02-08)
@@ -1,9408 +1,3568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0074076E" w:rsidRDefault="0074076E" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                  </w:t>
-[...11 lines deleted...]
-        <w:t>"ЖАС ҰЛАН" БАҒДАРЛАМАСЫ»</w:t>
+        <w:t>ПРОГРАММА «ЖАС ҰЛАН»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074076E" w:rsidRDefault="0074076E" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дорогой друг!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EC4C6D" w:rsidRPr="00EC4C6D" w:rsidRDefault="00EC4C6D" w:rsidP="00EC4C6D">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4C6D">
-[...26 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ты - юный гражданин суверенного Казахстана!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC4C6D" w:rsidRPr="00EC4C6D" w:rsidRDefault="00EC4C6D" w:rsidP="00EC4C6D">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00EC4C6D">
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Большое счастье быть сопричастным к истории, богатейшей культуре, славным традициям древней казахской земли, нравственно-духовному наследию дружной семьи народа Казахстана!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Быть счастливым и признанным своими друзьями, радовать семью, друзей, взрослых своими достижениями, успехами, быть полезным Родине просто, но ответственно!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главное, всегда стремиться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ежедневно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> делать открытия в окружающей жизни, познавать мир и удивляться его нескончаемым тайнам, стремиться максимально реализовать свои способности в добрых делах и красивых поступках, стремиться к лучшему, развивать все свои задатки, творческие способности, быть здоровым и выносливым, любознательным, внимательным и заботливым!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Право на участие в умной, здоровой, инициативной и творческой жизни общества и государства на благо Родины Добра и Справедливости дано тебе Конвенцией ООН «О правах ребенка» и гарантировано Конституцией Республики Казахстан!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для более успешного участия детей Казахстана в общественной жизни любимой Родины по поручению Президента страны Нурсултана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Абишевича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаева создано общественное объединение «Республиканская единая детско-юношеская организация «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4C6D">
-[...16 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC4C6D" w:rsidRDefault="00EC4C6D" w:rsidP="00EC4C6D">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4C6D">
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> мұрасына қатысты болу үлкен бақыт!</w:t>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» - это добровольное сообщество юных граждан Республики Казахстан, устремленных к главной цели – быть полезными своей Родине, верными самым лучшим идеалам человечества, традициям своего народа и семьи, дружбы, чести, добра и справедливости!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC4C6D" w:rsidRPr="00EC4C6D" w:rsidRDefault="00EC4C6D" w:rsidP="00EC4C6D">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4C6D">
-[...186 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если ты стремишься к высокой цели, успеху, признанию и не боишься трудностей на пути к взрослой самостоятельной и достойной жизни – будь настоящим </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, верным сыном или дочерью Родины, гордостью своей семьи, рода, друзей, педагогов, всех соотечественников!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Это высокий нравственный долг каждого члена организации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»! </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC4C6D" w:rsidRDefault="00EC4C6D" w:rsidP="00EC4C6D">
-[...1041 lines deleted...]
-    <w:p w:rsidR="00277284" w:rsidRDefault="00277284" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00277284">
-[...86 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Долг перед Родиной!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277284" w:rsidRDefault="00277284" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Долг перед родными и близкими!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277284" w:rsidRDefault="00277284" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00277284">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00277284">
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Долг перед собой!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Для твоих братишек и сестренок, т.е. для детей младшего школьного возраста 6-10 лет создаются специальные общественные объединения «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», в которых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведут активную и интересную работу, помогая младшим в раскрытии их потенциала уже на раннем этапе, а также по подготовке детей к вступлению в «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Быть настоящим </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тебе помогут Программа деятельности организации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» и множество социально значимых проектов, рожденных детскими инициативами многоликого детского общественного движения Казахстана за всю славную многолетнюю историю его становления и развития. У тебя также есть возможность предложить свои новые проекты или общественно полезные инициативы по улучшению окружающей жизни!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Чтобы стать хорошим </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, необходимо владеть историей организации, знать ее традиции и внутреннюю корпоративную культуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Девиз: «Все наши мысли, знания, дела – для Родины, Добра и Справедливости!» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Этот девиз детское движение Казахстана, зародившееся на заре независимости и суверенитета, с честью и гордостью несет более 20 лет и признает его в качестве своего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">главного компаса жизни всегда, во всем и везде! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Знак приветствия: ладонь правой руки, приложенная к сердцу с наклоном головы в знак приветствия (в знак признания и уважения древних казахских традиций).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Знаки отличия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нагрудный знак «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» для младших членов организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нагрудный знак «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» для членов организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>галстук голубого цвета «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», как частичка Государственного Флага РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шевроны установленного образца для лидеров организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нагрудный знак 3 степени (бронзовый значок) для отличившихся лидеров организации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұланбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нагрудный знак 2 степени (серебряный значок) для особо отличившихся </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, лидеров организаций районного, областного или регионального масштаба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нагрудный знак 1 степени (золотой значок) для лидеров детских объединений, вожатых, педагогов, внесших </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высомый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вклад в развитие детского движения страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Как стать «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» может стать любой учащийся в средних организациях образования, мальчик или девочка, юноша или девушка, желающий внести вклад в развитие общества, принимающий правила и положения организации, уважающий ее и действующий в соответствии с ее требованиями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Организация состоит из двух звеньев: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Младшее звено «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» - дети 6-10 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Старшее звено «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» - дети 11-16 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для того</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чтобы стать «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заполнить заявление о вступлении в организацию с личной разборчивой подписью вступающего, заверенное родителями о том, что они дают согласие на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вступлениие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сына или дочери в организацию «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>произнести торжественное обещание «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знать, цели, задачи, символику организации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>понимать, следовать во всех своих делах и поступках данному Торжественному обещанию, девизу организации, правилам поведения члена организации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B91218" w:rsidRPr="00730B4F" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Торжественное обещание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриоты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әміздерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрметтеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәріптеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Туған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еліміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеріміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отанымызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақтаныш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-анамызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қадірлеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үлкенге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кішіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбекте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Салауатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстанамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәуелсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еліміздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жігерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парасатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отансүйгіш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>боламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сендіреміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Основные направления деятельности «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» – способствует формированию и развитию компетентности, интеллекта и творческих способностей обучающихся, умения разрешать проблемы, привлечению детей к участию в интеллектуальных играх, дебатах, олимпиадах, конференциях, проектах и исследованиях. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постоянно развивает свою познавательную активность, интеллект, культуру умственного труда, личностный потенциал, стремится к различным творческим инициативам и ответственно проявляет свои творческие способности по улучшению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">окружающей жизни. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руханият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» - способствует развитию и формированию нравственных, морально-этических, художественно-эстетических основ жизнедеятельности членов организации, освоению и преумножению культурного наследия своей семьи, детского сообщества, своего и других народов, умению соотносить свои устремления с интересами других людей и социальных групп, способности понимать современное устройство общества и самостоятельно действовать в нем на основе духовно-нравственных ценностей и социальных ориентиров.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен быть честным и искренним по отношению к самому себе, стараться действовать в соответствии с общечеловеческими нормами морали, уважать старших, заботиться о младших, уважать мнения близких, друзей. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» - способствует формированию у членов организации казахстанского самосознания и культурной идентичности, гражданской ответственности, толерантности и патриотизма, гордости за свой народ, чувства уважения к государственным символам и государственному языку, стремления максимально реализовать себя на благо Родины, добра и справедливости. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен любить Родину, уважать государственные символы, знать историю государства, родного края, жизнь и подвиги почетных граждан и героев родной местности, вести активную туристическую, поисково-экспедиционную и краеведческую работу, достойно представлять свою страну за рубежом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» формирует правовую культуру юных граждан Казахстана, личностные, социальные, правовые компетенции, политическую грамотность посредством знания Конвенц</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ии ОО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Н «О правах ребенка», своих гражданских прав, обязанностей, чувство ответственности перед Законом. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен быть достойным гражданином Республики Казахстан, уважать и соблюдать Конституцию Республики Казахстан, действующее законодательство, Торжественное обещание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, следовать общепринятым правилам и нормам поведения, жить по долгу, чести и совести.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Салауат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» - способствует формированию здорового образа жизни членов организации и окружающего социума, развитию массовой физической культуры и спорта через различные сберегающие здоровье инициативы, организацию спортивных, туристических, поисково-экспедиционных и краеведческих программ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> активно ведет и пропагандирует здоровый образ жизни, заботится о своем здоровье, поддерживает хорошую физическую форму, участвует на различных спортивно-массовых мероприятиях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» - способствует ранней профессиональной ориентации и выбору профессии членов организации, развитию компетентности и функциональной грамотности путем создания клубов юных техников, изобретателей и рационализаторов, бизнес-школ, холдингов, общественных академий, конкурсов, форумов профессионального мастерства и т.д., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уважает, ценит труд и людей труда, сам любит трудиться, помогает семье в домашнем хозяйстве, занимается прикладным искусством, моделирует конструкции, ответственно относится к осознанному выбору</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профессии, участвует в трудовых и профессиональных акциях, выставках технических, сельскохозяйственных, творческих достижений детей и молодежи страны, преумножает трудовые традиции семьи, своего аула, города, области, организации, страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Экоәлем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» - формирует у детей экологическую культуру, сознательное заботливое отношение к окружающей среде, направленное на охрану материальных ценностей, рациональное использование природных ресурсов и бережное отношение к природе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жасулановец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> живет в гармонии с природой, окружающей действительностью, с самим собой, любит и бережет природу, сохраняет и рационально использует природные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ресурсы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Юный друг! Ты выбрал свой путь! Будь настоящим </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасулановцем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: целеустремленным, ответственным за свои слова, дела и поступки, верным идеалам древней казахской земли, дружбы и толерантности всего народа Казахстана, всего Мира, нашей великой Родины, идеалам Добра и Справедливости!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">В добрый путь, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00730B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00277284" w:rsidRDefault="00277284" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...34 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB23CA" w:rsidRDefault="00B91218" w:rsidP="00B91218">
+    <w:p w:rsidR="00B91218" w:rsidRDefault="00B91218" w:rsidP="00B91218">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...303 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB23CA" w:rsidRDefault="00B91218" w:rsidP="00B91218">
-[...6738 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="002C4E98" w:rsidRDefault="002C4E98">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00426829">
-[...107 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00426829" w:rsidRPr="00426829" w:rsidRDefault="00426829" w:rsidP="00426829">
-[...405 lines deleted...]
-    <w:sectPr w:rsidR="002C4E98" w:rsidSect="00656B34">
+    <w:sectPr w:rsidR="002C4E98">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="37AA4624"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4B160448"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9971,176 +4131,172 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E70364"/>
     <w:rsid w:val="00016D26"/>
     <w:rsid w:val="00040E39"/>
     <w:rsid w:val="00060E6B"/>
     <w:rsid w:val="000629AC"/>
     <w:rsid w:val="000A4D30"/>
     <w:rsid w:val="00116C9F"/>
     <w:rsid w:val="001265AF"/>
     <w:rsid w:val="00183BFB"/>
     <w:rsid w:val="00184E2C"/>
     <w:rsid w:val="001D552E"/>
     <w:rsid w:val="001F41C8"/>
     <w:rsid w:val="00271DFF"/>
     <w:rsid w:val="002743CE"/>
-    <w:rsid w:val="00277284"/>
     <w:rsid w:val="002C4E98"/>
     <w:rsid w:val="003549AF"/>
     <w:rsid w:val="00361EF4"/>
     <w:rsid w:val="003A0137"/>
     <w:rsid w:val="003A19B8"/>
     <w:rsid w:val="003C167C"/>
     <w:rsid w:val="003D7260"/>
     <w:rsid w:val="003E5074"/>
     <w:rsid w:val="003E5B45"/>
-    <w:rsid w:val="00426829"/>
     <w:rsid w:val="0042769C"/>
     <w:rsid w:val="004A21D5"/>
     <w:rsid w:val="004A2F0C"/>
     <w:rsid w:val="004B5746"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="00545F22"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00567CFC"/>
     <w:rsid w:val="005A33FC"/>
     <w:rsid w:val="005F5373"/>
     <w:rsid w:val="00622DBA"/>
-    <w:rsid w:val="00656B34"/>
     <w:rsid w:val="006902E6"/>
     <w:rsid w:val="006A66EF"/>
     <w:rsid w:val="006B1DD2"/>
     <w:rsid w:val="006D6077"/>
     <w:rsid w:val="00712429"/>
     <w:rsid w:val="0071523C"/>
     <w:rsid w:val="00721688"/>
     <w:rsid w:val="0072750B"/>
-    <w:rsid w:val="0074076E"/>
     <w:rsid w:val="00740FF8"/>
     <w:rsid w:val="007560BF"/>
     <w:rsid w:val="0077310B"/>
     <w:rsid w:val="007C772B"/>
     <w:rsid w:val="008025BC"/>
     <w:rsid w:val="0083290A"/>
     <w:rsid w:val="00844A69"/>
     <w:rsid w:val="0085257C"/>
     <w:rsid w:val="00861A65"/>
-    <w:rsid w:val="008B7D16"/>
     <w:rsid w:val="009849F0"/>
     <w:rsid w:val="009A5CE0"/>
     <w:rsid w:val="009C44BB"/>
     <w:rsid w:val="00A63074"/>
     <w:rsid w:val="00A80DCD"/>
-    <w:rsid w:val="00AC2A94"/>
     <w:rsid w:val="00AE253E"/>
     <w:rsid w:val="00B05F6D"/>
     <w:rsid w:val="00B12639"/>
-    <w:rsid w:val="00B12E57"/>
     <w:rsid w:val="00B16D62"/>
     <w:rsid w:val="00B471EA"/>
     <w:rsid w:val="00B57D9D"/>
     <w:rsid w:val="00B91218"/>
     <w:rsid w:val="00C5692A"/>
     <w:rsid w:val="00C60E18"/>
     <w:rsid w:val="00C90679"/>
     <w:rsid w:val="00CA02B5"/>
     <w:rsid w:val="00CE19D0"/>
     <w:rsid w:val="00D7237C"/>
     <w:rsid w:val="00D9647E"/>
     <w:rsid w:val="00DA0790"/>
     <w:rsid w:val="00E226CF"/>
     <w:rsid w:val="00E70364"/>
     <w:rsid w:val="00EB542B"/>
-    <w:rsid w:val="00EC4C6D"/>
     <w:rsid w:val="00F51F34"/>
     <w:rsid w:val="00F95F82"/>
     <w:rsid w:val="00FA47E3"/>
     <w:rsid w:val="00FA7B11"/>
-    <w:rsid w:val="00FB23CA"/>
     <w:rsid w:val="00FE0CC1"/>
     <w:rsid w:val="00FE7A05"/>
     <w:rsid w:val="00FF1CE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -10267,51 +4423,50 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B91218"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -10479,58 +4634,58 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10774,90 +4929,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1433</Words>
-  <Characters>8170</Characters>
+  <Words>1436</Words>
+  <Characters>8190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9584</CharactersWithSpaces>
+  <CharactersWithSpaces>9607</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>dina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>