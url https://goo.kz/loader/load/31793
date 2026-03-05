--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,3041 +1,2931 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E12B70" w:rsidRPr="00E12B70" w:rsidRDefault="00E12B70" w:rsidP="00E12B70">
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="330" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:szCs w:val="48"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12B70">
-[...52 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z856" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>3-тармағына</w:t>
+          <w:t>пунктом 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 133 Кодекса Республики Казахстан от 26 декабря 2011 года «О браке (супружестве) и семье» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z2"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E12B70">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E12B70">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   1. Утвердить прилагаемое </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ереже</w:t>
+          <w:t>Положение</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> о патронатном воспитании.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00E12B70">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z4"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Комитету по охране прав детей Министерства образования и науки Республики Казахстан (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оразалиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З.) обеспечить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) в установленном порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление на официальное опубликование в периодических печатных изданиях и информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) размещение настоящего приказа на официальном интернет–ресурсе Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00E12B70">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z5"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Е.Н. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Имангалиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00E12B70">
-[...66 lines deleted...]
-        <w:t>      4. Осы бұйрық алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E12B70" w:rsidRPr="00E12B70" w:rsidRDefault="00E12B70" w:rsidP="00E12B70">
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12B70">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр                                    А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саринжипов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E12B70" w:rsidRPr="00E12B70" w:rsidRDefault="00E12B70" w:rsidP="00E12B70">
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12B70">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> 14 бұйрығына       </w:t>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждены         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>приказом Министра      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>образования и науки     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 16 января 2015 года № 14</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E12B70" w:rsidRPr="00E12B70" w:rsidRDefault="00E12B70" w:rsidP="00E12B70">
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
-[...9 lines deleted...]
-        <w:t>Патронаттық тәрбие туралы ереже</w:t>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Положение о патронатном воспитании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidR="00E12B70" w:rsidRPr="00E12B70" w:rsidRDefault="00E12B70" w:rsidP="00E12B70">
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12B70">
-[...8 lines deleted...]
-        <w:t>1. Жалпы ережелер</w:t>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E12B70" w:rsidRPr="00E12B70" w:rsidRDefault="00E12B70" w:rsidP="00E12B70">
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12B70">
-[...6 lines deleted...]
-        <w:t>      1. Осы Патронаттық тәрбие туралы ереже (бұдан әрі – Ереже) «Неке (ерлі-зайыптылық) және отбасы туралы» 2011 жылғы 26 желтоқсандағы Қазақстан Республикасының </w:t>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящее Положение о патронатном воспитании (далее – Положение) разработано в соответствии с </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00E12B70">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кодексіне</w:t>
+          <w:t>Кодексом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 26 декабря 2011 года «О браке (супружестве) и семье» (далее – Кодекс).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Опека или попечительство в форме патроната устанавливается над несовершеннолетними детьми-сиротами и детьми, оставшимися без попечения родителей (далее – ребенок (дети)), в том числе находящимися в организации образования, медицинской или другой организации, несовершеннолетними детьми, подозреваемыми в совершении уголовного правонарушения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Патронатный воспитатель – лицо, которому </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>орган</w:t>
+          <w:t>органом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, осуществляющим функции по опеке или попечительству (далее – орган), передан на воспитание ребенок (дети), в том числе находящийся в организации образования, медицинской или другой организации, ребенок, подозреваемый в совершении преступления на основании договора о передаче ребенка (детей) на патронатное воспитание (далее – договор).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. На патронатное воспитание передается ребенок (дети), не находящийся под опекой (попечительством), за исключением ребенка подозреваемого в совершении уголовного правонарушения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Общее число детей, передаваемых на воспитание патронатному воспитателю, составляет не более трех детей, за исключением случаев, связанных с детьми из одной семьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Передача ребенка (детей) на патронатное воспитание осуществляется исходя из интересов ребенка (детей) для обеспечения семейного воспитания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7. Орган осуществляет контроль за условиями содержания, воспитания и обучения ребенка (детей), анализирует деятельность патронатных воспитателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Организация передачи детей на патронатное воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34EE3" w:rsidRPr="00B34EE3" w:rsidRDefault="00B34EE3" w:rsidP="00B34EE3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Подбор патронатных воспитателей осуществляется органами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="z15"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00E12B70">
-[...215 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Патронатными воспитателями являются только совершеннолетние лица обоих полов, соответствующие квалификационным требованиям должностей педагогических работников, за исключением:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) кровных родителей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лиц, признанных судом недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лиц, лишенных судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) отстраненных от выполнения обязанностей опекуна (попечителя) за ненадлежащее выполнение возложенных на них </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z813" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кодексте</w:t>
+          <w:t>Кодексом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> обязанностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) бывших усыновителей, если усыновление отменено судом по их вине;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) лиц, которые по состоянию здоровья не выполняют обязанности по воспитанию детей в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/V1500012127" \l "z5" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перечнем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заболеваний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат, утвержденных постановлением Правительства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) лиц, имеющих непогашенную или имевших судимость за преступления в отношении несовершеннолетних на момент обращения (убийство, умышленное причинение вреда здоровью, против половой неприкосновенности, а также преступления, связанные с торговлей людьми);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) лиц, не имеющих на момент обращения постоянного места жительства, а также жилого помещения, пригодного для проживания ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) лиц, состоящих на учетах в наркологическом или психоневрологическом диспансерах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z16"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Лицо, выразившее желание взять ребенка (детей) на патронатное воспитание предоставляет в орган следующие документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) заявление о желании стать патронатным воспитателем;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) заявление о проведении обследования жилищно-бытовых условий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) согласие супруга, если лицо, желающее быть патронатным воспитателем ребенка (детей), состоит в браке; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z135" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>тізбесіне</w:t>
+          <w:t>справка</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...169 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>жағдайы туралы</w:t>
+          <w:t>о состоянии</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> здоровья лица, желающего стать патронатным воспитателем, в том числе психического, об отсутствии наркотической (токсической), алкогольной зависимости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) справка о состоянии здоровья супруга, если лицо, желающее быть патронатным воспитателем, состоит в браке, в том числе психического, об отсутствии наркотической (токсической), алкогольной зависимости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>анықтаманы</w:t>
+          <w:t>сведения</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> об отсутствии (наличии) судимости у лица, желающего взять ребенка (детей) на патронатное воспитание, а также супруга, если лицо, желающее быть патронатным воспитателем, состоит в браке;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) сведения об образовании.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Орган при наличии документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мәліметтерді</w:t>
+          <w:t>пункте 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Положения, проверяет право лица, выразившего желание взять ребенка (детей) на патронатное воспитание, и по итогам выносит решение о заключении либо об отказе в заключение договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В случае принятия решения об отказе в заключение договора, орган в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>течение пяти рабочих дней в письменном виде предоставляет мотивированный ответ лицу, выразившему желание взять ребенка (детей) на патронатное воспитание, и возвращает ему документы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Решение органа об отказе в заключение договора может быть обжаловано в вышестоящий государственный орган (вышестоящему должностному лицу) или в судебные органы в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>10-тармағында</w:t>
+          <w:t>законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...59 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасының</w:t>
+          <w:t>Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. При определении ребенка (детей) на патронатное воспитание орган руководствуется интересами ребенка с учетом его этнического происхождения, принадлежности к определенной религии и культуре, родного языка, возможности обеспечения преемственности в воспитании и обучении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z19"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Предварительный выбор ребенка (детей) для передачи его по договору осуществляется лицами, желающими принять ребенка в семью, по согласованию с органом и администрацией организации, в которой содержится ребенок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Разъединение братьев и сестер не допускается, за исключением случаев, когда это отвечает интересам детей, и дети не знают о своем родстве, не проживали и не воспитывались совместно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Передача ребенка (детей), достигшего возраста десяти лет, патронатным воспитателям осуществляется только с его согласия, за исключением ребенка подозреваемого в совершении уголовного правонарушения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. При назначении ребенку (детям) патронатного воспитателя учитываются нравственные и иные личные качества патронатного воспитателя, способность его к выполнению обязанностей патронатного воспитателя, отношения между патронатным воспитателем и ребенком (детьми), отношение к ребенку (детям) членов семьи патронатного воспитателя, а также желание ребенка (детей), достигшего возраста десяти лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Договор, заключаемый между лицом, выразившим желание взять ребенка (детей) на патронатное воспитание (патронатным воспитателем), и органом </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предусматривает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   1) условия содержания, воспитания и обучения ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) права и обязанности патронатных воспитателей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обязанности органа по отношению к патронатным воспитателям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) основания и последствия прекращения договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На каждого ребенка (детей), переданного на патронатное воспитание, составляется отдельный (индивидуальный) договор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае окончания срока действия договора, продление срока пребывания ребенка (детей) в семье производится на основании нового договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z23"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Орган или организация, из которой ребенок (дети) передается на патронатное воспитание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проводит подготовительную работу с ребенком (детьми), являющимся воспитанником этой организации, по передаче его на патронатное воспитание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) способствует его успешной социальной адаптации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) осуществляет подготовку документов для передачи ребенка (детей) на патронатное воспитание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществляет подготовку лиц, желающих стать патронатными воспитателями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) осуществляет передачу ребенка (детей), являющегося воспитанником этой организации, на патронатное воспитание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) оказывает организационно-методическую, психолого-педагогическую помощь патронатному воспитателю;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) ведет учет детей, переданных на патронатное воспитание.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      18. На каждого ребенка (детей), переданного патронатным воспитателям, орган предоставляет:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>заңнамасында</w:t>
+          <w:t>свидетельство</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...469 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> о рождении ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) медицинскую документацию </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z323" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>куәлiгiн</w:t>
+          <w:t>формы № 026/у</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...39 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, прививочный паспорт и медицинскую документацию </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z371" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 026/е нысанды</w:t>
+          <w:t>формы № 063/у</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, утвержденные приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Министра здравоохранения Республики Казахстан «Об утверждении форм первичной медицинской документации организаций здравоохранения» от 23 ноября 2010 года № 907 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) документ об образовании;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) копии </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>құжаттаманы</w:t>
+          <w:t>свидетельства</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> о смерти, приговора или решения суда, справку о болезни или розыске родителей и другие документы, подтверждающие утрату ребенком (детьми) попечения родителей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) информацию о наличии и местонахождении братьев и сестер;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) опись имущества, принадлежащего ребенку (детям), и сведения о лицах, отвечающих за его сохранность (при наличии);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) документ, подтверждающий наличие у ребенка (детей) жилого помещения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) в случае передачи на патронат ребенка, подозреваемого в совершении уголовного правонарушения - постановление органа, ведущего уголовный процесс;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) иные документы, имеющиеся в личном деле ребенка (детей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 063/е нысанды</w:t>
+          <w:t>пункте 18</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Положения документы передаются непосредственно патронатным воспитателям после заключения договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Передача ребенка (детей) патронатному воспитателю осуществляется на основании решения органа или постановления органа, ведущего уголовный процесс и после заключения договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. Передача ребенка (детей) на патронатное воспитание не влечет за собой возникновения между патронатным воспитателем и ребенком (детьми) алиментных и наследственных правоотношений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22. Ребенок (дети), переданный патронатным воспитателям, сохраняет право на алименты, пенсионные накопления в едином накопительном пенсионном фонде и добровольном накопительном пенсионном фонде, которые переходят к нему в порядке наследования, пособия и другие социальные выплаты, а также право собственности на жилое помещение или право пользования жилым помещением. При отсутствии жилого помещения ребенок (дети) имеет право на предоставление ему жилого помещения в соответствии с жилищным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>құжаттардың</w:t>
+          <w:t>законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...129 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. В случае если ребенок (дети) имеет право на пособия или иные социальные выплаты, патронатному воспитателю разъясняется порядок обращения в соответствующие органы, осуществляющие выплату данных денежных средств или иных социальных выплат.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. Основными функциями патронатного воспитателя являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) исполнение договора; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) обеспечение совместного проживания со своим ребенком (детьми);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) создание и организация условий для воспитания и содержания ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) забота о здоровье, физическом, психическом, нравственном и духовном развитии ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) выбор образовательного учреждения и формы обучения с учетом мнения ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) обеспечение патронатным воспитателем сохранности переданных ему документов на ребенка (детей), денежных средств и другого имущества, принадлежащего ребенку (детям);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) обеспечение защиты прав и интересов своих подопечных в отношениях с любыми лицами, в том числе в судах, без специального полномочия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) организация досуга ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) извещение органа или отдела по делам несовершеннолетних о возникновении неблагоприятных условий для содержания, воспитания и образования ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25. На содержание каждого ребенка (детей), переданного патронатному воспитателю, ежемесячно выплачиваются денежные средства в порядке и размере, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>18-тармағында</w:t>
+          <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан «Об утверждении Правил осуществления выплаты и размера денежных средств, выделяемых на содержание ребенка (детей), переданного патронатным воспитателям» от 30 марта 2012 года № 381. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. Условия оплаты труда патронатных воспитателей определяются аналогично условиям оплаты труда воспитателей государственных учреждений образования в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>заңнамасына</w:t>
+          <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...279 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан от 29 декабря 2007 года № 1400 «О системе оплаты труда гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z33"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Орган отдела образования района, города областного значения, орган управления образования города республиканского значения, столицы производит оплату труда патронатного воспитателя путем перечисления денежных средств на его текущий счет, ежемесячно не позднее 25-го числа текущего месяца, на основании договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z34"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. В случае возникновения обстоятельств (расторжение договора), влекущих за собой прекращение оплаты труда патронатного воспитателя, орган в течение пяти рабочих дней извещает в письменном виде об этом патронатного воспитателя.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. Патронатные воспитатели в течение десяти календарных дней с момента переезда в письменном виде извещают орган о перемене места жительства в пределах области, города республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30. В случае переезда на постоянное место жительства патронатного воспитателя за пределы области, города республиканского значения, столицы договор расторгается.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31. В случае госпитализации патронатных воспитателей либо длительного их отсутствия в семье по иным уважительным причинам в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысымен</w:t>
+          <w:t>законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан органы обеспечивают временное устройство ребенка (детей) под опеку или попечительство либо заключают договор с другим патронатным воспитателем на время отсутствия основного патронатного воспитателя.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32. Временное размещение ребенка (детей) патронатным воспитателем в организацию здравоохранения не прекращает права и обязанности патронатного воспитателя в отношении этого ребенка (детей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z39"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33. При передаче на усыновление ребенка (детей), находящегося на патронатном воспитании в семье, преимущественное право усыновления этого ребенка (детей) предоставляется патронатному воспитателю, в семье которого воспитывается ребенок (дети), с учетом его желания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z40"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      34. В случае трудоустройства ребенка (детей) по достижении возраста 16 лет договор продолжает действовать до его совершеннолетия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z41"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35. Досрочное расторжение договора возможно:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) по инициативе патронатных воспитателей при наличии уважительных причин (болезнь, изменение семейного или материального положения, отсутствие взаимопонимания с ребенком, конфликтные отношения между детьми и другие обстоятельства);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) по инициативе органа или органа, ведущего уголовный процесс при возникновении неблагоприятных условий для содержания, воспитания, обучения ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в случаях возвращения ребенка (детей) родителям, передачи родственникам или усыновления ребенка (детей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z42"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36. Органы осуществляют контроль за выполнением возложенных на патронатных воспитателей обязанностей по содержанию, воспитанию и обучению ребенка (детей) по месту жительства патронатного воспитателя в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z879" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысына</w:t>
+          <w:t>Кодексом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...109 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и настоящим Положением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z43"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37. Контроль за воспитанием и содержанием ребенка (детей), переданного на патронатное воспитание, осуществляется органами не реже 1 раза в 6 месяцев в виде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) посещения ребенка (детей), переданного на патронатное воспитание, с целью проверки условий его воспитания и содержания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) контроля за своевременностью оформления и получения реабилитационных мероприятий, в том числе </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>заңнамасына</w:t>
+          <w:t xml:space="preserve">средств </w:t>
         </w:r>
-      </w:hyperlink>
-[...170 lines deleted...]
-        <w:r w:rsidRPr="00E12B70">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B34EE3">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кодексте</w:t>
+          <w:t>реабилитации</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E12B70">
-[...151 lines deleted...]
-        <w:t>      38. Патронат тәрбиеші қамқорлыққа алынушының денсаулық жағдайы және оны тәрбиелеу, сондай-ақ оның мүлкін басқару бойынша жұмыс туралы есептерді органға жылына кемінде бір рет ұсынады.</w:t>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> индивидуальной программе реабилитации, а также их адресного использования ребенком-инвалидом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) проверок использования патронатными воспитателями материальных средств для воспитания и содержания ребенка (детей), переданного на патронатное воспитание.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z44"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00B34EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38. Патронатный воспитатель предоставляет органу отчеты о состоянии здоровья подопечного и о работе по его воспитанию, а также по управлению его имуществом не реже одного раза в год.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F221F0" w:rsidRDefault="00F221F0"/>
+    <w:p w:rsidR="00F221F0" w:rsidRDefault="00F221F0">
+      <w:bookmarkStart w:id="40" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
     <w:sectPr w:rsidR="00F221F0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E12B70"/>
+    <w:rsidRoot w:val="00B34EE3"/>
+    <w:rsid w:val="00B34EE3"/>
     <w:rsid w:val="00C518DE"/>
-    <w:rsid w:val="00E12B70"/>
     <w:rsid w:val="00F221F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D24E3378-6B0C-48A4-97BB-2A6C0D6BA450}"/>
+  <w15:docId w15:val="{AB4C09A0-15A0-477B-B662-B5888B85BF3A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3422,71 +3312,71 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="390272699">
+    <w:div w:id="1721436669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=K1100000518" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V15H0010285" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V1000006697" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=K1100000518" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V15H0010285" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=P1200000382" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=P1400000505" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V1000006697" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=P1200000382" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V15D0010173" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V15D0010173" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=K1100000518" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V1500011304" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=P070001400_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V15H0010285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=Z000000107_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=P1200000381" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V1500010370" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V1500011304" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V1000006697" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=K1100000518" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=P1200000404" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=K990000411_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=Z970000094_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kaz.tengrinews.kz/zakon/docs?ngr=V040003317_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1100000518" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15D0010173" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000381" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000382" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15H0010285" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010370" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000094_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1100000518" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012055" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1100000518" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15H0010285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15D0010173" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000382" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011304" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15H0010285" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1100000518" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011304" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000411_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070001400_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3711,69 +3601,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2817</Words>
-  <Characters>16057</Characters>
+  <Words>2768</Words>
+  <Characters>15780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
+  <Lines>131</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18837</CharactersWithSpaces>
+  <CharactersWithSpaces>18511</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>