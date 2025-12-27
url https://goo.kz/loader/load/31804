--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,6682 +1,1390 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D35B81" w:rsidRPr="00D35B81" w:rsidRDefault="00D35B81" w:rsidP="00D35B81">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Педагогические советы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4226063" cy="4994050"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1" descr="http://goo.kz/media/img/photogallery/50ee70a354fbe.jpg"/>
+            <wp:extent cx="3023870" cy="3712210"/>
+            <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://goo.kz/media/img/photogallery/50ee721023f98.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://goo.kz/media/img/photogallery/50ee70a354fbe.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://goo.kz/media/img/photogallery/50ee721023f98.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4229619" cy="4998252"/>
+                      <a:ext cx="3023870" cy="3712210"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35B81" w:rsidRPr="00D35B81" w:rsidRDefault="00D35B81" w:rsidP="00D35B81">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35B81" w:rsidRPr="00D35B81" w:rsidRDefault="00D35B81" w:rsidP="00D35B81">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D35B81" w:rsidRPr="00D35B81" w:rsidRDefault="00D35B81" w:rsidP="00D35B81">
-[...6307 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t> </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Тема занятия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В гости к нам весна пришла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>точнить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знания и представления детей о сезонных представлениях в природе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ормировать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знания о временах года, закрепить названия весенних месяцев. Активизировать речь детей, пополнять активный запас новыми словами. Совершенствовать умение детей согласовывать существительные с прилагательными, учить образовывать однокоренные слова к слову «весна», подбирать антонимы. Закреплять произношение буквы «Б». Воспитывать интерес, желание узнать новое. Прививать любовь к природе, умение видеть красоту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Словарь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кворечник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, веснянка, проталина</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Билингвальный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компонент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: весна – көктем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Предварительная работа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: рассматривание альбома время год</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> весна, иллюстрации весенних месяцев, заучивание стихов о весне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Оборудование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: изображение солнца, иллюстрации с пейзажами весны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>                               Ход занятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Дети сидят на ковре или за круглым столом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Звучит музыка из цикла – «Времена года».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вот и пришла весна. Запели птицы, появились первые цветы. Солнышко стало добрее и веселее. Оно ласково заглядывает к нам в комнату и каждому из нас дарит свой лучик. Да, действительно, весной солнце не только светит, но и греет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А вы рады весеннему солнышку? Давайте его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>позавем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, пусть согреет нас своим теплом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Д-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Солнышко».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Повторяйте за мной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>«Солнышко красное, гори, гори ясно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В небо птичкой полети, нашу Землю освети,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В небо рыбкой поплыви, нашу Землю оживи,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Всех на свете ребятишек обогрей, оздорови!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(появляется солнышко)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ребята, солнышко какое? (Подбор детьми эпитетов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Д-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Яркое, ласковое, теплое, лучистое и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – А какая весна?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Д-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Теплая, зеленая, ранняя, красивая и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В – Сейчас давайте закроем глаза и представим, что мы находимся в весеннем лесу. Весной в лесу все оживает, просыпается и наполняется тысячами звуков. Слышатся звонкие голоса птиц, которые радуются приходу весны, от яркого и теплого солнышка появились первые проталинки, запахло весной. Можно открыть глаза. Ребята, как вы думаете почему говоря</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>т-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «запахло весной»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Д-Потому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что пригревает солнце, снег тает, пахнет талой водой, запах земли, просыпаются первые листочки и травинки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В – Молодцы. А вы рады весне? Покажите мимикой как вы рады весне (дети показывают мимикой). А теперь сообщите эту новость радостно: «Весна пришла!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(дети повторяют с разной интонацией это выражение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Физкультминутка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Спал цветок и вдруг проснулся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Больше спать не захотел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Шевельнулся, потянулся-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Взвился вверх и полетел. (Повторить 4 раза)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В – ребята, давайте поиграем в игру « Один и много». Я называю один предмет, а тот, кто поймал мяч, много этих же предметов. Начали:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Руче</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>й-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ручьи, дождь- дожди, солнце- солнце, скворец- скворцы, гнездо- гнезда, весна- весны, лист- листья, луч- лучи и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Дидактическая игра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>А хорошо ли вы знаете приметы весны? Давайте проверим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- небо весной какое?  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>олубое, чистое</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- облака </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>весной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> какие? – белые, легкие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>- что весной бежит, журчит? – ручьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>- что весной капает и звенит? – капель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>- что весной светит, греет, припекает? – солнышко</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>В-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Какие вы молодцы! Вы много знаете о весне. А </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>знаете ли вы чем весна отличается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от зимы?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Дидактическая игра «Противоположности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Зима холодная, а весна</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -...(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>теплая)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Зима ушла, а весна</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, -...(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>пришла)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Зимой сугробы есть, а весно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>й-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>... (нет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Зимой солнце морозит, а весной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -... (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>греет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Зимой лужи замерзают, а весной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -... (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>тают).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Игровой массаж</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дождик бегает по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>крыше</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ом-бом-бом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>По веселой звонкой крыше. Бом-бом-бом!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дома, дома </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>посидите</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ом-бом-бом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Никуда не выходите. Бом-бом-бом!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Весна это </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>прздник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пробуждения природы. Все люди животные и растения ждут от весны радости и тепла. А какое настроение у вас с приходом весны?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0973" w:rsidRDefault="00EE0973" w:rsidP="00EE0973">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Попробуйте выразить свое настроение на бумаге красками (фантазируют, воображают, рисуют). Выставка рисунков. Всего вам хорошего и хорошего весеннего настроения!!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
     <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D35B81"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D35B81"/>
+    <w:rsidRoot w:val="00EE0973"/>
+    <w:rsid w:val="006D58F9"/>
     <w:rsid w:val="00E34FE8"/>
+    <w:rsid w:val="00EE0973"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6853,131 +1561,132 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D35B81"/>
+    <w:rsid w:val="00EE0973"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35B81"/>
+    <w:rsid w:val="00EE0973"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D35B81"/>
+    <w:rsid w:val="00EE0973"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D35B81"/>
+    <w:rsid w:val="00EE0973"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="756051225">
+    <w:div w:id="973680960">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7224,50 +1933,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>454</Words>
-  <Characters>2594</Characters>
+  <Words>569</Words>
+  <Characters>3247</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3042</CharactersWithSpaces>
+  <CharactersWithSpaces>3809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>