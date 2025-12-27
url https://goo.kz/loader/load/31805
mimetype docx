--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,849 +1,1422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00476D65" w:rsidRPr="00476D65" w:rsidRDefault="00476D65" w:rsidP="00476D65">
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00476D65">
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>МДҰ қызметінің тұжырымдамалық негіздері</w:t>
-[...97 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t xml:space="preserve">Концептуальные основы деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Міндеттері:</w:t>
-[...223 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дошкольное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>детство-уникальный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период в жизни каждого ребенка необходимые условия для раскрытия его жизнь интересной и содержательной, научить общаться со сверстниками и взрослыми, определить оптимальный образовательный маршрут.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Создание модели ДО принципиально нового типа, объединяющего специалистов, способных оказать своевременную, индивидуальную, территориально доступную помощь и поддержку каждому ребенку и семье, становится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ностоятельной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребностью в современном обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Актуальность такого подхода возрастает в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>условях</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, когда множество семей нуждается в качественном обучении и воспитании детей дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стратегическая цель: формирование личности ребенка, психофизически здоровой, компетентной, обладающей  коммуникативными и творческими навыками, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спосовной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адекватно проживать в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>окружающием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мире, умеющей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>креативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и свободно мыслить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-         качественное ресурсное обеспечение процесса воспитания и обучения детей раннего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Создание и обеспечение механизма развития </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         формирование развивающей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вещно-пространственой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и --образовательной среды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мировым стандартам и требованиям времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Разработка и внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновационного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контента</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в деятельность ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Модернизация образовательного процесса </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Повышение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профессиноальной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компетентности педагогов, работающих с дошкольниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Демократизация процесса управления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Внедрение принципов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>субъект-субъектного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия всех участников образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         Развитие социального партнерства </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представителями власти, НПО, социума в целях качественного  воспитания и обучения детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заниятие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достойного места образовательном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пространстве</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-         Достижение высокого рейтинга в поселке, районе, области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Девизі:</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>Девиз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: «Всегда встречаем- с любовью, а провожаем- с гордостью!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мақсаткерлігі:</w:t>
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>Миссия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Біздің құндылықтар</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>охранение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ценностей детства: удивления, доверия, общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Біздің ұстанымдар</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>Ведущая функция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: социализация личности ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевая  идея</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: «Все начинается с детства!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наши ценности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: дети, семья, здоровье, счастье и добро.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наши принципы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00476D65">
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Адамгершілік;</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>гуманизм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00476D65">
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Балалар, ата-аналар, педагогтардың құқытарын құрметтеу;</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>уважение прав детей, родителей, педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00476D65">
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Балаларға деген сүйіспеншілік;</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>любовь к детям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00476D65">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Сенім;</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>довери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ашықтық;</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00476D65">
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бірге қуанып-күйінушілік пен ынтымақтастық;</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>открытость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00476D65">
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Табысқа қарай ұмтылушылық.</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00476D65">
+        <w:t>сопереживание и сотрудничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стермление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к успеху.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078106D" w:rsidRPr="0078106D" w:rsidRDefault="0078106D" w:rsidP="0078106D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевой результат, на который ориентируется наш мини-центр в своем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>развитии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>түлектің жеке тұлғасы.</w:t>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>личность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0078106D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускника.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
     <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="105"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00476D65"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00476D65"/>
+    <w:rsidRoot w:val="0078106D"/>
+    <w:rsid w:val="00334AEA"/>
+    <w:rsid w:val="0078106D"/>
     <w:rsid w:val="00E34FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1022,74 +1595,74 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00476D65"/>
+    <w:rsid w:val="0078106D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00476D65"/>
+    <w:rsid w:val="0078106D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="597755814">
+    <w:div w:id="1459908181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1357,50 +1930,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>382</Words>
-  <Characters>2184</Characters>
+  <Words>370</Words>
+  <Characters>2113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2561</CharactersWithSpaces>
+  <CharactersWithSpaces>2479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>