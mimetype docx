--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -1,18909 +1,18618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D008B7" w:rsidRPr="00D008B7" w:rsidRDefault="00D008B7" w:rsidP="00D008B7">
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...140 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3510915</wp:posOffset>
+              <wp:posOffset>97155</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>484505</wp:posOffset>
+              <wp:posOffset>302895</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2206625" cy="1737995"/>
-            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
+            <wp:extent cx="2376805" cy="1602105"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="3" name="Рисунок 3" descr="http://goo.kz/media/img/photogallery/51551ce82b9bf.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://goo.kz/media/img/photogallery/51551d50641c2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="http://goo.kz/media/img/photogallery/51551ce82b9bf.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://goo.kz/media/img/photogallery/51551d50641c2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2206625" cy="1737995"/>
+                      <a:ext cx="2376805" cy="1602105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Областной конкурс  «МЫ ЗА ЗОЖ!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    Наша школа  стала победителем  в областном конкурсе «Мы за ЗОЖ» Мы получили кубок! Молодцы ребята!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>60960</wp:posOffset>
+              <wp:posOffset>836930</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>121920</wp:posOffset>
+              <wp:posOffset>134620</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1652270" cy="1113155"/>
-            <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
+            <wp:extent cx="2406650" cy="1901190"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="http://goo.kz/media/img/photogallery/51551d50641c2.jpg"/>
+            <wp:docPr id="4" name="Рисунок 3" descr="http://goo.kz/media/img/photogallery/51551ce82b9bf.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="http://goo.kz/media/img/photogallery/51551d50641c2.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="http://goo.kz/media/img/photogallery/51551ce82b9bf.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1652270" cy="1113155"/>
+                      <a:ext cx="2406650" cy="1901190"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00D008B7">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> өмі</w:t>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Алтын ұя - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз өнеріне құштарлығымен  көзге түсетін оқушылар баршылық.  Мәселен, 6 «а» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушысы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жансая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сияқты оқушылар өнердегі алғашқы қадамдарын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қала, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  деңгейінде өнерсүйер қауымның көзайымына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреулері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тырнақалды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туындыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, анаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өздері қатарлас оқушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>газетінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танылып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оқушылардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірсыпырасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өнер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үлкен даңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға аяқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, түрлі шығармашылық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайыстарарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да өз өнерлерін шыңдауда. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Атам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ «Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лақ к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсең, көзін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дегендей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оқушы бойындағы дарынның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қылыштай жарқырап шығуына  мүмкіндік туғызып, бағыт-бағдар беру -  біздің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетіміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. «Талаптыға нұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D008B7">
-[...186 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ниетпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылардың шығармаларын назарларыңызға ұсынамыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D008B7" w:rsidRPr="00D008B7" w:rsidRDefault="00D008B7" w:rsidP="00D008B7">
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D008B7">
-[...18247 lines deleted...]
-      <w:r w:rsidRPr="00D008B7">
+    </w:p>
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіммін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен қазақпын, орта жүз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керейімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Батыр бабам Жәнібектің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егейімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Арғы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақыт пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оспан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> батыр,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Мақтан тұтар елімнің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерейімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Алтай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еркелеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өсірген туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қазақстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отаным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ ордамсың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өркендей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өрлей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>думанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Арқалап дана халқым азап-мұңын,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Көгімде күлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұр ғой ғажап күнім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Елімнің үміт күтер қызымын мен,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Көк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұстар қазағымның!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаттанып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келдім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Жайқалған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шөбін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қазағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біріккен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соң,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Моңғолияның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асуларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаукен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Керекуде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Тұрамын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ауылдың өлкесінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сыңғыр қаққан Ерті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Көз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тоймайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұл жердің көркіне де.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеткізсем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз халқыма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сырымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақын,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елімде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығып </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>майын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тамызып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Солардай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болсам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақын!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әкірті ұстазымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашылмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жырларым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еліме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шашылмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Жақсылық, шаттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазағыма,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Толады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ім менің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осындайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлікпенен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайланды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Бұзылмасын қазағымның қаймағы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Тағы да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілегім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алладан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Мәңгілікке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желбіресін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байрағы!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">            Ұлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің бар қазынам, байлығым,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Баға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетпес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәңгі бақи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айбыным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қастерлеген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұртың, қазағың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Мәрмәр тілім,туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айдыным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өткір </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзекті ой дара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-бабам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қан дана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сүйіп өтіп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бабамның,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қастерлейік алашымның даралығын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сығындысы, лү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілі де жүректің,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, айбынысың білектің.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қор қылмаймын өзгелердей өзімді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Құдіретін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білмей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткен тілінің.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жүрегімді қайнатады от үрлей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтелмей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тілекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нұр, жүрекке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыйлаған</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмаспыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілімізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көтермей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтайықшы жоғалтпай,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Жүректегі ұлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болаттай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-бабам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар-намысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтаған,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сөзбен жеңген, дұшпанына оқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атпай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мақсатым бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дегенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көздеген,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Әділет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шындықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезбеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өрнегі, сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маржанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> халқымның,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қақтатам мәртебесін өзгеден!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жансая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6 «а» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Абайға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – толық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Бағаңды жүрмін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Күн-Анам менің, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ай-Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өзіңді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойлап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өзіңді көріп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оянам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қандай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тамаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөздер! Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөздердің өзін жазған адамның өзі бақытты-ау! Өкіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ісі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бүгінгі таңда бұл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөздің дәмін де, мәнін де адамдардың көпшілігі түсіне қоймас.!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Адам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрген жоқ қой бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Адам" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> артық шығар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтсам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Себебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>надандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрлы көрмейтін!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жүректің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, жұбататын!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – гауһар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, іздесең де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылмайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәні, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаратушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ыстық от, көңілді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жырлағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамға:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дүние </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ашқанда бала,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ешқандай өзгеріс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айдалада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сондықтан да шығар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсы дана.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інде қандай қатты күн </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кедейлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тап </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бүкіл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Үйіндегі бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, қатыгез бала.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Әкесіз өскен бала да қалай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетіссін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мейірміді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қанша жапқысы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Жабқызбады қатыгез бала әкесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баласын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалайша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыныш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жата </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қолындағы бар дәмдіні үйіп-төгіп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өзі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>татым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жемейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрер ұл қайда?!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ешетеңе де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аузынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығармай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тыныш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қана дәмдіні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Сабағы да оңып </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кетпеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қанша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ақшасы төгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жатқан бай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себепт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көретін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кедей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасыда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дүниеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келдім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтеді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ұлы да тез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әбден жүдеген,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қолынан да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түк қалмады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызық қуып,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзіне де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айықпас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дертпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Әрине, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тағы да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойлап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қынжылады, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үрегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елжіреп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Не жамандық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Балам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалатын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болды-ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"Ұлым оқудан қайтқанша,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Көзімді құртайын бұл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Жақын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>досына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтінішін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тастайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Мен қатты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға шалдықтым,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сенен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа менің сүйенішім жоқ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сондықтан да саған ұлымды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табыстаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолына табыстарсың!"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қынжылап тұрып </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрегі қанша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауырса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ұлынан артық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ешкімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жалғыз қазынасы да,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Гауһар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Алтыны да ұлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сондықтан да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауырмасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ештеңеден таршылық көрмесін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баласынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа кете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да түк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білмей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үйіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Анасының жоқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезбей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сала ұйқыға кете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Түсінде Анасының қатты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырғанын кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іп,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Балам, жарығым" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зарлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естіді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде-ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Қатты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шошынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оянып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығарады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сонда ғана анасының жақын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>досы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көршісі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Анаң жоқ" – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, суық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығарды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Қалай жоқ? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайда?!" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрақтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Көршісі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана сөзбен аппақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аманатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайырлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!"  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірдеңені </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезгендей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарайды да,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аманатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Күнім, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, құндызым, қымбатым...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өмірдегі жалғыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нарым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да сенсің!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қиын қыстау күнде тастағаныма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сенен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешірім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрасам да маған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешірім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сонда да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Өзіңе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бол, саған ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>батамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бердім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!.."</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өздің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жүректің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ қағазды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сулады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүректен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаманар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаманар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да қуанар"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">демекші,әрбір істің өз жақсылығы да, жамандығы да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қана оны қолдана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет. Сөз соңында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтарым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">"Әкесіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жарты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – толық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>..."</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        Алдан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қмарал, 7 «а» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аялап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қателігіңді  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мақтан тұтатын, өзінің  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жүрегімен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсы көретін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірден-бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сен дүниеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көретін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бала үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алтыннын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да қымбат. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - сенің жаныңда жүретін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>періште</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сен қателік жасасаң да, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ақындар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қанша өлең жазған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>? Сен өз анаңа ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қашан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу керексің, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз үш әріптен тұрса да, үлкен мағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөзді айтқанда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасымайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезбейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мен өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режітсем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзімді ешқашан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешірмеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Анамның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>раушан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гүлдің жұпар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иісі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аңқыған қолы, ақ момықтай таза жүрегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаныма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәңгілік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткіліксіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ананы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрметтеп, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыйлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу -  бүкіл өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іне  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күш пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек. Дүниеде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббатынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қасиетті нәрсе жоқ. Ананың алақаны – ұлылықтың ұлысы,  сондықтан да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сәби үшін ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұя. Аспанға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазсам-ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сенің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есімінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етпес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> «Сен бақыттысың, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тербете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> Құба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  М. Мақатаев </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өлең жазған. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» - әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның жарық дүниедегі ең жарқыны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанашыры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қамқоршысы, ақ сүтін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аялап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да аямаған ардақтысы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маржандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылтыраған көздері, қара теңіздей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шашы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бұлттай жұмсақ, нәзік қолдары. Ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күннен де ыстық. Анамның сөзін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естігенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің  үшін   қурап, шөлдеп жатқан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауған  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шарапатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>береке-ырысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мол  жаңбырдай. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аналарымыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қашан қасымызда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жүздерінен қуаныш нұры </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кетпесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            Жұмагелді Әді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лхан, 7 «а» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АНА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” – әрбір адамның жарық дүниедегі ең жақыны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанашыры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қадірлісі, қамқоршысы, ақ сүтін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аялаған,  жалғыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да аямаған ардақтысы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аялағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ гүлім,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің – бақытым мен шаттығым.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анашым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жырын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнаған,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Неге ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естімеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і үнін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің – өмірдегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тірегім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеудемдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрегім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің қасымда сен болмасаң,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Бұл өмірде қалай ғана жүремін,  - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жырлағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сарқылмайтын күш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әлемдегі ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешірімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қандай қателік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імділігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоқ. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - үнемі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайда жүрсе де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уайымдап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүреді. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөзбен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаншама өлең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жырлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақын,  әр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да, бәрі шындыққа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанасады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ешқандай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>себеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрбір </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсы көреді. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алыста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрсе сағынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ананың балаға, баланың анаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүйіспеншілігі - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрегін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елжіретеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істемейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?! Сондықтан біздің анамызға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббатымыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бітпеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сарқылмауы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тіршілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нұрын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шашып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келешекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ниет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нұсқап өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, асқақ құдірет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәулетшісі – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">… </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрегімізге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыйлайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, құдіретті күш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның әдептілігі мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дүниенің сұлулығы, ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ сүтін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әлпештеп өсірген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүрегінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылуынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бала бойындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ең жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қсы қасиеттер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ананың нәзік үні,  жұмсақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алақаны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аялауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлдилеп жұбатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бармайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрбандық бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу – бүкіл өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күш пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек. Өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағып қағуда, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзін-өзі ұмытып барлық күш-жігерін сарқа жұмсайды, бұдан оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өмір бақи, нәрлене түседі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарты ғасыр бұрын ғалымдар жүргізген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарапайым тәжірибе осыған дәлә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек.Ғалымдар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айрылған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маймыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қуыршақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маймыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бірінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>омырауынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүт шығатын, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатты да суық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, екіншісінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>омырауынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүт шықпайтын, бірақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да жұмсақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жасаған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маймыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүті бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатты қуыршақты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сүті жоқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмсақ қуыршақты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдап, соның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бауырына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тығылған. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інен бұрын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мейірім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құшағы ғана.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Мұхаммед пайғамбарымыздың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хадистерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ананы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрметтеу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. “Әуелі анаңа, тағы да анаңа, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соң әкеңе жақсылық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>делінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атаң мен анаң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мезгілде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үн қатып қалса, әуелі анаңа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ұлағатты сөз бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Пайғамбарымыздың тағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хадисінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Анаңды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Меккеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқалап барсаң да, парызыңды өтей алмайсың”; “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кімде-кім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-анасының ризалығын алған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бала соның өмірін ұзартады” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>делінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">  Ал баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткіліксіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрметтеп, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыйлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөндеп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыйламайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, еңбегінің қадірін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білмейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, айтқан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кездесіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалады. Мұндай бала өсе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>борышын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтемек түгілі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шықпасына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кепіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың тәрбиесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызығарлықтай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өсе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дегім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хуатхан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гүлмира, 7 «а» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аялай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соққан жүректі...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   Әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарық дүниеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аяулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көреді. Анамыздың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «ботақаным», «қошақаным» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аялағаны қандай жақсы! Қасыңда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сырласатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, мұңың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ды ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғатын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болғанын қалайсың ғой. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Ананың ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлеген сөзі құлаққа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>майдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағады. Ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетпес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тырмысып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бауырына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жабысатының, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шырылдап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іздейтінің – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інен де қымбат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>десе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толқымайтын жүрек, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасымайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>селк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етпейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сенің жүрегің, сенің махаббатың, сенің құшағың, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткісіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шың!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тербемеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақын-жазушы да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемде-кем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығар. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тамаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақындардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  Төлеген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айбергенов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Төлеген Айбергеновтің «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеңіл, жүрекке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» өлең</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға да сен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кезекпенен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауысатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғұмыр ғой бұл дөңгелек.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! О, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамға.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анасыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аң сияқты күн </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүр ғаламда».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, бұл шумақтардан ананың қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">    Мен оқыған Ғабит Мүсіреповтің «Ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығармасында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ананы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керемет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қиюға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, қайсар ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і батыр ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көруге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">  Менің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дүниедегі ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оның </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға сүйіспеншілігін, балаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>махаббатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәрсемен, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ешкіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салыстыруға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C07DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D008B7" w:rsidRPr="00D008B7" w:rsidRDefault="00D008B7" w:rsidP="00D008B7">
+    <w:p w:rsidR="005C07DD" w:rsidRPr="005C07DD" w:rsidRDefault="005C07DD" w:rsidP="005C07DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                       Сәкен </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Айерке</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7 «а» </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>сынып</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D008B7">
+      <w:r w:rsidRPr="005C07DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> оқушысы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
     <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -18921,52 +18630,52 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D008B7"/>
-    <w:rsid w:val="00D008B7"/>
+    <w:rsidRoot w:val="005C07DD"/>
+    <w:rsid w:val="005C07DD"/>
     <w:rsid w:val="00DF34CC"/>
     <w:rsid w:val="00E34FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -19141,140 +18850,126 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D008B7"/>
+    <w:rsid w:val="005C07DD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C07DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D008B7"/>
+    <w:rsid w:val="005C07DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D008B7"/>
+    <w:rsid w:val="005C07DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="2050108837">
+    <w:div w:id="1491216598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...12 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -19529,50 +19224,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1919</Words>
-  <Characters>10942</Characters>
+  <Words>1895</Words>
+  <Characters>10805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
+  <Lines>90</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12836</CharactersWithSpaces>
+  <CharactersWithSpaces>12675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>