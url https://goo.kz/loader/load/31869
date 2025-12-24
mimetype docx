--- v0 (2025-12-15)
+++ v1 (2025-12-24)
@@ -1,764 +1,309 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00367EE5" w:rsidRDefault="00367EE5" w:rsidP="00367EE5">
+    <w:p w:rsidR="00C20EBA" w:rsidRPr="00C20EBA" w:rsidRDefault="00C20EBA" w:rsidP="00C20EBA">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...93 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>15875</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>175895</wp:posOffset>
+              <wp:posOffset>365760</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1682750" cy="1080770"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="2127885" cy="1366520"/>
+            <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://goo.kz/media/img/photogallery/5224500b6cb0b.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="http://goo.kz/media/img/photogallery/5224500b6cb0b.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1682750" cy="1080770"/>
+                      <a:ext cx="2127885" cy="1366520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00367EE5">
-[...6 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акция «Дорога в школу»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00367EE5" w:rsidRPr="00367EE5" w:rsidRDefault="00367EE5" w:rsidP="00367EE5">
+    <w:p w:rsidR="00C20EBA" w:rsidRPr="00C20EBA" w:rsidRDefault="00C20EBA" w:rsidP="00C20EBA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00367EE5">
-[...286 lines deleted...]
-        <w:t>ға көмектесті.</w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        В рамках республиканской акции «Дорога в школу» в школе продолжается работа по выявлению и оказанию помощи детям из малообеспеченных семей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00367EE5" w:rsidRPr="00367EE5" w:rsidRDefault="00367EE5" w:rsidP="00367EE5">
+    <w:p w:rsidR="00C20EBA" w:rsidRPr="00C20EBA" w:rsidRDefault="00C20EBA" w:rsidP="00C20EBA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00367EE5">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Предпринимателями села </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Павлодарское</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> была оказана помощь в виде школьной формы и наборов канцелярских товаров шестерым учащимся школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C20EBA" w:rsidRPr="00C20EBA" w:rsidRDefault="00C20EBA" w:rsidP="00C20EBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особую благодарность выражаем депутату городского </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00367EE5">
-[...6 lines deleted...]
-        <w:t>Жалпы</w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00367EE5">
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шалабаеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C20EBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00367EE5">
-[...6 lines deleted...]
-        <w:t>сомасы</w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сапару</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00367EE5">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 70 мың теңгеге кеңсе </w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00367EE5">
-[...6 lines deleted...]
-        <w:t>тауарларын</w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Катаевичу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00367EE5">
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> алу</w:t>
+      <w:r w:rsidRPr="00C20EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, оказавшему помощь нуждающимся детям  в виде школьной и спортивной  формы, портфелей и наборов канцелярских товаров на общую сумму 70 тыс. тенге.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367EE5">
-[...87 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8" w:rsidP="00367EE5">
+    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8" w:rsidP="00C20EBA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -770,52 +315,52 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00367EE5"/>
-    <w:rsid w:val="00367EE5"/>
+    <w:rsidRoot w:val="00C20EBA"/>
+    <w:rsid w:val="00C20EBA"/>
     <w:rsid w:val="00DF34CC"/>
     <w:rsid w:val="00E34FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -990,123 +535,152 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C20EBA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00367EE5"/>
+    <w:rsid w:val="00C20EBA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00367EE5"/>
+    <w:rsid w:val="00C20EBA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00367EE5"/>
+    <w:rsid w:val="00C20EBA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="280310168">
+    <w:div w:id="761485755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1129788430">
+        <w:div w:id="1511947430">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="263005200">
+        <w:div w:id="257910795">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="582758288">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1373,50 +947,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>67</Words>
-  <Characters>383</Characters>
+  <Words>81</Words>
+  <Characters>466</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>449</CharactersWithSpaces>
+  <CharactersWithSpaces>546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>