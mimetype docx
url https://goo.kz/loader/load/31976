--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,7617 +1,8792 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="000E3C08" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3030"/>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40 ЖОМ директоры</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қу ісінің меңгерушісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           ӘБ отырысында </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="000E3C08" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3030"/>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иректор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОШ № 40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>директора по УВР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           на заседании МО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="000E3C08" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3030"/>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______Задубняк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Л.В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______Минаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.И.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қаулы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="000E3C08" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3030"/>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«____»________201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     «____»_______201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         протокол № ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="000E3C08" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т « ___» ______201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="00601ED6" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="00601ED6" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2850"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы МО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>истории и географии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E8A" w:rsidRPr="00601ED6" w:rsidRDefault="00491E8A" w:rsidP="00491E8A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2850"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76F7C" w:rsidRPr="00232922" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Научно – методическая тема школы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="007D3D09" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Коммуникативная компетентность школьника: дифференцированный подход к обучению»</w:t>
+      </w:r>
+      <w:r w:rsidR="007D3D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3D09" w:rsidRPr="00232922" w:rsidRDefault="007D3D09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00232922" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00295791" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Решение проблемы трёхъязычен рассмотреть в рамках инклюзивного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3D09" w:rsidRDefault="007D3D09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00232922" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00295791" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.формировать коммуникативную компетенцию учащихся путем внедрения инновационных технологий в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –воспитательный процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00295791" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.Дифференцированный подход к обучению связать с развитием инклюзивного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00295791" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Формулы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОЗы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЦОРы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>=функциональная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность осуществлять в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – воспитательном процессе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00161D65" w:rsidRPr="00295791" w:rsidRDefault="00161D65">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F19EC" w:rsidRPr="00232922" w:rsidRDefault="002F19EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тема МО:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F13CC" w:rsidRPr="00295791" w:rsidRDefault="00D60D04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="002F13CC" w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диалог как средство развития коммуникативной компетенции у учащихся на уроках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>истории и географии».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60D04" w:rsidRPr="00295791" w:rsidRDefault="00D60D04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007508E1" w:rsidRPr="00232922" w:rsidRDefault="002F13CC" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:pStyle w:val="c4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7792" w:rsidRPr="00232922">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007D3D09" w:rsidRPr="00232922">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F13CC" w:rsidRPr="007508E1" w:rsidRDefault="007D3D09" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:pStyle w:val="c4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007508E1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Содействие развитию коммуникативной компетентности педагогов по обновлению содержания образования в условиях введения и реализации ГОСО через диалоговое обучение</w:t>
+      </w:r>
+      <w:r w:rsidR="007508E1" w:rsidRPr="007508E1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007508E1" w:rsidRPr="007508E1">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>способствующих формированию и развитию творческой личности ученика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007508E1" w:rsidRDefault="007508E1" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:pStyle w:val="c4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007508E1" w:rsidRPr="00232922" w:rsidRDefault="007508E1" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:pStyle w:val="c4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C2A19" w:rsidRPr="00232922" w:rsidRDefault="000C2A19" w:rsidP="000C2A19">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="000C2A19" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C2A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развитие профессиональных компетенций педагогов в процессе самообразования.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60D04" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совершенствование урока на основе программного, методического, информационного и нормативно-правового обеспечения в условиях перехода на новый стандарт образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60D04" w:rsidRPr="00295791" w:rsidRDefault="00D60D04" w:rsidP="00D60D04">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повышать качество знаний учащихся по предметам история и география и обеспечить качественную подготовку учащихся к сдаче ВОУД и ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00D60D04" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создание единой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60D04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60D04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - образовательной среды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60D04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">развития и формирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">творческой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60D04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>личности обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3D09" w:rsidRDefault="00CD7792" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расширять творческий потенциал, кругозор учащихся (участие в конкурсах, олимпиадах, тематических экскурсиях)</w:t>
+      </w:r>
+      <w:r w:rsidR="007D3D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3D09" w:rsidRDefault="007D3D09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00260A73" w:rsidRPr="00232922" w:rsidRDefault="00232922" w:rsidP="00232922">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>План проведения заседания МО</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9405" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblCellSpacing w:w="7" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="86"/>
+        <w:tblW w:w="9175" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3210"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3060"/>
+        <w:gridCol w:w="5909"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="1750"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB708E" w:rsidRPr="00FB708E" w:rsidTr="00FB708E">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidTr="007D3D09">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="5909" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. Анализ работы МО за 2016-2017 учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.  Работа с нормативными документами: стандарты, программы, инструктивно-методическое письмо 2017 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Утверждение календарно-тематического планирования и плана МО на 2017-2018 учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Утверждение тематики школьных научных проектов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5. утверждение графика контрольных работ, рассмотрение содержание нулевых контрольных работ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.  Подготовка к городской предметной олимпиаде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Проведение анализа итогов нулевого контрольного среза и план коррекционной работы по итогам анализа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Разработка учебных заданий по формированию функциональной грамотности школьников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» урок грамотного чтения дифференцированный подход</w:t>
+            </w:r>
+            <w:r w:rsidR="00260A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00260A73" w:rsidRDefault="00260A73" w:rsidP="00260A73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman,serif" w:hAnsi="Times New Roman,serif"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Коучинг - занятие «Роль диалогового обучения в учебных достижениях учащихся на уроках истории географии»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="apple-converted-space"/>
+                <w:rFonts w:ascii="Times New Roman,serif" w:hAnsi="Times New Roman,serif"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1440"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.  Анализ итогов полугодовых контрольных работ на основе ГОСО.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.  Методический день, урок формирующий навыки коммуникации в условиях предмета.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.Ознакомление с документом стратегический план трехъязычного образования до 2020 года. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00491E8A" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Тестирование на компьютерах 11- х классов по программе «5+». </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5. Тестирование на компьютерах 9- х классов по программе «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Финист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Интеграция обучения и воспитания, неделя открытых уроков и внеклассных мероприятий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Воспитательная система в условиях реализации национальной идеологии «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мәңгілік Ел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Защита научных проектов на школьной научно практической конференции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00260A73" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Отчет о подготовке к ЕНТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Февраль, Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.  Рассмотрение и утверждение экзаменационного материала в переводных классах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Об организации своевременного повторения пройденного материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.  Подготовка учащихся к ЕНТ и экзаменам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.Подготовка к проведению недели </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>истории и географии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007508E1" w:rsidRPr="00260A73" w:rsidRDefault="007508E1" w:rsidP="007508E1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Основные направления модернизации учебного процесса (обм</w:t>
+            </w:r>
+            <w:r w:rsidR="00232922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ен опытом и перспективы работы): </w:t>
+            </w:r>
+            <w:r w:rsidR="00232922" w:rsidRPr="00232922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00232922" w:rsidRPr="00232922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КОЗы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00232922" w:rsidRPr="00232922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00232922" w:rsidRPr="00232922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЦОРы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00232922" w:rsidRPr="00232922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на истории и географии».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="00260A73" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007D3D09" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.  Анализ годовых контрольных работ на основе ГОСО.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="00260A73" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="007D3D09" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Подведение итогов работы МО за 2016-2017 учебный год. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00232922" w:rsidRPr="00232922" w:rsidRDefault="00260A73" w:rsidP="00232922">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="007D3D09" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Планирование работы на новый 2017-2018 учебный год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Май </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="007D3D09" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="00295791" w:rsidRDefault="007D3D09" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="007D3D09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295791">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD7792" w:rsidRPr="00232922" w:rsidRDefault="00CD7792" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">План работы МО истории и географии </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00CD7792" w:rsidRPr="00232922" w:rsidRDefault="00CD7792" w:rsidP="00CD7792">
+      <w:pPr>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00232922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на 2017-2018 учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="86"/>
+        <w:tblW w:w="10455" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="474"/>
+        <w:gridCol w:w="1222"/>
+        <w:gridCol w:w="5641"/>
+        <w:gridCol w:w="1447"/>
+        <w:gridCol w:w="1671"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основные направления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8759" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выполнение плана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FB708E" w:rsidRPr="00FB708E" w:rsidRDefault="00FB708E" w:rsidP="00FB708E">
-[...128 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FB708E" w:rsidRPr="00FB708E" w:rsidRDefault="00FB708E" w:rsidP="00FB708E">
-[...127 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="5641" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основные мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008D05DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выполнение ГОСО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Календарно-тематическое планирование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Проверка прохождения программного материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Административные контрольные срезы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководитель МО, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кур. завуч</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа со школьной документацией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. Выполнение единого орфографического режима.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Проверка объективности выставления оценок.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Проверка заполнения журналов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Заполнение электронного журнала (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 раз в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кур. завуч</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая работа школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Темы педсоветов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:r w:rsidR="007F52D9" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пути повышения качества образования: функциональная грамотность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="007F52D9" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="007F52D9" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Трёхъязычное образование в школе реальность и перспектива. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidR="007F52D9" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">диагностика развития школьной воспитательной системы, ориентированной на ценности </w:t>
+            </w:r>
+            <w:r w:rsidR="007F52D9" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мәңгілік Ел</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F52D9" w:rsidRPr="00295791" w:rsidRDefault="007F52D9" w:rsidP="00DD3ADC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурс на лучшее эссе на тему «Мое представление о современном учителе»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD3ADC" w:rsidRPr="00295791" w:rsidRDefault="00DD3ADC" w:rsidP="00DD3ADC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="394"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DD3ADC" w:rsidRPr="00295791" w:rsidRDefault="00DD3ADC" w:rsidP="00DD3ADC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно практическая конференция учителей по экологии. Тем: «Проблемы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>экологизации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школьного образования»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="007F52D9" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007F52D9" w:rsidRPr="00295791" w:rsidRDefault="007F52D9" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F52D9" w:rsidRPr="00295791" w:rsidRDefault="007F52D9" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00295791" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DD3ADC" w:rsidRPr="00295791" w:rsidRDefault="00DD3ADC" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседания МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="008A5EA1" w:rsidRDefault="00CD7792" w:rsidP="008A5EA1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5EA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Анализ работы МО за </w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.  Работа с нормативными документами: стандарты, программы, инструктивно-методическое письмо 201</w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3. Утверждение календарно-тематического планирования и плана МО на 201</w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Утверждение тематики школьных научных проектов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. утверждение графика контрольных работ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рассмотрение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> содержание нулевых контрольных работ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00DD3ADC" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FB708E" w:rsidRPr="00FB708E" w:rsidRDefault="00FB708E" w:rsidP="00FB708E">
-            <w:pPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007D3D09" w:rsidRPr="008A5EA1" w:rsidRDefault="008A5EA1" w:rsidP="008A5EA1">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="008A5EA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="007D3D09" w:rsidRDefault="00CD7792" w:rsidP="007D3D09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.  Подготовка к городской предметной олимпиаде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Проведение анализа итогов нулевого контрольного среза и план коррекционной работы по итогам анализа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00295791" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Разработка учебных заданий по формированию функциональной грамотности школьников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35E8A" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A35E8A" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A35E8A" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A35E8A" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A35E8A" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» урок грамотного чтения дифференцированный подход</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00295791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00F8774F" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00F8774F" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00F8774F" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00F8774F" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00295791" w:rsidRPr="008A5EA1" w:rsidRDefault="00CD7792" w:rsidP="008A5EA1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5EA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.  Анализ итогов полугодовых контрольных работ на основе ГОСО.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  Методический </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>день, урок формирующий навыки коммуникации в условиях предмета.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00295791" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.Ознакомление с документом стратегический план трехъязычного образования до 2020 года. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тестирование на компьютерах 11- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>х классов</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по программе «5+». </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Тестирование на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>компьютерах 9</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- х классов по программе «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Финист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="008A5EA1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t>Ә</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00295791">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8774F" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интеграция обучения и воспитания, неделя открытых уроков и внеклассных мероприятий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00295791" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00295791">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.Воспитательная система в условиях реализации национальной </w:t>
+            </w:r>
+            <w:r w:rsidR="00295791" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>идеологии «</w:t>
+            </w:r>
+            <w:r w:rsidR="00295791" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мәңгілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Защита </w:t>
+            </w:r>
+            <w:r w:rsidR="00295791" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на школьной научно практической конференции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Отчет о подготовке к ЕНТ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00295791" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00295791" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Февраль, Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.  Рассмотрение и утверждение экзаменационного материала в переводных классах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Об организации своевременного повторения пройденного материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  Подготовка учащихся </w:t>
+            </w:r>
+            <w:r w:rsidR="007D3D09" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к ЕНТ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и экзаменам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00295791" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Подготовка к проведению недели </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>истории и географии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.  Анализ годовых контрольных работ на основе ГОСО.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Подведение итогов работы МО за 2016-</w:t>
+            </w:r>
+            <w:r w:rsidR="00295791" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2017 учебный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Планирование работы на новый 2017-2018 учебный год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Май </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="007D3D09" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Повышение профессиональной компетентности педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00897E61">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание проблемных групп по актуальным темам исследования </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - воспитательного процесса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00F8774F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Грамотность чтения как путь в информационную культуру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00F8774F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Формы и методы мониторинга результатов педагогического исследования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="003D1FC1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00F8774F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Образование для всех: инклюзивное обучение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="003D1FC1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НПК проблемы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>экологизации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школьного образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00FF76A6" w:rsidP="00F8774F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анкетирование по итогам научно исследовательской работы годам</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8774F" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F8774F" w:rsidRPr="00295791" w:rsidRDefault="00F8774F" w:rsidP="00F8774F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анкетирование учителей исследователей КПД, НИР.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="00794639" w:rsidP="009A4FE6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Повышение квалификационного</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1FC1" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мастерства учителей через курсы повышения квалификации, городские семинары, городские творческие группы учителей и самообразование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00794639" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00AE02B1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение открытых уроков.</w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Взаимопосещение уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00794639" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00B94C20">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Выступления учителей на семинарах (школьных, городских, областных), СМИ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00794639">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Обобщение опыта. Творческие отчёты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00FF76A6" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A5EA1" w:rsidRDefault="008A5EA1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рук. МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа по повышению качества учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Утверждение тематики ШПН. Частичная интеграция детей с ВОЗ (дети инвалиды) и общеобразовательные классы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Конкурсное сочинение исследование(Эссе): «материалы ЭКСПО – 17 в копилку уникальной СОШ 40».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Пристендовая защита НШП: генеральная репетиция к конкурсу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.День науки «Зеленая экономика в регионе, в Казахстане и в Мире – путь в будущее.</w:t>
+            </w:r>
+            <w:r w:rsidR="00794639" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.Собрание Совете НОУ: реорганизация управления и перспектива.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1FC1" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>День науки: итоги интеллектуального марафона за год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Индивидуальная работа с учащимися с низким уровнем мотивации на дополнительных занятиях.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Подготовка одаренных учащихся к предметной олимпиаде по истории и географии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Подготовка к ВОУД. Тестирование по программе «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Финист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7792" w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Подготовка к ЕНТ. Тестирование по программе «5+»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00666967" w:rsidRPr="00295791" w:rsidRDefault="00666967" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003D1FC1" w:rsidRPr="00295791" w:rsidRDefault="003D1FC1" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя -предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00794639" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа по совершенствованию базы кабинетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. Оформление документации кабинета.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Систематизация и дополнение дидактического материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Оформление уголков:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- «Сегодня на уроке»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- «Техника безопасности»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- «Уголок класса»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Пополнение книжного фонда по предмету.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00794639" w:rsidRPr="00295791" w:rsidTr="007D3D09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Внеклассная работа по предмету.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. Проведение недели истории и географии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. Проведение месячников по праву и патриотическому воспитанию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Работа в летнем отряде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FB708E">
-[...6 lines deleted...]
-              <w:t>Б</w:t>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00FB708E">
-[...16 lines deleted...]
-              <w:t>отырасында</w:t>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ода</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FB708E">
-[...95 lines deleted...]
-              <w:br/>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>май-август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD7792" w:rsidRPr="00295791" w:rsidRDefault="00CD7792" w:rsidP="00895DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295791">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителя МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB708E" w:rsidRPr="00FB708E" w:rsidRDefault="00FB708E" w:rsidP="00FB708E">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00E2134F" w:rsidRPr="00295791" w:rsidRDefault="00E2134F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB708E" w:rsidRPr="00FB708E" w:rsidRDefault="00FB708E" w:rsidP="00FB708E">
-[...6930 lines deleted...]
-    <w:sectPr w:rsidR="005D1A3D" w:rsidSect="005D1A3D">
+    <w:sectPr w:rsidR="00E2134F" w:rsidRPr="00295791" w:rsidSect="0096660A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman,serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="214054D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="651A354A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A1327EDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="2C921CDA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21ECDE9E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="33933AF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6ED2C81C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="358C6EE4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B33EDA30"/>
+    <w:lvl w:ilvl="0" w:tplc="FDB00878">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="38EC0521"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AD320078"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="3E9634F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="64EAE204"/>
+    <w:lvl w:ilvl="0" w:tplc="66509310">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="394" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1114" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1834" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2554" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3274" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3994" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4714" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5434" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6154" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="503973AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28E407D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="85"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00FB708E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FB708E"/>
+    <w:rsidRoot w:val="00E372C3"/>
+    <w:rsid w:val="000C2A19"/>
+    <w:rsid w:val="000D18FF"/>
+    <w:rsid w:val="00161D65"/>
+    <w:rsid w:val="00232922"/>
+    <w:rsid w:val="00260A73"/>
+    <w:rsid w:val="00295791"/>
+    <w:rsid w:val="002F13CC"/>
+    <w:rsid w:val="002F19EC"/>
+    <w:rsid w:val="003D1FC1"/>
+    <w:rsid w:val="00491E8A"/>
+    <w:rsid w:val="00666967"/>
+    <w:rsid w:val="006F4EE2"/>
+    <w:rsid w:val="007508E1"/>
+    <w:rsid w:val="00794639"/>
+    <w:rsid w:val="007D3D09"/>
+    <w:rsid w:val="007F52D9"/>
+    <w:rsid w:val="008A5EA1"/>
+    <w:rsid w:val="008D05DE"/>
+    <w:rsid w:val="0096660A"/>
+    <w:rsid w:val="00A35E8A"/>
+    <w:rsid w:val="00C76F7C"/>
+    <w:rsid w:val="00CD7792"/>
+    <w:rsid w:val="00D60D04"/>
+    <w:rsid w:val="00DD3ADC"/>
+    <w:rsid w:val="00E2134F"/>
+    <w:rsid w:val="00E372C3"/>
+    <w:rsid w:val="00F8774F"/>
+    <w:rsid w:val="00FF76A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -7683,2415 +8858,492 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005D1A3D"/>
+    <w:rsid w:val="0096660A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D60D04"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D60D04"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c4">
+    <w:name w:val="c4"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D60D04"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c2">
+    <w:name w:val="c2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D60D04"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D60D04"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB708E"/>
+    <w:rsid w:val="007F52D9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00491E8A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="2037922966">
+    <w:div w:id="980496227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...2006 lines deleted...]
-      </w:divsChild>
+    </w:div>
+    <w:div w:id="1053238330">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1140808998">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3261</Characters>
+  <Pages>9</Pages>
+  <Words>1428</Words>
+  <Characters>8143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3825</CharactersWithSpaces>
+  <CharactersWithSpaces>9552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>nout-admina</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь Windows</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>