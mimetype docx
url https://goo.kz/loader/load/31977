--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,7030 +1,6228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B6C09">
+      <w:r w:rsidRPr="00216D62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
-[...18 lines deleted...]
-        <w:t> </w:t>
+        <w:t>План работы МО технологии, ИЗО и музыки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...52 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-[...111 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>201</w:t>
+        <w:t> на 2016</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005B6C09">
+      <w:r w:rsidRPr="00216D62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6C09">
+      <w:r w:rsidRPr="00216D62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> өнері, музыка және технология әдістемелік  </w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="005B6C09">
+      <w:r w:rsidRPr="00216D62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text"/>
-        <w:tblW w:w="10770" w:type="dxa"/>
+        <w:tblW w:w="10605" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="493"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1770"/>
+        <w:gridCol w:w="364"/>
+        <w:gridCol w:w="3144"/>
+        <w:gridCol w:w="3597"/>
+        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="2038"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> бағыттар</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основные направления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9500" w:type="dxa"/>
+            <w:tcW w:w="9799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...49 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выполнение плана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основные мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сроки</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ответственные</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполнение </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...26 lines deleted...]
-              <w:t>орындалуы</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСО</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>жоспарлар</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.Календарно-тематическое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...112 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> планирование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Нормы контрольных, лабораторных, практических работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Проверка прохождения программного материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> тоқсанда</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...57 lines deleted...]
-              <w:t>, оқу ісінің меңгерушісі</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>руководитель МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t>Мектептің құжаттарымен жұмыс.</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа со школьной документацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...102 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Проверка объективности выставления оценок.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Проверка заполнения журналов.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 раз в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>Жыл</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t>оқу ісінің меңгерушісі</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кур</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авуч</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> жұмысы.</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методическая работа школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...38 lines deleted...]
-              <w:t>1 .Ұйымдастырушылық: «</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темы педсоветов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 .Установочный: «Школа – по пути стратегии «Казахстан 2050»».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. От </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>Мектеп</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КОЗий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к функциональной грамотности в системе </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...16 lines deleted...]
-              <w:t>н</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>УВП</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Қазақстан-2050 </w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по результатам 1 четверти)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>стратегиясы</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...89 lines deleted...]
-              <w:t>3. «</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образовательная» система в школе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Единство обучения и воспитания как путь к высокому качественному результату.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темы семинаров:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.               Функциональная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамотность как адаптация ребёнка к жизни.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. 10 дефиниций (направлений) «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Онлайн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">» мектептің </w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования» раскрывающие идеи глобальной педагогики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Модели субъектов образовательного процесса в школе экологической культуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тема научно-практической конференции:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Школа экологической культуры в пространстве и образования </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...359 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...38 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...46 lines deleted...]
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседания МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.     </w:t>
-[...83 lines deleted...]
-              <w:t>2. 201</w:t>
+              <w:t>1.     Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. «Формирование функциональной грамотности» (теоретический семинар).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Анализ работы МО за 201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B6C09">
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B6C09">
-[...251 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.  Работа с нормативными документами: стандарты, программы, инструктивно-методическое письмо 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Утверждение календарно-тематического </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>планирования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t> қыркүйек</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...37 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2.отырыс</w:t>
+              <w:t>2. Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Семинар «Практика конструирования  КОЗ на коммуникативном уровне (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tims</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...28 lines deleted...]
-              <w:t xml:space="preserve">1.  </w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>Семинар.Tims</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pisa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>Pisa</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pirls</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...128 lines deleted...]
-              <w:t xml:space="preserve"> түрлі..</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)»  (ориентировка на жизненную ситуацию).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.  Подготовка к городской 44 спартакиаде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Обсуждение итогов 1 четверти.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Подготовка катка и лыжной трассы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5. Разное.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...28 lines deleted...]
-              <w:t>ән мұғалімдері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>3. Заседание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.   Учебный план по предмету в новом освещении: проблемы, находки, решения (вариативная часть)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Обсуждение итогов первого полугодия.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Подготовка и участие в зимних видах спартакиады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Выступления с темами по самообразованию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Итоги </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...7 lines deleted...]
-              <w:t>отырыс</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>взаимопосещения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...253 lines deleted...]
-              <w:t>ға қатысу.</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...28 lines deleted...]
-              <w:t>ән мұғалімдері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:115pt;height:1.75pt"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. </w:t>
-[...103 lines deleted...]
-              <w:t>2.3 тоқсан қорытындылары.</w:t>
+              <w:t>4. Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Вклад МО и дисциплин в решение цели школы – формирование личности выпускника.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Отчет по итогам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>зимних видов спартакиады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Итоги 3 четверти.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Март</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...57 lines deleted...]
-              <w:t>ән мұғалімдері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5отырыс</w:t>
-[...214 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>5 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Проведение недели МО физической культуры.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Подготовка сдаче Президентских тестов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>р</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>прель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...57 lines deleted...]
-              <w:t>ән мұғалімдері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...38 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...298 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Круглый стол по обмену опытом: «Новые технологии на уроках физической культуры».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> 2.  Анализ результатов Президентских тестов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Подведение итогов работы МО за 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Планирование работы на новый учебный год.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...37 lines deleted...]
-              <w:t>ұғалімдері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес кабинеттердің жұмысы</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Повышение профессиональной компетентности педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Повышение  квалификационного мастерства учителей через курсы повышения квалификации, городские семинары, городские творческие группы учителей и самообразование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Проведение открытых уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005B6C09">
-[...6 lines deleted...]
-              <w:t>2.Кабинеттегі</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Взаимопосещение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005B6C09">
-[...282 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Выступления учителей на семинарах (школьных, городских, областных).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5. Обобщение опыта, публикации в СМИ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6. Творческие отчёты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...60 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по графику</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по плану</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...28 lines deleted...]
-              <w:t>ән мұғалімдері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidTr="005B6C09">
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...17 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> жұмыс</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа по повышению качества знаний учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5848" w:type="dxa"/>
+            <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...144 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Индивидуальная работа с учащимися с высоким уровнем мотивации на дополнительных занятиях.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Подготовка одаренных учащихся к соревнованиям различных уровней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Конкурс «Спорт, спорт, спорт».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Работа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>посовершенствованию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базы кабинетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Оформление документации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Систематизация и дополнение дидактического материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Оформление предметных стендов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidTr="00216D62">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Внеклассная работа по предмету.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Проведение секционной работы по видам спорта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. Проведение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>внутришкольных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соревнований по видам спорта </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>согласно плана</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> спортивно-массовой работы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005B6C09">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по плану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6C09" w:rsidRPr="005B6C09" w:rsidRDefault="005B6C09" w:rsidP="005B6C09">
-[...37 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216D62">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тема МО:   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формирование функциональной грамотности учащихся на уроках физической культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: формирование  функциональной грамотности  учащихся  через реализацию учебно-познавательной компетентности на уроках физической культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.     Изучать и использовать в профессиональной деятельности современные педагогические технологии, методики, приемы и способы успешного воспитания и обучения учащихся с целью формирования функциональной грамотности школьников на уроках физической культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.     Продолжить составление и внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КОЗ-ий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на уроках </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>физической</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кульруры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в свете решений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подхода к оцениванию учебных достижений учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216D62" w:rsidRPr="00216D62" w:rsidRDefault="00216D62" w:rsidP="00216D62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.  Активизировать работу учителей по самообразованию с целью повышения профессионального  мастерства.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="005D1A3D" w:rsidRDefault="005D1A3D"/>
     <w:sectPr w:rsidR="005D1A3D" w:rsidSect="005D1A3D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="005B6C09"/>
-    <w:rsid w:val="005B6C09"/>
+    <w:rsidRoot w:val="00216D62"/>
+    <w:rsid w:val="00216D62"/>
     <w:rsid w:val="005D1A3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -7203,134 +6401,2658 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="005B6C09"/>
+    <w:rsid w:val="00216D62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="23487059">
+    <w:div w:id="1466315554">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="763501185">
+        <w:div w:id="702438715">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-        </w:div>
-[...46 lines deleted...]
-          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="823622906">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1966808130">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1032224510">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="669597882">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1636059022">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1474563559">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="370417612">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="80874161">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="932400376">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1614288128">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="773865322">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1844079325">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1387339846">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="951549670">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1658263975">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="839656701">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="513616737">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="732974111">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1835755975">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="202406713">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1838575407">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2050564039">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="526602971">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1251430890">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="617948720">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="562761731">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1495531851">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="668867958">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="902450452">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="297541020">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="181936444">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="267473372">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="303002594">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1196890291">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="194774302">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1546142991">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1788233402">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1753889329">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="331570962">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1343043925">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="497042223">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1886067475">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="768935947">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="201092063">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1776511553">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2042972741">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1262105664">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="617223251">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="982199638">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1581598898">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2067027919">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="802423538">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="231429541">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="729813282">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1575780225">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="779448934">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1392541179">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="795680917">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2013220409">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="296647679">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="400450830">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1794132314">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="318310032">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1267687106">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1836069718">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="333000945">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="785464461">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2063432985">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1130828964">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1741100103">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1780953040">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1740251393">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1076129363">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="354506770">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1196624138">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1031765497">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1520049055">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1067998374">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1629774598">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1915116913">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1314721449">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1857428678">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1876969232">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1308893706">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1655522670">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="415596480">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="183442704">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1999114100">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1322852744">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1873613015">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="479275177">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2061321869">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="772286623">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1707480869">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2013099677">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1858085">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1919513892">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="326595621">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1405834918">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="997656551">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="736707622">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="161927">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="37559116">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1335647817">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1260331177">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2437723">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1713116159">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="677123819">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1261452715">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1963032469">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="657002181">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="388965522">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="94592789">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1450512877">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1085809336">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1876767993">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1161894745">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="671683894">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1160343933">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1826508154">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1341809673">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1402409595">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1980449432">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1743599236">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2001303862">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1219439264">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1096513737">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1899777807">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2144233673">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="58986604">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="431975722">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="125321265">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="939724860">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1311252244">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1293293639">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1812625917">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2047749868">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="691149540">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="758598745">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2144224733">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1458835272">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1130249924">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1889686910">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1462848705">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="604656866">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="287669485">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="791284124">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="639649569">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1451123782">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1734499879">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="802504414">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1877738480">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="68843618">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1639263765">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2063168945">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="956761825">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1715274553">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="953707631">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="354961362">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1575580785">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="869412846">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1426997983">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1946493790">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1483812130">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="428089745">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="954597396">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="73287895">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1826163214">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1332559001">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1580944688">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="986396935">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1513492756">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="695809228">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="205340306">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="51855496">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1331329433">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="414283860">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1797409382">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1009718602">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1107505645">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1810901952">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="115175532">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2118795399">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="661468667">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1671566185">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="872690896">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="736168563">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1886133530">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2074038345">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="512377627">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="260183906">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="748424950">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2112427616">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1843466392">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="287441659">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1707636248">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="693195722">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="295263676">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="527718347">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="890114858">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="801532888">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1443106620">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1901404850">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="575432695">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="486479752">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1325160557">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1713656342">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="593976510">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="201673730">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="107164542">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="49160327">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1582522121">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2048290350">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -7586,51 +9308,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2730</Characters>
+  <Pages>6</Pages>
+  <Words>738</Words>
+  <Characters>4210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3202</CharactersWithSpaces>
+  <CharactersWithSpaces>4939</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nout-admina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>