--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,10926 +1,7413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Бекітемін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">:                                 </w:t>
+        <w:t xml:space="preserve">:                               </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Келісілді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>:                       Қаралды:</w:t>
+        <w:t>:                       Қаралды:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">№40 ЖОМ  директоры:  Оқу ісінің меңгерушісі:   ӘБ </w:t>
+        <w:t xml:space="preserve">Утверждаю:                         Согласовано:              Рассмотрено:  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+    </w:p>
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>отырысында</w:t>
+        <w:t xml:space="preserve">№ 40 ЖОМ  төрайымы: Оқу ісініңмеңгерушісі:     ӘБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырасында</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СОШ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 40:          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗДУВР</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:                     на заседании МО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                                      Қаулы№</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>________Задубняк</w:t>
+        <w:t>_____Задубняк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Л.В.       _______ Минаева Е.И.   қаулы №</w:t>
+        <w:t xml:space="preserve"> Л.В.         ____ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МинаеваЕ.И</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>протокол№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«___»</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>______201</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...18 lines deleted...]
-        <w:t>.  «___»</w:t>
+        <w:t>г.     «___»</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________201</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>г.   «___»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ж.</w:t>
+        <w:t>________201</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Математика, физика, информатика  ӘБ-нің</w:t>
+        <w:t>План работы МО математики, физики и информатики</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2016</w:t>
+        <w:t> на 201</w:t>
       </w:r>
-      <w:r w:rsidRPr="008423B7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқу </w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text"/>
         <w:tblW w:w="10605" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1807"/>
+        <w:gridCol w:w="364"/>
+        <w:gridCol w:w="3144"/>
+        <w:gridCol w:w="3597"/>
+        <w:gridCol w:w="1462"/>
+        <w:gridCol w:w="2038"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> бағыттары</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основные направления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выполнение плана</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основные мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сроки</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ответственные</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполнение </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...86 lines deleted...]
-              <w:t>орындау</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСО</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>жоспар</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.Календарно-тематическое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...129 lines deleted...]
-              <w:t>4 Әкімшілік бақылау үзіктер</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> планирование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Нормы контрольных, лабораторных, практических работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Проверка прохождения программного материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4 Административные контрольные срезы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...52 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>Ә</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>руководитель МО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кур</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Б</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...101 lines deleted...]
-              <w:t>Үйлестіретін оқу ісінің меңгерушісі</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авуч</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> құжаттамасымен жұмыс</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа со школьной документацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...172 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Выполнение единого орфографического режима.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Проверка объективности выставления оценок.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Проверка заполнения журналов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 раз в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Жыл</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>Үйлестіретін оқу ісінің меңгерушісі</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кур</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авуч</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> жұмысы</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методическая работа школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...38 lines deleted...]
-              <w:t>1 .Бастапқы: «</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темы педсоветов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 .Установочный: «Школа – по пути стратегии «Казахстан 2050»».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. От </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Мектеп</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КОЗий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...47 lines deleted...]
-              <w:t xml:space="preserve">ісі жүйесіндегі құзыреттілікке бағытталған </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к функциональной грамотности в системе </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>тапсырмалардан</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>УВП</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  функционалдық сауаттылыққа </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по результатам 1 четверти)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>жету</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">(1-тоқсан қорытындысы </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образовательная» система в школе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Единство обучения и воспитания как путь к высокому качественному результату.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темы семинаров:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.               Функциональная грамотность как адаптация ребёнка к жизни.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. 10 дефиниций (направлений) «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования» раскрывающие идеи глобальной педагогики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Модели субъектов образовательного процесса в школе экологической культуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тема научно-практической конференции:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Школа экологической культуры в пространстве и образования </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.     Умники и умницы (решение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КОЗий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...120 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.     Каким я вижу себя в 2050 году (сочинение)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.     День науки «Будущее начинается сегодня»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">көрсеткішке </w:t>
-[...752 lines deleted...]
-              <w:t> </w:t>
+              <w:t>4.      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...136 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>наурыз</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нояб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>., янв., март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...49 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседания МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1-отырыс:</w:t>
-[...20 lines deleted...]
-              <w:t>1. «Функционалдық сауаттылықты қалыптастыру</w:t>
+              <w:t>1.     Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. «Формирование функциональной грамотности</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>»(</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.» (</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...161 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>теоретический семинар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Анализ работы МО за 2013-2014 учебный год</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.  Работа с нормативными документами: стандарты, программы, инструктивно-методическое письмо 2014 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Утверждение календарно-тематического планирования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...38 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...49 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">2- </w:t>
+              <w:t>2. Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Семинар «Практика конструирования  КОЗ на коммуникативном уровне (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...7 lines deleted...]
-              <w:t>отырыс</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tims</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...18 lines deleted...]
-              <w:t>1.  Семинар «</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Коммуникативтік</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pisa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> деңгейдегі құзыреттілікке бағытталған </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>тапсырмаларды</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pirls</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...249 lines deleted...]
-              <w:t xml:space="preserve"> түрлі</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)»  (ориентировка на жизненную ситуацию)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.  Подготовка к городской предметной олимпиаде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Обсуждение итогов 1 четверти.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Разное.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>Ә</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Б</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...79 lines deleted...]
-              <w:t>үшелері</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>редметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3-отырыс</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">ән </w:t>
+              <w:t>3. Заседание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.   Учебный план по предмету в новом освещении: проблемы, находки, решения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(вариативная часть)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Обсуждение итогов полугодовых контрольных работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Подготовка к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЕНТ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  жұмыс </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>жоспарын</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ВОУД</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  қайта қарастыру: мәселелер, жаңалықтар, </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в 9, 11 классах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Подготовка к проведению недели математики, физики, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>шешімдер</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ИВТ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...221 lines deleted...]
-              <w:t>ға дайындық.</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5. Подготовка к защите научных проектов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нварь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...48 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя - предметники</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:115pt;height:1.75pt"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4-отырыс:</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1. </w:t>
+              <w:t>4. Заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Вклад МО и дисциплин в решение цели школы – формирование личности выпускника</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Отчет о подготовке к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Мектеп</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЕНТ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...140 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...58 lines deleted...]
-              <w:t>4. 3-тоқсан қорытындылары.</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Самоанализ уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Итоги 3 четверти.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>Ә</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учител</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Б</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...91 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5-отырыс:</w:t>
-[...204 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>5 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Рассмотрение экзаменационного материала в переводных классах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Об организации своевременного повторения пройденного материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 Подготовка учащихся к  итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...29 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...101 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>6-отырыс:</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1.  .  Тәжірибе </w:t>
+              <w:t>6 заседание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Круглый стол по обмену опытом: «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>алмасу</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КОЗы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦОРы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> дөңгелек үстел</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на уроках математики, физики и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>информатики».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> 2.  Анализ годовых контрольных работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Под</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ведение итогов работы МО за 201</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-2017  учебный год</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>:«</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...137 lines deleted...]
-              <w:t xml:space="preserve"> оқу жылындағы</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ӘБ</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...87 lines deleted...]
-              <w:t xml:space="preserve"> құру.</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>роект).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Планирование работы на новый учебный год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ай</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рук. МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...37 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t>Педагогтардың кәсіби  құзыреттілігінарттыру</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Повышение профессиональной компетентности педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1. </w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Повышение  квалификационного мастерства учителей через курсы повышения квалификации, городские семинары, городские творческие группы учителей и самообразование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Проведение открытых уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...26 lines deleted...]
-              <w:t>іктілікті</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Взаимопосещение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...352 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Выступления учителей на семинарах (школьных, городских, областных).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5. Обобщение опыта, публикации в СМИ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6. Творческие отчёты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...53 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по графику</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по плану</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...37 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...117 lines deleted...]
-              <w:t xml:space="preserve"> жұмыс</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа по повышению качества знаний учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...39 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Индивидуальная работа с учащимися с низким уровнем мотивации на дополнительных занятиях.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Подготовка одаренных учащихся к предметным олимпиадам, конкурсам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Проведение предметной недели.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Дарынды</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.Подготовка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">ән </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>олимпиадаларына</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ВОУД</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, сайыстарға </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">5 Подготовка к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>дайындау</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЕНТ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...281 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6. Конкурс «Умники и умницы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7. День науки. Защита научных проектов «Будущее начинается сегодня»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...51 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...72 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...60 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4 раза в год</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>П</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...27 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>редметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Работа </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>Кабинеттер</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>посовершенствованию</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> жұмысы</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базы кабинетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">2. Дидактикалық </w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Оформление документации кабинета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Систематизация и дополнение дидактического материала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Оформление предметных уголков;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- «Критерии </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008423B7">
-[...6 lines deleted...]
-              <w:t>материалды</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008423B7">
-[...169 lines deleted...]
-              <w:t xml:space="preserve"> не?»</w:t>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания учебных достижений»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- «Что такое экологическая культура личности выпускника».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...97 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...49 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidTr="008423B7">
+      <w:tr w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidTr="000A5749">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> жұмыс.</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Внеклассная работа по предмету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...103 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Проведение недели математики, физики и информатики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> 2. Проведение предметных конкурсов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="008423B7">
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
-[...37 lines deleted...]
-              <w:t>ұғалімдері</w:t>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A5749">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителя МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">Тема МО:   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ә</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> тақырыбы:   </w:t>
+        <w:t>Формирование функциональной математической грамотности учащихся на содержании курса математики, физики и информатики  в основной школе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Негізгі</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> оқушылардың математикалық функционалдық сауаттылығын қалыптастыру.</w:t>
+        <w:t>: формирование  функциональной грамотности  учащихся  через реализацию учебно-познавательной компетентности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>: оқу-тәрбие ү</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> арқылы оқушылардың функционалдық құзыреттіліктерін  қалыптастыру.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.     Изучать и использовать в профессиональной деятельности современные педагогические технологии, методики, приемы и способы успешного воспитания и обучения учащихся с целью формирования функциональной грамотности школьников;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1.     Функционалдық сауаттылықты   қалыптастыру мақсатында  оқ</w:t>
+        <w:t xml:space="preserve">2.     Продолжить составление и внедрение </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ушыларды</w:t>
+        <w:t>КОЗ-ий</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқыту мен тәрбиелеудің  қазіргі заманға </w:t>
+        <w:t xml:space="preserve">  на уроках математики, физики, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сай</w:t>
+        <w:t>ИВТ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> педагогикалық </w:t>
+        <w:t xml:space="preserve"> и связать их с решением проблем </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>технологиялары</w:t>
+        <w:t>критериального</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мен әдіс-тәсілдерді  </w:t>
-[...19 lines deleted...]
-        <w:t>, кәсіби әрекетінде қолдану. </w:t>
+        <w:t xml:space="preserve"> подхода к оцениванию учебных достижений учащихся.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.     Математика, физика, </w:t>
-[...179 lines deleted...]
-        <w:t xml:space="preserve"> сабақтастыру</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3.     Сабақтарда «</w:t>
+        <w:t>3.     Применять  на уроках технологии  «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>онлайн</w:t>
+        <w:t>Онлайн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...59 lines deleted...]
-        <w:t>  қолдану.</w:t>
+        <w:t xml:space="preserve"> образования».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008423B7" w:rsidRPr="008423B7" w:rsidRDefault="008423B7" w:rsidP="008423B7">
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008423B7">
+      <w:r w:rsidRPr="000A5749">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.     Кәсіби </w:t>
+        <w:t>4.  Активизировать работу учителей по самообразованию с целью повышения профессионального  мастерства.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008423B7">
+    </w:p>
+    <w:p w:rsidR="000A5749" w:rsidRPr="000A5749" w:rsidRDefault="000A5749" w:rsidP="000A5749">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>шеберлікті</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008423B7">
+      </w:pPr>
+      <w:r w:rsidRPr="000A5749">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жоғарлату мақсатында  мұғалімдердің  өз </w:t>
-[...79 lines deleted...]
-        <w:t>.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D1A3D" w:rsidRDefault="005D1A3D"/>
     <w:sectPr w:rsidR="005D1A3D" w:rsidSect="005D1A3D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="008423B7"/>
+    <w:rsidRoot w:val="000A5749"/>
+    <w:rsid w:val="000A5749"/>
     <w:rsid w:val="005D1A3D"/>
-    <w:rsid w:val="008423B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11098,74 +7585,2920 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="008423B7"/>
+    <w:rsid w:val="000A5749"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="738602886">
+    <w:div w:id="1686979167">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="786898395">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1652981121">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1569992942">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="736633957">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1530875448">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1325859382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1712268922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="560360405">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2007397159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1192761197">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1348481313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1639069810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2102600822">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1643391811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="770703799">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1122070104">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1607494617">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="417018096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="63914700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="572200419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="747580035">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="80301774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1356031411">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="997225583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2113623696">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1754624578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809088176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1387682885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1458834723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="230237826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1593393699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1535075826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="373698323">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1877307516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1659066819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1041052469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="553587889">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1732120382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1348678746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2247619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="380717796">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="631593452">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1536967381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2100565099">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1765490151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1756823619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="547841178">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="485129734">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1629966774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1247958738">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1255288905">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2087266422">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1073509445">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="453141284">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2108690841">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="410547004">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1928267033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="257373845">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14037038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2103842658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="223950731">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1731923398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1703284164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="861817528">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="90205276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="637489325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="353581420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1808354502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1551379986">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2138987161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1168790153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1754739987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="826433834">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="884177938">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1723401881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="711854105">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="548881179">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1878077334">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="577397227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="248080905">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="19015144">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="923224525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1415318493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="498930967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="568266988">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="952975034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="104883398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="856384874">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="964778041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="461000651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="902301790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="414284253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1198546848">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="432941581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1515728766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="377314609">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="873538244">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987170817">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="691955704">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1199703450">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2099449341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="738405830">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="187909142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="395862843">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1743211941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1640456730">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="726344307">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="910238637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1171219062">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1588225626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1030645367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="243497802">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1802260965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1650818625">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="915406895">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="116685056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="444235640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1001471774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="246308629">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1288925989">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="80880537">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="631979188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1415276609">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="548801380">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="417942001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1028261463">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1299604226">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1987662941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="100734124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="412239958">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="822892470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="6182595">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="285934914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="966661553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="828323528">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="476653022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1147554855">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="49697814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1970474533">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987513000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="350112603">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2032026427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1379474143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2092507687">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1157649419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1356420344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1524711883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="825441572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="553657033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="289241312">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1237860801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="559636663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2082212436">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="909849796">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1713453881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="546649290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1040593686">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2005815271">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="19666641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1862429159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1937131422">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="471555055">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="170730534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499996727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="411437127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="653485601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="559902938">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2145736692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1593582835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="227036039">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="595676152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2055427773">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1005934231">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1871071103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="160237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="847254237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="833571583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1124154168">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1880587622">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1310861449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="895815725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="491331514">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="581716535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1131360003">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="667640269">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="411124885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="583533274">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1725568301">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1900433512">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1317151325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1672298120">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1944459780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="323968791">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="512455852">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="147867136">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="441998269">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="185800937">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="581640684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1864006252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="741294823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1072310798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1708333667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1724865778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383484568">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="133791379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1754013257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2013222494">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="143279191">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1789427626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1461191335">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1237860114">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="514267974">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1577477085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1145245877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053268941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="15473607">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="630285640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="573204404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="75245534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2123111702">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1559243016">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="552888626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1138885029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="495725134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="359549181">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="971322897">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="819151275">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1420173941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="43527729">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="860779763">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779761430">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1670405118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="922449363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1318539020">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="729770766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="575672693">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1084956486">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -11419,51 +10752,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5165</Characters>
+  <Pages>7</Pages>
+  <Words>933</Words>
+  <Characters>5321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6059</CharactersWithSpaces>
+  <CharactersWithSpaces>6242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nout-admina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>