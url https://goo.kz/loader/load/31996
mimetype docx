--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,1077 +1,4395 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008F39C4" w:rsidRDefault="008F39C4" w:rsidP="00FC2177">
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00927600" w:rsidP="00FC2177">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации родителям: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2177" w:rsidRPr="00D34A77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ак помочь детям подготовиться к </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ушылар</w:t>
-[...57 lines deleted...]
-        <w:t>аналарғ</w:t>
+        <w:t xml:space="preserve"> ВОУД</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="008D277D">
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00FC2177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Не тревожьтесь о количестве баллов, которые ребенок получит на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестировании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и не критикуйте ребенка после </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> него.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внушайте ребенку мысль, что количество баллов не является совершенным измерением его возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Не повышайте тревожность ребенка накануне экзаменов - это может отрицательно сказаться на результате тестирования. Ребенку всегда передается волнение родителей, и если взрослые в ответственный момент могут справиться со своими эмоциями, то ребенок в силу возрастных особенностей может эмоционально "сорваться".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Подбадривайте детей, хвалите их за то, что они делают хорошо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Повышайте их уверенность в себе, так как чем больше ребенок боится неудачи, тем более вероятности допущения ошибок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Наблюдайте за самочувствием ребенка, никто, кроме Вас, не сможет вовремя заметить и предотвратить ухудшение состояние ребенка, связанное с переутомлением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Контролируйте режим подготовки ребенка, не допускайте перегрузок, объясните ему, что он обязательно должен чередовать занятия с отдыхом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Обеспечьте дома удобное место для занятий, проследите, чтобы никто из домашних не мешал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Обратите внимание на питание ребенка: во время интенсивного умственного напряжения ему необходима питательная и разнообразная пища и сбалансированный комплекс витаминов. Такие продукты, как рыба, творог, орехи, курага и т.д. стимулируют работу головного мозга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Помогите детям распределить темы подготовки по дням.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Заранее во время тренировки по тестовым заданиям приучайте ребенка ориентироваться во времени и уметь его распределять. Тогда у ребенка будет навык умения концентрироваться на протяжении всего тестирования, что придаст ему спокойствие и снимет излишнюю тревожность. Если ребенок не носит часов, обязательно дайте ему часы на экзамен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Накануне экзамена обеспечьте ребенку полноценный отдых, он должен отдохнуть и как следует выспаться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И помните: самое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">главное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- это снизить напряжение и тревожность ребенка и обеспечить</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подходящие условия для занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="00D34A77" w:rsidRDefault="005D458F" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRPr="00D34A77" w:rsidRDefault="00FC2177" w:rsidP="00927600">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2177" w:rsidRDefault="00FC2177" w:rsidP="00FC2177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4696"/>
+        <w:gridCol w:w="4626"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidTr="00E11E52">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="691515" cy="721360"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                  <wp:docPr id="1" name="Рисунок 1" descr="Козел"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1" descr="Козел"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="691515" cy="721360"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidTr="00E11E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИНИСТЕРСТВО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>САМАРСКОЙ ОБЛАСТИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОТРАДНЕНСКОЕ УПРАВЛЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>446304,  г. Отрадный,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Физкультурников, 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Телефон: (84661) 2-36-94, факс: 2-36-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>uprobraz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>samtel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителям</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>органов управления образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителям</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>образовательных учреждений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителям</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>начальных, средних и высших</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>образовательных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidTr="00E11E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____09.12.2016_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___№______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__675</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidTr="00E11E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D458F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>На___________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информационное письмо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отрадненское</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управление министерства образования и науки Самарской области, совместно с ФГБОУ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Поволжский государственный университет телекоммуникаций и информатики» при поддержке Общероссийского Союза Общественных организаций «Всероссийский молодежный центр ОЛИМП», АНО «Центр поддержки гражданских инициатив «Содействие», Центра развития образования Российской Академии Образования г. Москва и Редакции «Учительской газеты» проводят </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24-27 января 2017 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в г. Самара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>XI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Открытую Международную научно-исследовательскую конференцию старшеклассников и студентов «Образование. Наука. Профессия»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее Конференция).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="16" w:lineRule="atLeast"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цели и задачи Конференции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: привлечение учащейся молодежи к исследовательской деятельности, реализация творческого потенциала старшеклассников и студентов, поддержка работы школьных и студенческих научно-исследовательских обществ, расширение региональных контактов в сфере научно-технической и научно-исследовательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="16" w:lineRule="atLeast"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К участию в Конференции приглашаются учащиеся и воспитанники </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>VIII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>XI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов всех видов общеобразовательных учреждений, центров дополнительного образования детей, студенты учреждений начального, среднего и высшего профессионального образования, представившие индивидуальные и коллективные исследовательские проекты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="16" w:lineRule="atLeast"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В конференции примут участие представители Министерства образования и науки Самарской области, Образовательного фонда содействия детям военнослужащих из отдаленных городков, гарнизонов и ЗАТО, российских государственных и негосударственных учреждений высшего и среднего профессионального образования, научных обществ, общественных организаций, научно-исследовательских учреждений, предприятий и организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="16" w:lineRule="atLeast"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа Конференции включает в себя проведение защиты научно-исследовательских работ по секциям, выставки научно-технического творчества молодежи, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>встречи с представителями высших учебных заведений Самары, Москвы и других регионов РФ, профессионалами-практиками, мастер-классы преподавателей вузов, культурную программу, подведение итогов и торжественную церемонию закрытия мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По итогам Конференции всем участникам вручаются дипломы участника, а их научным руководителям грамоты. Победители и призеры конференции награждаются дипломами и сертификатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Международная открытая научно-исследовательская конференция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>молодых исследователей (старшеклассников и студентов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аука.Профессия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="228"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Школа-лицей № 20 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республика Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИГЛАШЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-570" w:firstLine="627"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01 ноября 2016 года согласно Положению о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>XI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Открытой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Международной научно-исследовательской конференции молодых исследователей (учащихся и студентов) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аука.Профессия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> завершился прием заявок и исследовательских работ участников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-570" w:firstLine="684"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За период с 06 сентября по 01 ноября 2016 года в адрес оргкомитета поступило </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>936</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявок и исследовательских работ с участием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся и студентов из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>323</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательных организаций, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>218</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> городов и населенных пунктов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регионов РФ и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стран Ближнего Зарубежья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-570" w:firstLine="741"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экспертный Совет, возглавляемый руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отрадненского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления министерства образования и науки Самарской области, кандидатом педагогических наук </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В.И.Гусаровым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в составе руководителей образовательных организаций, методистов и ведущих преподавателей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отрадненского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательного округа, рассмотрел все заявленные работы и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>793</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из них рекомендовал на очное участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-570" w:firstLine="741"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы благодарим Вас за участие в заочном отборочном туре и приглашаем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на Международную открытую научно-исследовательскую конференцию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>молодых исследователей «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аука.Профессия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с 24 по 27 января 2017 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исследовательские работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вареник Елены (биология), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хамзиной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акмарал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Темирбулатовой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Разии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получили положительную оценку Экспертного Совета и рекомендованы к очному участию. Работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тауекеловой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айданы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Вареник Елены (математика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> могут быть допущены к очной защите при соответствующей доработке своих работ с учетом рецензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для тех, кто впервые едет к нам на Конференцию в г. Самару, сообщаем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проезд личным автотранспортом или автобусом до г. Самара,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по железной дороге до станции «Самара», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>продажа билетов начинается за 60 суток</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>самолетом до Самары (аэропорт «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курумоч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При получении данного приглашения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вам необходимо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>до 30 декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сообщить по электронной почте </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>apichkurov</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>yandex</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Вашем очном или дистанционном участии в Конференции, либо отказе от участия, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также прибытие Вашей делегации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>день, время, вид транспорта (автомобиль, автобус, поезд, самолет), номер поезда (самолета)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>забронировать места для проживания участников по указанной ссылке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="00927600" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="005D458F" w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>http://www.dom-na-prirode.ru/meropriyatiya/2126/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для бронирования выбранного Вами объекта необходимо скачать заявку с портала, заполнить ее и отправить (документ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) на электронный адрес компании (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>corp@dom-na-prirode.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Оператор бронирования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кочеткова Александра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот. 8-927-01-01-989</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тел.:8 (846) 250-01-20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данное Приглашение является официальным вызовом на Конференцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-228" w:hanging="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2586990</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>92710</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1130935" cy="855980"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2" descr="Подпись"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="Подпись"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1130935" cy="855980"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-228" w:hanging="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отрадненского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-228" w:hanging="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министерства образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-228" w:hanging="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В.И.Гусаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-228" w:hanging="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:firstLine="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не забудьте привезти исследовательскую (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) работу (ы) в бумажном виде!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Место регистрации участников:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самарская область, г. Самара, ул. Московское шоссе 77,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Поволжский государственный университет телекоммуникаций и информатики»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проезд общественным транспортом до остановки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТЕЛЕЦЕНТР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1,1к,21м,23,30,30к,30м,37,47,47д,67,110,392,410а,492</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – автобус</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4,12,17,19,20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – троллейбус</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По всем вопросам организации и проведения конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обращаться в оргкомитет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактное лицо: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пичкуров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александр Викторович, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот. 8-927-900-4063</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FC2177" w:rsidRPr="008D277D" w:rsidRDefault="008D277D" w:rsidP="00FC2177">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>446 304 Самарская обл., г. Отрадный,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D458F" w:rsidRPr="005D458F" w:rsidRDefault="005D458F" w:rsidP="005D458F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...805 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D458F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="0088440C" w:rsidRDefault="0088440C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул. Физкультурников, 30 Тел/факс 8(84661)2-36-94</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088440C" w:rsidRDefault="005D458F" w:rsidP="005D458F">
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>apichkurov@yandex.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D458F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>intellectportal</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="005D458F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
     <w:sectPr w:rsidR="0088440C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="20E35BDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB321346"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1272"/>
+        </w:tabs>
+        <w:ind w:left="1272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="128"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00175B07"/>
     <w:rsid w:val="00175B07"/>
-    <w:rsid w:val="003752F7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006806C2"/>
+    <w:rsid w:val="005D458F"/>
     <w:rsid w:val="0088440C"/>
-    <w:rsid w:val="008D277D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D82C34"/>
+    <w:rsid w:val="00927600"/>
     <w:rsid w:val="00FC2177"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1244,50 +4562,91 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005D458F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005D458F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927600"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1435,63 +4794,103 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005D458F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005D458F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927600"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dom-na-prirode.ru/meropriyatiya/2126/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apichkurov@yandex.ru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://intellectportal.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apichkurov@yandex.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corp@dom-na-prirode.ru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1739,67 +5138,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1272</Characters>
+  <Pages>4</Pages>
+  <Words>1266</Words>
+  <Characters>7222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1493</CharactersWithSpaces>
+  <CharactersWithSpaces>8472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>