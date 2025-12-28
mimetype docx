--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,3919 +1,1515 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> әкімдігінің</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>№ 153/5 қаулысымен</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от «28» мая 2015 №153/5</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Негізгі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t>«Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> орта, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t>основном среднем,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жалпы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t>общем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> орта </w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> құжаттардың</w:t>
+        <w:t xml:space="preserve"> среднем образовании»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...76 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Жалпы</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Общие положения</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>«</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга «Выдача дубликатов документов об основном среднем, общем среднем образовании» (далее – государственная услуга) оказывается организациями основного среднего и общего среднего образования Павлодарской области (далее – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>Негізгі</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> орта, </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственной услуги осуществляются через: 1) канцелярию </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>жалпы</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...167 lines deleted...]
-        <w:t>) көрсетеді.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; 2) филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» Павлодарской области (далее – ЦОН).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...107 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>інде.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...141 lines deleted...]
-        <w:t xml:space="preserve"> аттестаттың телнұсқасын беру.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги – выдача дубликата свидетельства об основном среднем образовании, дубликата аттестата об общем среднем образовании.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>інде.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t xml:space="preserve">Описание порядка действий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қызметті көрсету </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>процесінде</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілетін</w:t>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...71 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Қазақстан </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>Республикасы</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...239 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с приложением необходимых документов, указанных в пункте 9 стандарта государственной услуги «Выдача дубликатов документов об основном среднем, общем среднем образовании», утвержденного приказом образования и науки Республики Казахстан от 8 апреля 2015 года № 179 (далее – Стандарт).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету процесінің құрамына </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием и регистрацию полученных от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>кіретін</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> әрбір </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или из </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЦОНа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, сверяет копии с оригиналами документов, возвращает оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не более 15 минут); 2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает документы и определяет ответственного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>исполнителя (1 рабочий день); </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит дубликат документа, направляет на рассмотрение и подписание руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11 рабочих дней); 4) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает дубликат документа, подписывает и направляет в канцелярию (1 рабочий день); 5) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует в журнале учета дубликат документа и выдает результат государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или направляет в ЦОН (не более 15 минут).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...584 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...131 lines deleted...]
-        <w:t>қасы.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат – дубликат свидетельства об основном среднем образовании,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...82 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дубликат аттестата об общем среднем образовании.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка взаимодействия структурных подразделений (работников) </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...59 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>басшысы</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...57 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...113 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Халыққа қызмет көрсету орталығымен өзара і</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A49D4">
+        <w:t>Описание порядка взаимодействия с центром обслуживания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>с-</w:t>
-[...89 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>населения, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов при обращении к </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...23 lines deleted...]
-        <w:t>і</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в ЦОН - 15 рабочих дней; 2) максимально допустимое время ожидания в очереди для сдачи пакета документов - 15 минут; 3) максимально допустимое время обслуживания - 15 минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...215 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A49D4">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">әсімді (іс-қимылды) көрсете </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10. Описание процесса оказания государственной услуги через ЦОН с указанием каждой процедуры (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) процесс 1 - прием документов и заявления от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>отырып</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 2) условие 1 - проверка соответствия приложенных </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету ХҚО арқылы </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, указанных в стандарте и основания для оказания услуги; 3) процесс 2 - выдача расписки согласно приложению к стандарту; 4) процесс 3 - направление документов </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>алу</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
+      <w:r w:rsidRPr="00B24687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>процесін</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (іс-қимылды) </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 5) процесс 4 - получение от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>сипаттау</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дубликата документа на бланке образца, действующего на момент принятия решения о выдаче дубликата, удостоверенного подписью руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 6) процесс 5 - получение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через сотрудника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЦОНа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...377 lines deleted...]
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Подробное описание последовательности процедур (действий), взаимодействий структурных подразделений (работников) </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, а также описания порядка взаимодействия с ЦОН в процессе оказания государственной услуги отражается в справочнике бизнес-процессов согласно приложению 2 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24687" w:rsidRPr="00B24687" w:rsidRDefault="00B24687" w:rsidP="00B24687">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Государственная услуга </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">өрсетілетін қызмет </w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A49D4">
-[...5 lines deleted...]
-        <w:t>процесінде</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A49D4">
-[...86 lines deleted...]
-        <w:t xml:space="preserve"> осы регламенттің 2-қосымшасына сәйкес бизнес-процестерінің анықтамалығында көрсетіледі.</w:t>
+      <w:r w:rsidRPr="00B24687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A49D4" w:rsidRPr="008A49D4" w:rsidRDefault="008A49D4" w:rsidP="008A49D4">
-[...75 lines deleted...]
-    <w:sectPr w:rsidR="00F770F1" w:rsidRPr="008A49D4">
+    <w:p w:rsidR="00426877" w:rsidRDefault="00426877"/>
+    <w:sectPr w:rsidR="00426877">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00C366DC"/>
+    <w:nsid w:val="03E803CC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B61E119E"/>
+    <w:tmpl w:val="4508AD32"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0E493656"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="74AEA674"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3979,169 +1575,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0581449D"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1615556A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="111814C0"/>
+    <w:tmpl w:val="1D16343A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...112 lines deleted...]
-      <w:start w:val="1"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4206,202 +1689,279 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="094E2A4C"/>
+    <w:nsid w:val="16D2302E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C548CF2A"/>
+    <w:tmpl w:val="FCCCA84E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0AB86F83"/>
+    <w:nsid w:val="18621AE1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7F601B7E"/>
+    <w:tmpl w:val="D68EB8FA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="1A107E8D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="95BCC04A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4467,54 +2027,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="0EBC6BA9"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="2D8E68E7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FF761254"/>
+    <w:tmpl w:val="73949240"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4580,54 +2140,167 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="10832D41"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="308C1B84"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="91805D7E"/>
+    <w:tmpl w:val="868AFA40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="38543566"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7B3C089C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4693,54 +2366,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="19ED58E4"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="58156886"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CDA0E74C"/>
+    <w:tmpl w:val="39B670A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4806,54 +2479,167 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="1BFF3C72"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="636023DA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6038A028"/>
+    <w:tmpl w:val="177EBC08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="6B3762E9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A8D47F14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4919,395 +2705,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1E41576B"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="75FA5588"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C8108BB6"/>
+    <w:tmpl w:val="36047F7E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="10"/>
-[...338 lines deleted...]
-      <w:start w:val="4"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5372,104 +2819,104 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-[...20 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008A49D4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F770F1"/>
+    <w:rsidRoot w:val="00B24687"/>
+    <w:rsid w:val="00426877"/>
+    <w:rsid w:val="00B24687"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5647,83 +3094,83 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008A49D4"/>
+    <w:rsid w:val="00B24687"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="008A49D4"/>
+    <w:rsid w:val="00B24687"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="008A49D4"/>
+    <w:rsid w:val="00B24687"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1115636822">
+    <w:div w:id="1572348591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -5989,54 +3436,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>777</Words>
-  <Characters>4432</Characters>
+  <Words>725</Words>
+  <Characters>4133</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5199</CharactersWithSpaces>
+  <CharactersWithSpaces>4849</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>